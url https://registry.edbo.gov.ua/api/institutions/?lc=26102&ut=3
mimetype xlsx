--- v0 (2025-10-26)
+++ v1 (2026-02-20)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA26060010010092713</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Болехів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03437)34562</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shkola1bol@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Романюк Андрій Григорович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
@@ -492,51 +492,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Янишина Богдана, 12</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA26060010010092713</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Болехів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03437)35152, (03437)35352</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>bol_school_2@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Фрищин Тетяна Тарасівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
@@ -601,51 +601,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Гузіїв, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 29</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA26060010040047878</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Гузіїв</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(03437)39349</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>Huzijv_shcola@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Сеньків Наталія Борисівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
@@ -710,51 +710,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Козаківка, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Б.Мандрика, 2</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA26060010060012260</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Козаківка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(03437)36738</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>kozchk@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>kozchk.ucoz.net</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Крисько Людмила Віталіївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -823,51 +823,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Міжріччя, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Січових Стрільців, 1-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA26060010070093416</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Міжріччя</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(03437)31349</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>lilijak@i.ua</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>https://migrichyaschool.at.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Штумпф Юрій Михайлович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
@@ -1049,51 +1049,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Поляниця, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Івана Франка, 119</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA26060010080019736</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Поляниця</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(03437)36330</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>shkola_polianuskia@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Барабаш Світлана Василівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
@@ -1158,51 +1158,51 @@
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Тисів, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського, 63</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA26060010110044887</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Тисів</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(034)3732343</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>tysivshkola@i.ua</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Хальпінська Лідія Мар'янівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">