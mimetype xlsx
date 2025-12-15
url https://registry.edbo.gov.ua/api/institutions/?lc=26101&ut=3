--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -537,51 +537,51 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківський ліцей безпекового спрямування та національно-патріотичного виховання Міністерства внутрішніх справ України</t>
+          <t>Івано-Франківський ліцей безпекового спрямування та національно-патріотичного виховання імені Андрія Приймаченка Міністерства внутрішніх справ України</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>176803</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4"/>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
@@ -614,51 +614,51 @@
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(096)0803121</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>if.lyceum.bsnpv.mvs@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Колесников Костянтин Миколайович</t>
+          <t>Директор Шмельков Ігор Євгенович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -937,57 +937,57 @@
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 11</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Івано-Франківської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0342)752439</t>
+          <t>(067)3774568</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>catholicgymnasiumif@gmail.com</t>
+          <t>lyceumstb@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t> Букатчук Маркіян Володимирович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
@@ -1716,51 +1716,51 @@
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Івано-Франківської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0963)477482</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>litsei.12@osvita.if.ua</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>http://ifschool12.e-schools.info</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Череп Андрій Дмитрович</t>
+          <t>Директор Савка Олександра Зіновіївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
@@ -2368,57 +2368,57 @@
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Івано-Франківської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(0342)551550</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>19litsei@osvita.if.ua</t>
+          <t>litsei.19@osvita.if.ua</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Борович Оксана Василівна</t>
+          <t>Директор Цюпер Надія Іванівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
@@ -2810,51 +2810,55 @@
           <t>вулиця Івана Павла ІІ, 24</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Івано-Франківської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(0342)560644, (0342)566917, (0342)705022</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
-      <c r="R24" s="4"/>
+      <c r="R24" s="4" t="inlineStr">
+        <is>
+          <t>litsei.22@osvita.if.ua</t>
+        </is>
+      </c>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>Директор Калинюк Михайло Васильович</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
@@ -3692,51 +3696,51 @@
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Івано-Франківської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>(0322)720970</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>litsei.7@osvita.if.ua</t>
+          <t>lysee7if@gmail.com</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
           <t>liceum7.if.ua</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
           <t>Директор Румак Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4467,51 +4471,51 @@
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Івано-Франківської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
           <t>(0342)753208</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>9.school75@gmail.com</t>
+          <t>9school75@gmail.com</t>
         </is>
       </c>
       <c r="S39" s="4"/>
       <c r="T39" s="4" t="inlineStr">
         <is>
           <t>Директор Смола Світлана Савівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>