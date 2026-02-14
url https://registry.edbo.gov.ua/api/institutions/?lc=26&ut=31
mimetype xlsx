--- v0 (2025-12-03)
+++ v1 (2026-02-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$291</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$288</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y291"/>
+  <dimension ref="A1:Y288"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -3610,51 +3610,51 @@
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
           <t>вулиця Ольги Кобилянської, 7-а</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA26060010010092713</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Болехів</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
           <t>(034)3735093</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
           <t>veselka-bolekhiv@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
           <t>bolehiv-veselka.at.ua</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
@@ -3719,51 +3719,51 @@
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
           <t>вулиця Коперника, 2</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA26060010010092713</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Болехів</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
           <t>(03437)34521</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
           <t>sad-zir.bl@ukr.net</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
           <t>zirochka.in.ua</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
@@ -6862,51 +6862,51 @@
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>с. Міжріччя, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
           <t>вулиця Січових Стрільців, 1</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
           <t>UA26060010070093416</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Міжріччя</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
           <t>(03737)31359</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
           <t>allalesiv0@gmail.com</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
           <t>dzvinocok.ucoz.net</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
@@ -7165,51 +7165,51 @@
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>с. Тисів, Болехів, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкіна, 7</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA26060010110044887</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, с. Тисів</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Болехівської міської ради</t>
+          <t>Управління освіти Болехівської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
           <t>(03437)32238</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
           <t>Yrivivanna@gmail.com</t>
         </is>
       </c>
       <c r="S68" s="4" t="inlineStr">
         <is>
           <t>http://prolisokdnz.at.ua/</t>
         </is>
       </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
@@ -10366,120 +10366,128 @@
       <c r="U100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="4" t="inlineStr">
         <is>
-          <t>Виноградський ДНЗ (дитсадок) "Ромашка"</t>
+          <t>Виноградський заклад дошкільної освіти (дитячий садок) "Ромашка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B101" s="5" t="n">
         <v>173148</v>
       </c>
-      <c r="C101" s="6"/>
+      <c r="C101" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
-          <t>Виноградський ДНЗ (дисадок) "Ромашка"</t>
+          <t>Виноградський ЗДО (дитячий садок) "Ромашка"</t>
         </is>
       </c>
       <c r="E101" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G101" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H101" s="6" t="inlineStr">
         <is>
           <t>2621680201</t>
         </is>
       </c>
       <c r="I101" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J101" s="4" t="inlineStr">
         <is>
           <t>с. Виноград, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K101" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 7а</t>
         </is>
       </c>
       <c r="L101" s="6" t="inlineStr">
         <is>
           <t>UA26080030040018471</t>
         </is>
       </c>
       <c r="M101" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Коломийський р-н, с. Виноград</t>
         </is>
       </c>
       <c r="N101" s="7"/>
       <c r="O101" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P101" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P101" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q101" s="4"/>
       <c r="R101" s="4"/>
       <c r="S101" s="4"/>
       <c r="T101" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Юрчак Галина Григорівна</t>
         </is>
       </c>
       <c r="U101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
@@ -12124,11280 +12132,11328 @@
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Городенківський дошкільний навчальний заклад (ясла - садок) "Веселка"</t>
+          <t>Городенківський заклад дошкільної освіти (ясла - садок) "Веселка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
         <v>173135</v>
       </c>
-      <c r="C119" s="6"/>
+      <c r="C119" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>Городенківлький ДНЗ (ясла - садок) "Веселка"</t>
+          <t>Городенківський ЗДО (ясла - садок) "Веселка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
           <t>2621610100</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Городенка, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
           <t>вулиця Тараса Чупринки, 87</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
           <t>UA26080030010035324</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Коломийський р-н, м. Городенка</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P119" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P119" s="4" t="inlineStr">
+        <is>
+          <t>(03430)23818</t>
+        </is>
+      </c>
       <c r="Q119" s="4"/>
-      <c r="R119" s="4"/>
-      <c r="S119" s="4"/>
+      <c r="R119" s="4" t="inlineStr">
+        <is>
+          <t>gorodenka.dnz.veselka@gmail.com</t>
+        </is>
+      </c>
+      <c r="S119" s="4" t="inlineStr">
+        <is>
+          <t>http://sites.google.com/view/zdo-veselka</t>
+        </is>
+      </c>
       <c r="T119" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Липчук Марія Василівна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Городенківський дошкільний навчальний заклад (ясла-садок) "Зірочка"</t>
+          <t>Городенківський заклад дошкільної освіти (ясла-садок) "Зірочка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B120" s="5" t="n">
         <v>173110</v>
       </c>
-      <c r="C120" s="6"/>
+      <c r="C120" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>Городенківський ДНЗ (ясла-садок) "Зірочка"</t>
+          <t>Городенківський ЗДО(ясла-садок) "Зірочка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H120" s="6" t="inlineStr">
         <is>
           <t>2621610100</t>
         </is>
       </c>
       <c r="I120" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J120" s="4" t="inlineStr">
         <is>
           <t>Городенка, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
           <t>вулиця Івана Богуна, 5</t>
         </is>
       </c>
       <c r="L120" s="6" t="inlineStr">
         <is>
           <t>UA26080030010035324</t>
         </is>
       </c>
       <c r="M120" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Коломийський р-н, м. Городенка</t>
         </is>
       </c>
       <c r="N120" s="7"/>
       <c r="O120" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Городенківської міської ради</t>
         </is>
       </c>
       <c r="P120" s="4" t="inlineStr">
         <is>
-          <t>21243</t>
+          <t>(03430)21243</t>
         </is>
       </c>
       <c r="Q120" s="4"/>
       <c r="R120" s="4" t="inlineStr">
         <is>
-          <t>dnz1.horodenka@ukr.net</t>
+          <t>popovu4nata@ukr.net</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
-          <t>zirochka41@gmail.com</t>
+          <t>sites.google.com/site/gorodenkivskijzdo</t>
         </is>
       </c>
       <c r="T120" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Попович Наталля Романівна</t>
         </is>
       </c>
       <c r="U120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Городницький заклад дошкільної освіти (дитячий садок) "Джерельце"</t>
+          <t>Заклад дошкільної освіти "Журавлик"</t>
         </is>
       </c>
       <c r="B121" s="5" t="n">
-        <v>173149</v>
+        <v>173208</v>
       </c>
       <c r="C121" s="6"/>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>Городницький ЗДО "Джерельце"</t>
+          <t>ЗДО "Журавлик"</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G121" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H121" s="6" t="inlineStr">
         <is>
-          <t>2621680501</t>
+          <t>2620481201</t>
         </is>
       </c>
       <c r="I121" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J121" s="4" t="inlineStr">
         <is>
-          <t>с. Городниця, Городенківський район, Івано-Франківська область</t>
+          <t>с. Горохолина, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>вулиця Галицька, 26</t>
+          <t>вулиця Українська, 496</t>
         </is>
       </c>
       <c r="L121" s="6" t="inlineStr">
         <is>
-          <t>UA26080030080062735</t>
+          <t>UA26040030050036140</t>
         </is>
       </c>
       <c r="M121" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Городниця</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Горохолина</t>
         </is>
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P121" s="4"/>
       <c r="Q121" s="4"/>
       <c r="R121" s="4"/>
       <c r="S121" s="4"/>
       <c r="T121" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Журавлик"</t>
+          <t>Гостівський дошкільний навчальний заклад (дитячий садок) "Дзвіночок"</t>
         </is>
       </c>
       <c r="B122" s="5" t="n">
-        <v>173208</v>
+        <v>171807</v>
       </c>
       <c r="C122" s="6"/>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Журавлик"</t>
+          <t>Гостівський ДНЗ "Дзвіночок"</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
-          <t>2620481201</t>
+          <t>2625681701</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
-          <t>с. Горохолина, Богородчанський район, Івано-Франківська область</t>
+          <t>с. Гостів, Тлумацький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>вулиця Українська, 496</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Івана-Франка, 20а</t>
+        </is>
+      </c>
+      <c r="L122" s="6"/>
+      <c r="M122" s="4"/>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P122" s="4"/>
       <c r="Q122" s="4"/>
-      <c r="R122" s="4"/>
+      <c r="R122" s="4" t="inlineStr">
+        <is>
+          <t>gostiv-dzvinochok@ukr.net</t>
+        </is>
+      </c>
       <c r="S122" s="4"/>
       <c r="T122" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Гостівський дошкільний навчальний заклад (дитячий садок) "Дзвіночок"</t>
+          <t>Грамітнянський дошкільний навчальний заклад (ясла-садок) "Веселка" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B123" s="5" t="n">
-        <v>171807</v>
+        <v>173240</v>
       </c>
       <c r="C123" s="6"/>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>Гостівський ДНЗ "Дзвіночок"</t>
+          <t>Грамітнянський ДНЗ</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G123" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H123" s="6" t="inlineStr">
         <is>
-          <t>2625681701</t>
+          <t>2620886502</t>
         </is>
       </c>
       <c r="I123" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J123" s="4" t="inlineStr">
         <is>
-          <t>с. Гостів, Тлумацький район, Івано-Франківська область</t>
-[...8 lines deleted...]
-      <c r="M123" s="4"/>
+          <t>с. Грамотне, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K123" s="4"/>
+      <c r="L123" s="6" t="inlineStr">
+        <is>
+          <t>UA26020010050070744</t>
+        </is>
+      </c>
+      <c r="M123" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Грамотне</t>
+        </is>
+      </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P123" s="4"/>
       <c r="Q123" s="4"/>
-      <c r="R123" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R123" s="4"/>
       <c r="S123" s="4"/>
       <c r="T123" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Грамітнянський дошкільний навчальний заклад (ясла-садок) "Веселка" Верховинської районної ради Івано-Франківської області</t>
+          <t>Делівський заклад дошкільної освіти (дитячий садок) "Веселка"</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>173240</v>
+        <v>171806</v>
       </c>
       <c r="C124" s="6"/>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>Грамітнянський ДНЗ</t>
+          <t>Делівський ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
-          <t>2620886502</t>
+          <t>2625682901</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
-          <t>с. Грамотне, Верховинський район, Івано-Франківська область</t>
-[...12 lines deleted...]
-      </c>
+          <t>с. Делева, Тлумацький район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K124" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шевченка, 21</t>
+        </is>
+      </c>
+      <c r="L124" s="6"/>
+      <c r="M124" s="4"/>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P124" s="4"/>
       <c r="Q124" s="4"/>
       <c r="R124" s="4"/>
-      <c r="S124" s="4"/>
+      <c r="S124" s="4" t="inlineStr">
+        <is>
+          <t>weselkazdo@gmail.com</t>
+        </is>
+      </c>
       <c r="T124" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Делівський заклад дошкільної освіти (дитячий садок) "Веселка"</t>
+          <t>Делятинський заклад дошкільної освіти (ясла-садок) "Сонечко" Делятинської селищної ради об'єднаної територіальної громади</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>171806</v>
+        <v>173100</v>
       </c>
       <c r="C125" s="6"/>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>Делівський ЗДО "Веселка"</t>
+          <t>Делятинський ЗДО (ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
-          <t>2625682901</t>
+          <t>2624055900</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
-          <t>с. Делева, Тлумацький район, Івано-Франківська область</t>
-[...8 lines deleted...]
-      <c r="M125" s="4"/>
+          <t>смт Делятин, Надвірнянський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K125" s="4"/>
+      <c r="L125" s="6" t="inlineStr">
+        <is>
+          <t>UA26120030010073051</t>
+        </is>
+      </c>
+      <c r="M125" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с-ще Делятин</t>
+        </is>
+      </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P125" s="4"/>
       <c r="Q125" s="4"/>
       <c r="R125" s="4"/>
-      <c r="S125" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S125" s="4"/>
       <c r="T125" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Делятинський заклад дошкільної освіти (ясла-садок) "Сонечко" Делятинської селищної ради об'єднаної територіальної громади</t>
+          <t>Дем'янівський дошкільний навчальний заклад ясла-садок "Сонечко"</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>173100</v>
+        <v>173274</v>
       </c>
       <c r="C126" s="6"/>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>Делятинський ЗДО (ясла-садок) "Сонечко"</t>
+          <t>Дем'янівський дошкільний навчальний заклад ясла-садок "Сонечко"</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
-          <t>2624055900</t>
+          <t>2621282001</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
-          <t>смт Делятин, Надвірнянський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K126" s="4"/>
+          <t>с. Дем'янів, Галицький район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K126" s="4" t="inlineStr">
+        <is>
+          <t>вулиця 1Травня, 39</t>
+        </is>
+      </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
-          <t>UA26120030010073051</t>
+          <t>UA26040070040095661</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, с-ще Делятин</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Дем’янів</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P126" s="4"/>
       <c r="Q126" s="4"/>
       <c r="R126" s="4"/>
       <c r="S126" s="4"/>
       <c r="T126" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Дем'янівський дошкільний навчальний заклад ясла-садок "Сонечко"</t>
+          <t>Джурівський дошкільний навчальний заклад (дитячий садок) "Теремок"</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>173274</v>
+        <v>173255</v>
       </c>
       <c r="C127" s="6"/>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>Дем'янівський дошкільний навчальний заклад ясла-садок "Сонечко"</t>
+          <t>ДНЗ "Теремок"</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
-          <t>2621282001</t>
+          <t>2625281801</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
-          <t>с. Дем'янів, Галицький район, Івано-Франківська область</t>
+          <t>с. Джурів, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1Травня, 39</t>
+          <t>вулиця Івана Франка, 72</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
-          <t>UA26040070040095661</t>
+          <t>UA26080230070017092</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Дем’янів</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Джурів</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P127" s="4"/>
       <c r="Q127" s="4"/>
       <c r="R127" s="4"/>
-      <c r="S127" s="4"/>
+      <c r="S127" s="4" t="inlineStr">
+        <is>
+          <t>http://dteremok.at.ua/</t>
+        </is>
+      </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Джурівський дошкільний навчальний заклад (дитячий садок) "Теремок"</t>
+          <t>Дзвиняцький заклад дошкільної освіти (ясла-садок) "Дзвіночок"</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>173255</v>
+        <v>172768</v>
       </c>
       <c r="C128" s="6"/>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Теремок"</t>
+          <t>Дзвиняцький ЗДО (ясла-садок) "Дзвіночок"</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
-          <t>2625281801</t>
+          <t>2620482401</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
-          <t>с. Джурів, Снятинський район, Івано-Франківська область</t>
+          <t>с. Дзвиняч, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Франка, 72</t>
+          <t>вулиця Степаняка, 28а</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
-          <t>UA26080230070017092</t>
+          <t>UA26040110010050991</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Джурів</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Дзвиняч</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P128" s="4"/>
       <c r="Q128" s="4"/>
       <c r="R128" s="4"/>
       <c r="S128" s="4" t="inlineStr">
         <is>
-          <t>http://dteremok.at.ua/</t>
+          <t>zdodzvinach@ukr.net</t>
         </is>
       </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Дзвиняцький заклад дошкільної освіти (ясла-садок) "Дзвіночок"</t>
+          <t>Довгопільський дошкільний навчальний заклад (дитячий садок) "Струмок" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>172768</v>
+        <v>173237</v>
       </c>
       <c r="C129" s="6"/>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>Дзвиняцький ЗДО (ясла-садок) "Дзвіночок"</t>
+          <t>Довгопільський ДНЗ</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
-          <t>2620482401</t>
+          <t>2620883001</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
-          <t>с. Дзвиняч, Богородчанський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Довгополе, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K129" s="4"/>
       <c r="L129" s="6" t="inlineStr">
         <is>
-          <t>UA26040110010050991</t>
+          <t>UA26020010070033473</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Дзвиняч</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Довгополе</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P129" s="4"/>
       <c r="Q129" s="4"/>
       <c r="R129" s="4"/>
-      <c r="S129" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S129" s="4"/>
       <c r="T129" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Довгопільський дошкільний навчальний заклад (дитячий садок) "Струмок" Верховинської районної ради Івано-Франківської області</t>
+          <t>Заклад дошкільної освіти (ясла -садок) комбінованого типу "Золота рибка" Долинської міської ради</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>173237</v>
+        <v>173774</v>
       </c>
       <c r="C130" s="6"/>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>Довгопільський ДНЗ</t>
+          <t>ЗДО "Золота рибка"</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
-          <t>2620883001</t>
+          <t>2622010100</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
-          <t>с. Довгополе, Верховинський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K130" s="4"/>
+          <t>Долина, Долинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K130" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Степана Бандери, 6</t>
+        </is>
+      </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
-          <t>UA26020010070033473</t>
+          <t>UA26060130010099427</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Верховинський р-н, с. Довгополе</t>
+          <t>Івано-Франківська обл., Калуський р-н, м. Долина</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P130" s="4"/>
+      <c r="P130" s="4" t="inlineStr">
+        <is>
+          <t>(03477)28440</t>
+        </is>
+      </c>
       <c r="Q130" s="4"/>
-      <c r="R130" s="4"/>
+      <c r="R130" s="4" t="inlineStr">
+        <is>
+          <t>dnzzr@ukr.net</t>
+        </is>
+      </c>
       <c r="S130" s="4"/>
       <c r="T130" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла -садок) комбінованого типу "Золота рибка" Долинської міської ради</t>
+          <t>Заклад дошкільної освіти (ясла-садок) "Зірочка" Долинської міської ради</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>173774</v>
+        <v>173773</v>
       </c>
       <c r="C131" s="6"/>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Золота рибка"</t>
+          <t>ЗДО "Зірочка"</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
           <t>2622010100</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
           <t>Долина, Долинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степана Бандери, 6</t>
+          <t>вулиця Грушевського, 25</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
           <t>UA26060130010099427</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, м. Долина</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P131" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P131" s="4"/>
       <c r="Q131" s="4"/>
-      <c r="R131" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R131" s="4"/>
       <c r="S131" s="4"/>
       <c r="T131" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) "Зірочка" Долинської міської ради</t>
+          <t>Заклад дошкільної освіти (ясла-садок) комбінованого типу "Росинка" Долинської міської ради</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>173773</v>
+        <v>173775</v>
       </c>
       <c r="C132" s="6"/>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Зірочка"</t>
+          <t>ЗДО "Росинка"</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
           <t>2622010100</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
           <t>Долина, Долинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 25</t>
+          <t>вулиця Грушевського, 13</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
           <t>UA26060130010099427</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, м. Долина</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P132" s="4"/>
+      <c r="P132" s="4" t="inlineStr">
+        <is>
+          <t>((034))7725757</t>
+        </is>
+      </c>
       <c r="Q132" s="4"/>
-      <c r="R132" s="4"/>
-      <c r="S132" s="4"/>
+      <c r="R132" s="4" t="inlineStr">
+        <is>
+          <t>mkoropecka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S132" s="4" t="inlineStr">
+        <is>
+          <t>https://dnzrosunka.jimdo.com</t>
+        </is>
+      </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) комбінованого типу "Росинка" Долинської міської ради</t>
+          <t>Заклад дошкільної освіти (ясла-садок) "Сонечко" Долинської міської ради</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>173775</v>
+        <v>173776</v>
       </c>
       <c r="C133" s="6"/>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Росинка"</t>
+          <t>ЗДО(ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
           <t>2622010100</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J133" s="4" t="inlineStr">
         <is>
           <t>Долина, Долинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 13</t>
+          <t>вулиця О. Грицей, 4а</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
           <t>UA26060130010099427</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, м. Долина</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>((034))7725757</t>
+          <t>(03477)25497</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>mkoropecka@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sonce.dolyna@meta.ua</t>
+        </is>
+      </c>
+      <c r="S133" s="4"/>
       <c r="T133" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) "Сонечко" Долинської міської ради</t>
+          <t>Заклад дошкільної освіти (ясла-садок) "Теремок" Долинської міської ради</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>173776</v>
+        <v>173772</v>
       </c>
       <c r="C134" s="6"/>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>ЗДО(ясла-садок) "Сонечко"</t>
+          <t>ЗДО "Теремок"</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
           <t>2622010100</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
           <t>Долина, Долинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>вулиця О. Грицей, 4а</t>
+          <t>вулиця Степана Бандери, 10</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
           <t>UA26060130010099427</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Калуський р-н, м. Долина</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(03477)25497</t>
+          <t>(03477)2-88-49</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>sonce.dolyna@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S134" s="4"/>
+          <t>dnz.teremok@ukr.net</t>
+        </is>
+      </c>
+      <c r="S134" s="4" t="inlineStr">
+        <is>
+          <t>dnz-teremok.io.ua</t>
+        </is>
+      </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) "Теремок" Долинської міської ради</t>
+          <t>Дошкільний навчальний заклад ясла-садок Ромашка с. ДолішнєЗалуччя</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>173772</v>
+        <v>173256</v>
       </c>
       <c r="C135" s="6"/>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Теремок"</t>
+          <t>ДНЗ (я.с)Ромашка</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>2622010100</t>
+          <t>2625281502</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
-          <t>Долина, Долинський район, Івано-Франківська область</t>
+          <t>с. Долішнє Залуччя, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степана Бандери, 10</t>
+          <t>вулиця Заводська, 2</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA26060130010099427</t>
+          <t>UA26080230080051631</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, м. Долина</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Долішнє Залуччя</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P135" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P135" s="4"/>
       <c r="Q135" s="4"/>
-      <c r="R135" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R135" s="4"/>
+      <c r="S135" s="4"/>
       <c r="T135" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ясла-садок Ромашка с. ДолішнєЗалуччя</t>
+          <t>ДНЗ Дубівський дитячий садок "Пролісок" Дубівської сільської ради, Рожнятівського району</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>173256</v>
+        <v>173128</v>
       </c>
       <c r="C136" s="6"/>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (я.с)Ромашка</t>
+          <t>ДНЗ "Пролісок"</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
-          <t>2625281502</t>
+          <t>2624881301</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
-          <t>с. Долішнє Залуччя, Снятинський район, Івано-Франківська область</t>
+          <t>с. Дуба, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 2</t>
+          <t>вулиця Молодіжна, 1А</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
-          <t>UA26080230080051631</t>
+          <t>UA26060150010040584</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Долішнє Залуччя</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Дуба</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P136" s="4"/>
       <c r="Q136" s="4"/>
       <c r="R136" s="4"/>
       <c r="S136" s="4"/>
       <c r="T136" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ Дубівський дитячий садок "Пролісок" Дубівської сільської ради, Рожнятівського району</t>
+          <t>заклад дошкільної освіти "Дубочок"</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>173128</v>
+        <v>173275</v>
       </c>
       <c r="C137" s="6"/>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Пролісок"</t>
+          <t>Дубовецький дошкільний навчальний заклад "Дубочок"</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>2624881301</t>
+          <t>2621282901</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
-          <t>с. Дуба, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Дубівці, Галицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 1А</t>
+          <t>площа Незалежності, 4</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA26060150010040584</t>
+          <t>UA26040130010016074</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Дуба</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Дубівці</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P137" s="4"/>
       <c r="Q137" s="4"/>
       <c r="R137" s="4"/>
       <c r="S137" s="4"/>
       <c r="T137" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти "Дубочок"</t>
+          <t>Дубківський ДНЗ ( ясла-садок) "Росинка"</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>173275</v>
+        <v>173152</v>
       </c>
       <c r="C138" s="6"/>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>Дубовецький дошкільний навчальний заклад "Дубочок"</t>
+          <t>Дубківський ДНЗ</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
-          <t>2621282901</t>
+          <t>2621680803</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
-          <t>с. Дубівці, Галицький район, Івано-Франківська область</t>
+          <t>с. Дубка, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>площа Незалежності, 4</t>
+          <t>вулиця Б. Хмельницького, 47</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
-          <t>UA26040130010016074</t>
+          <t>UA26080250040063284</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Дубівці</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Дубки</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P138" s="4"/>
       <c r="Q138" s="4"/>
       <c r="R138" s="4"/>
       <c r="S138" s="4"/>
       <c r="T138" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Дубківський ДНЗ ( ясла-садок) "Росинка"</t>
+          <t>Єзупільський дошкільний навчальний заклад (ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>173152</v>
+        <v>173423</v>
       </c>
       <c r="C139" s="6"/>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>Дубківський ДНЗ</t>
+          <t>Єзупільський ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
-          <t>2621680803</t>
+          <t>2625855300</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
-          <t>с. Дубка, Городенківський район, Івано-Франківська область</t>
+          <t>смт Єзупіль, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б. Хмельницького, 47</t>
+          <t>вулиця Бандери, 58</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
-          <t>UA26080250040063284</t>
+          <t>UA26040150010063512</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Дубки</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Єзупіль</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P139" s="4"/>
       <c r="Q139" s="4"/>
       <c r="R139" s="4"/>
-      <c r="S139" s="4"/>
+      <c r="S139" s="4" t="inlineStr">
+        <is>
+          <t>Дитячий садок "Сонечко" Єзупіль</t>
+        </is>
+      </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Єзупільський дошкільний навчальний заклад (ясла-садок) "Сонечко"</t>
+          <t>Жовчівський дошкільний навчальний заклад "Сонечко" Рогатинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>173423</v>
+        <v>173090</v>
       </c>
       <c r="C140" s="6"/>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>Єзупільський ДНЗ "Сонечко"</t>
+          <t>Жовчівський ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>2625855300</t>
+          <t>2624482201</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
-          <t>смт Єзупіль, Тисменицький район, Івано-Франківська область</t>
+          <t>с. Жовчів, Рогатинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бандери, 58</t>
+          <t>вулиця Центральна, 14</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA26040150010063512</t>
+          <t>UA26040270210032864</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Єзупіль</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Жовчів</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P140" s="4"/>
       <c r="Q140" s="4"/>
       <c r="R140" s="4"/>
-      <c r="S140" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S140" s="4"/>
       <c r="T140" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Жовчівський дошкільний навчальний заклад "Сонечко" Рогатинської районної ради Івано-Франківської області</t>
+          <t>Жуківський дошкільний навчальний заклад "Дзвіночок"</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>173090</v>
+        <v>171803</v>
       </c>
       <c r="C141" s="6"/>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>Жовчівський ДНЗ "Сонечко"</t>
+          <t>Жуківський ДНЗ "Дзвіночок"</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>2624482201</t>
+          <t>2625684001</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
-          <t>с. Жовчів, Рогатинський район, Івано-Франківська область</t>
+          <t>с. Жуків, Тлумацький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 14</t>
+          <t>вулиця Незалежності, 52</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
-          <t>UA26040270210032864</t>
+          <t>UA26040230060087037</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Жовчів</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Жуків</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P141" s="4"/>
+      <c r="P141" s="4" t="inlineStr">
+        <is>
+          <t>4-66-65</t>
+        </is>
+      </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4"/>
       <c r="S141" s="4"/>
       <c r="T141" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Жуківський дошкільний навчальний заклад "Дзвіночок"</t>
+          <t>Дошкільний навчальний заклад "Світлячок"</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>171803</v>
+        <v>173209</v>
       </c>
       <c r="C142" s="6"/>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>Жуківський ДНЗ "Дзвіночок"</t>
+          <t>ДНЗ "Світлячок"</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
-          <t>2625684001</t>
+          <t>2620482801</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
-          <t>с. Жуків, Тлумацький район, Івано-Франківська область</t>
+          <t>с. Жураки, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 52</t>
+          <t>вулиця 40-річчя перемоги, 1</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
-          <t>UA26040230060087037</t>
+          <t>UA26040030080052621</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Жуків</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Жураки</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P142" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P142" s="4"/>
       <c r="Q142" s="4"/>
       <c r="R142" s="4"/>
       <c r="S142" s="4"/>
       <c r="T142" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Світлячок"</t>
+          <t>Заболотівський ДНЗ (дитячий садок) "Берізка"</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>173209</v>
+        <v>172739</v>
       </c>
       <c r="C143" s="6"/>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Світлячок"</t>
+          <t>Заболотівський ДНЗ (дитячий садок) "Берізка"</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>2620482801</t>
+          <t>2625255300</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
-          <t>с. Жураки, Богородчанський район, Івано-Франківська область</t>
+          <t>смт Заболотів, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>вулиця 40-річчя перемоги, 1</t>
+          <t>вулиця Грушевського, 44</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
-          <t>UA26040030080052621</t>
+          <t>UA26080050010076735</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Жураки</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с-ще Заболотів</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P143" s="4"/>
       <c r="Q143" s="4"/>
       <c r="R143" s="4"/>
       <c r="S143" s="4"/>
       <c r="T143" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Заболотівський ДНЗ (дитячий садок) "Берізка"</t>
+          <t>Завальський дошкільний навчальний заклад ясла-садок "Вербиченька"</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>172739</v>
+        <v>173257</v>
       </c>
       <c r="C144" s="6"/>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Заболотівський ДНЗ (дитячий садок) "Берізка"</t>
+          <t>ДНЗ (я/с.) "Вербиченька"</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
-          <t>2625255300</t>
+          <t>2625282101</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
-          <t>смт Заболотів, Снятинський район, Івано-Франківська область</t>
+          <t>с. Завалля, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 44</t>
+          <t>вулиця Перемоги, 107</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
-          <t>UA26080050010076735</t>
+          <t>UA26080230100025171</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с-ще Заболотів</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Завалля</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P144" s="4"/>
+      <c r="P144" s="4" t="inlineStr">
+        <is>
+          <t>(03476)3-72-51</t>
+        </is>
+      </c>
       <c r="Q144" s="4"/>
-      <c r="R144" s="4"/>
-      <c r="S144" s="4"/>
+      <c r="R144" s="4" t="inlineStr">
+        <is>
+          <t>maryana.odinska@gmail.com</t>
+        </is>
+      </c>
+      <c r="S144" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/verbichenka</t>
+        </is>
+      </c>
       <c r="T144" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Завальський дошкільний навчальний заклад ясла-садок "Вербиченька"</t>
+          <t>Загайпільський заклад дошкільної освіти (ясла-садок) "Сонечко" Загайпільської сільської ради Коломийського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>173257</v>
+        <v>173158</v>
       </c>
       <c r="C145" s="6"/>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (я/с.) "Вербиченька"</t>
+          <t>Загайпільський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
-          <t>2625282101</t>
+          <t>2623282401</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
-          <t>с. Завалля, Снятинський район, Івано-Франківська область</t>
+          <t>с. Загайпіль, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 107</t>
+          <t>вулиця Українська, 13а</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
-          <t>UA26080230100025171</t>
+          <t>UA26080190030026075</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Завалля</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Загайпіль</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(03476)3-72-51</t>
+          <t>(099)2900117</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>maryana.odinska@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz-zagapil@ukr.net</t>
+        </is>
+      </c>
+      <c r="S145" s="4"/>
       <c r="T145" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>Загайпільський заклад дошкільної освіти (ясла-садок) "Сонечко" Загайпільської сільської ради Коломийського району Івано-Франківської області</t>
+          <t>Заклад дошкільної освіти (ясла-садок) "Сонечко" Загвіздянської сільської ради Об'єднаної територіальної громади Тисменицького району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B146" s="5" t="n">
-        <v>173158</v>
+        <v>173427</v>
       </c>
       <c r="C146" s="6"/>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Загайпільський ЗДО "Сонечко"</t>
+          <t>Загвіздянський ЗДО (ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
-          <t>2623282401</t>
+          <t>2625881101</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
-          <t>с. Загайпіль, Коломийський район, Івано-Франківська область</t>
+          <t>с. Загвіздя, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
-          <t>вулиця Українська, 13а</t>
+          <t>вулиця Липова-Осада, 60С</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
-          <t>UA26080190030026075</t>
+          <t>UA26040170010079109</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Загайпіль</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Загвіздя</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P146" s="4"/>
       <c r="Q146" s="4"/>
-      <c r="R146" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R146" s="4"/>
       <c r="S146" s="4"/>
       <c r="T146" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y146" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) "Сонечко" Загвіздянської сільської ради Об'єднаної територіальної громади Тисменицького району Івано-Франківської області</t>
+          <t>Задністрянський заклад дошкільної освіти ясла-садок "Калинонька"</t>
         </is>
       </c>
       <c r="B147" s="5" t="n">
-        <v>173427</v>
+        <v>173277</v>
       </c>
       <c r="C147" s="6"/>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Загвіздянський ЗДО (ясла-садок) "Сонечко"</t>
+          <t>Задністрянський ДНЗ</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H147" s="6" t="inlineStr">
         <is>
-          <t>2625881101</t>
+          <t>2621283201</t>
         </is>
       </c>
       <c r="I147" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J147" s="4" t="inlineStr">
         <is>
-          <t>с. Загвіздя, Тисменицький район, Івано-Франківська область</t>
+          <t>с. Задністрянське, Галицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
-          <t>вулиця Липова-Осада, 60С</t>
+          <t>проспект Тараса Шевченка, 3</t>
         </is>
       </c>
       <c r="L147" s="6" t="inlineStr">
         <is>
-          <t>UA26040170010079109</t>
+          <t>UA26040070060051488</t>
         </is>
       </c>
       <c r="M147" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Загвіздя</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Задністрянське</t>
         </is>
       </c>
       <c r="N147" s="7"/>
       <c r="O147" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P147" s="4"/>
       <c r="Q147" s="4"/>
       <c r="R147" s="4"/>
-      <c r="S147" s="4"/>
+      <c r="S147" s="4" t="inlineStr">
+        <is>
+          <t>zdsadok@ukr.net</t>
+        </is>
+      </c>
       <c r="T147" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Задністрянський заклад дошкільної освіти ясла-садок "Калинонька"</t>
+          <t>Задубрівський комунальний дошкільний навчальний заклад дитячий садок "Тополька"</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
-        <v>173277</v>
+        <v>173258</v>
       </c>
       <c r="C148" s="6"/>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Задністрянський ДНЗ</t>
+          <t>Задубрівський КДНЗ (д/с) "Тополька"</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H148" s="6" t="inlineStr">
         <is>
-          <t>2621283201</t>
+          <t>2625282201</t>
         </is>
       </c>
       <c r="I148" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
-          <t>с. Задністрянське, Галицький район, Івано-Франківська область</t>
+          <t>с. Задубрівці, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K148" s="4" t="inlineStr">
         <is>
-          <t>проспект Тараса Шевченка, 3</t>
+          <t>вулиця Грушевського, 82</t>
         </is>
       </c>
       <c r="L148" s="6" t="inlineStr">
         <is>
-          <t>UA26040070060051488</t>
+          <t>UA26080230110089762</t>
         </is>
       </c>
       <c r="M148" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Задністрянське</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Задубрівці</t>
         </is>
       </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P148" s="4"/>
       <c r="Q148" s="4"/>
       <c r="R148" s="4"/>
-      <c r="S148" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S148" s="4"/>
       <c r="T148" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Задубрівський комунальний дошкільний навчальний заклад дитячий садок "Тополька"</t>
+          <t>Залуквянський дошкільний навчальний заклад ясла-садок "Теремок"</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
-        <v>173258</v>
+        <v>173276</v>
       </c>
       <c r="C149" s="6"/>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>Задубрівський КДНЗ (д/с) "Тополька"</t>
+          <t>Залуквянський ДНЗ</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
-          <t>2625282201</t>
+          <t>2621283301</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
-          <t>с. Задубрівці, Снятинський район, Івано-Франківська область</t>
+          <t>с. Залуква, Галицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K149" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 82</t>
+          <t>вулиця Галицька, 1В</t>
         </is>
       </c>
       <c r="L149" s="6" t="inlineStr">
         <is>
-          <t>UA26080230110089762</t>
+          <t>UA26040090090085543</t>
         </is>
       </c>
       <c r="M149" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Задубрівці</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Залуква</t>
         </is>
       </c>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P149" s="4"/>
       <c r="Q149" s="4"/>
       <c r="R149" s="4"/>
       <c r="S149" s="4"/>
       <c r="T149" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y149" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>Залуквянський дошкільний навчальний заклад ясла-садок "Теремок"</t>
+          <t>Замагорівський дошкільний навчальний заклад (дитячий садок) "Лісова казка" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B150" s="5" t="n">
-        <v>173276</v>
+        <v>173241</v>
       </c>
       <c r="C150" s="6"/>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Залуквянський ДНЗ</t>
+          <t>Замагорівський ДНЗ</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H150" s="6" t="inlineStr">
         <is>
-          <t>2621283301</t>
+          <t>2620883501</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J150" s="4" t="inlineStr">
         <is>
-          <t>с. Залуква, Галицький район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Замагора, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K150" s="4"/>
       <c r="L150" s="6" t="inlineStr">
         <is>
-          <t>UA26040090090085543</t>
+          <t>UA26020030100038812</t>
         </is>
       </c>
       <c r="M150" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Залуква</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Замагора</t>
         </is>
       </c>
       <c r="N150" s="7"/>
       <c r="O150" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P150" s="4"/>
       <c r="Q150" s="4"/>
       <c r="R150" s="4"/>
       <c r="S150" s="4"/>
       <c r="T150" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y150" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>Замагорівський дошкільний навчальний заклад (дитячий садок) "Лісова казка" Верховинської районної ради Івано-Франківської області</t>
+          <t>Опорний заклад Замулинецький ліцей. Дошкільний підрозділ.</t>
         </is>
       </c>
       <c r="B151" s="5" t="n">
-        <v>173241</v>
+        <v>173765</v>
       </c>
       <c r="C151" s="6"/>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Замагорівський ДНЗ</t>
+          <t>Опорний заклад Замулинецький ліцей. Дошкільний підрозділ.</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H151" s="6" t="inlineStr">
         <is>
-          <t>2620883501</t>
+          <t>2623286402</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J151" s="4" t="inlineStr">
         <is>
-          <t>с. Замагора, Верховинський район, Івано-Франківська область</t>
-[...12 lines deleted...]
-      </c>
+          <t>с. Замулинці, Коломийський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K151" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Набережна-Надпруття, 3</t>
+        </is>
+      </c>
+      <c r="L151" s="6"/>
+      <c r="M151" s="4"/>
       <c r="N151" s="7"/>
       <c r="O151" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P151" s="4"/>
       <c r="Q151" s="4"/>
       <c r="R151" s="4"/>
-      <c r="S151" s="4"/>
+      <c r="S151" s="4" t="inlineStr">
+        <is>
+          <t>http://samulynzischule.at.ua/</t>
+        </is>
+      </c>
       <c r="T151" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U151" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y151" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад Замулинецький ліцей. Дошкільний підрозділ.</t>
+          <t>Зарічанський заклад дошкільної освіти (ясла-садок) "Золотий колосок" Делятинської селищної ради об'єднаної територіальної громади</t>
         </is>
       </c>
       <c r="B152" s="5" t="n">
-        <v>173765</v>
+        <v>173101</v>
       </c>
       <c r="C152" s="6"/>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад Замулинецький ліцей. Дошкільний підрозділ.</t>
+          <t>Зарічанський ЗДО (ясла-садок) "Золотий колосок"</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H152" s="6" t="inlineStr">
         <is>
-          <t>2623286402</t>
+          <t>2624081801</t>
         </is>
       </c>
       <c r="I152" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J152" s="4" t="inlineStr">
         <is>
-          <t>с. Замулинці, Коломийський район, Івано-Франківська область</t>
+          <t>с. Заріччя, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K152" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна-Надпруття, 3</t>
+          <t>вулиця Незалежності, 69</t>
         </is>
       </c>
       <c r="L152" s="6"/>
       <c r="M152" s="4"/>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P152" s="4"/>
+      <c r="P152" s="4" t="inlineStr">
+        <is>
+          <t>0347566281</t>
+        </is>
+      </c>
       <c r="Q152" s="4"/>
-      <c r="R152" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R152" s="4" t="inlineStr">
+        <is>
+          <t>z-kolosok@ukr.net</t>
+        </is>
+      </c>
+      <c r="S152" s="4"/>
       <c r="T152" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>Зарічанський заклад дошкільної освіти (ясла-садок) "Золотий колосок" Делятинської селищної ради об'єднаної територіальної громади</t>
+          <t>Зеленський дошкільний навчальний заклад (дитячий садок) "Журавлик"</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
-        <v>173101</v>
+        <v>173226</v>
       </c>
       <c r="C153" s="6"/>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>Зарічанський ЗДО (ясла-садок) "Золотий колосок"</t>
+          <t>Зеленський ДНЗ "Журавлик"</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G153" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H153" s="6" t="inlineStr">
         <is>
-          <t>2624081801</t>
+          <t>2624082101</t>
         </is>
       </c>
       <c r="I153" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J153" s="4" t="inlineStr">
         <is>
-          <t>с. Заріччя, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Зелена, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K153" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 69</t>
-[...3 lines deleted...]
-      <c r="M153" s="4"/>
+          <t>вулиця Хрипелів, 1053а</t>
+        </is>
+      </c>
+      <c r="L153" s="6" t="inlineStr">
+        <is>
+          <t>UA26120090050029075</t>
+        </is>
+      </c>
+      <c r="M153" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с. Зелена</t>
+        </is>
+      </c>
       <c r="N153" s="7"/>
       <c r="O153" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P153" s="4" t="inlineStr">
         <is>
-          <t>0347566281</t>
+          <t>0963865808</t>
         </is>
       </c>
       <c r="Q153" s="4"/>
       <c r="R153" s="4" t="inlineStr">
         <is>
-          <t>z-kolosok@ukr.net</t>
+          <t>maria.bobretska@gmail.com</t>
         </is>
       </c>
       <c r="S153" s="4"/>
       <c r="T153" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y153" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="4" t="inlineStr">
         <is>
-          <t>Зеленський дошкільний навчальний заклад (дитячий садок) "Журавлик"</t>
+          <t>Зібранівський дошкільний навчальний заклад (дитячий садок) "Кобзарик"</t>
         </is>
       </c>
       <c r="B154" s="5" t="n">
-        <v>173226</v>
+        <v>172741</v>
       </c>
       <c r="C154" s="6"/>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>Зеленський ДНЗ "Журавлик"</t>
+          <t>Зібранівський ДНЗ (д/с) "Кобзарик"</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H154" s="6" t="inlineStr">
         <is>
-          <t>2624082101</t>
+          <t>2625287402</t>
         </is>
       </c>
       <c r="I154" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J154" s="4" t="inlineStr">
         <is>
-          <t>с. Зелена, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Зібранівка, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хрипелів, 1053а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Грушевського, 12</t>
+        </is>
+      </c>
+      <c r="L154" s="6"/>
+      <c r="M154" s="4"/>
       <c r="N154" s="7"/>
       <c r="O154" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P154" s="4" t="inlineStr">
         <is>
-          <t>0963865808</t>
+          <t>()0980719554</t>
         </is>
       </c>
       <c r="Q154" s="4"/>
-      <c r="R154" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S154" s="4"/>
+      <c r="R154" s="4"/>
+      <c r="S154" s="4" t="inlineStr">
+        <is>
+          <t>kobzarik@74ukr.net</t>
+        </is>
+      </c>
       <c r="T154" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y154" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="4" t="inlineStr">
         <is>
-          <t>Зібранівський дошкільний навчальний заклад (дитячий садок) "Кобзарик"</t>
+          <t>Іваниківський дошкільний навчальний заклад дитячий садок "ромашка"</t>
         </is>
       </c>
       <c r="B155" s="5" t="n">
-        <v>172741</v>
+        <v>173206</v>
       </c>
       <c r="C155" s="6"/>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>Зібранівський ДНЗ (д/с) "Кобзарик"</t>
+          <t>Іваниківський ДНЗ "Ромашка"</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G155" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H155" s="6" t="inlineStr">
         <is>
-          <t>2625287402</t>
+          <t>2620483201</t>
         </is>
       </c>
       <c r="I155" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J155" s="4" t="inlineStr">
         <is>
-          <t>с. Зібранівка, Снятинський район, Івано-Франківська область</t>
+          <t>с. Іваниківка, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K155" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 12</t>
-[...3 lines deleted...]
-      <c r="M155" s="4"/>
+          <t>вулиця Франка, 50</t>
+        </is>
+      </c>
+      <c r="L155" s="6" t="inlineStr">
+        <is>
+          <t>UA26040030100044942</t>
+        </is>
+      </c>
+      <c r="M155" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Іваниківка</t>
+        </is>
+      </c>
       <c r="N155" s="7"/>
       <c r="O155" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P155" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P155" s="4"/>
       <c r="Q155" s="4"/>
       <c r="R155" s="4"/>
-      <c r="S155" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S155" s="4"/>
       <c r="T155" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y155" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="4" t="inlineStr">
         <is>
-          <t>Іваниківський дошкільний навчальний заклад дитячий садок "ромашка"</t>
+          <t>Дошкільний навчальний заклад Ілемнянський дитячий садок Перлина Карпат Ілемнянської сільської ради</t>
         </is>
       </c>
       <c r="B156" s="5" t="n">
-        <v>173206</v>
+        <v>173129</v>
       </c>
       <c r="C156" s="6"/>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>Іваниківський ДНЗ "Ромашка"</t>
+          <t>ДНЗ Перлина Карпат</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H156" s="6" t="inlineStr">
         <is>
-          <t>2620483201</t>
+          <t>2624881501</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
-          <t>с. Іваниківка, Богородчанський район, Івано-Франківська область</t>
+          <t>с. Ілемня, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
-          <t>вулиця Франка, 50</t>
+          <t>вулиця Шевченка, 166</t>
         </is>
       </c>
       <c r="L156" s="6" t="inlineStr">
         <is>
-          <t>UA26040030100044942</t>
+          <t>UA26060070040034176</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Іваниківка</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Ілемня</t>
         </is>
       </c>
       <c r="N156" s="7"/>
       <c r="O156" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P156" s="4"/>
       <c r="Q156" s="4"/>
       <c r="R156" s="4"/>
       <c r="S156" s="4"/>
       <c r="T156" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y156" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Ілемнянський дитячий садок Перлина Карпат Ілемнянської сільської ради</t>
+          <t>Іллінецький дошкільний навчальний заклад (дитячий садок) "Калинка"</t>
         </is>
       </c>
       <c r="B157" s="5" t="n">
-        <v>173129</v>
+        <v>172740</v>
       </c>
       <c r="C157" s="6"/>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ Перлина Карпат</t>
+          <t>Іллінецький ДНЗ (дитячий садок) "Калинка"</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G157" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H157" s="6" t="inlineStr">
         <is>
-          <t>2624881501</t>
+          <t>2625282301</t>
         </is>
       </c>
       <c r="I157" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
-          <t>с. Ілемня, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Іллінці, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 166</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Богдана Хмельницького, 1б</t>
+        </is>
+      </c>
+      <c r="L157" s="6"/>
+      <c r="M157" s="4"/>
       <c r="N157" s="7"/>
       <c r="O157" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P157" s="4"/>
       <c r="Q157" s="4"/>
       <c r="R157" s="4"/>
       <c r="S157" s="4"/>
       <c r="T157" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y157" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="4" t="inlineStr">
         <is>
-          <t>Іллінецький дошкільний навчальний заклад (дитячий садок) "Калинка"</t>
+          <t>Ільцівський дошкільний навчальний заклад (дитячий садок) "Квітка Карпат" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B158" s="5" t="n">
-        <v>172740</v>
+        <v>173238</v>
       </c>
       <c r="C158" s="6"/>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>Іллінецький ДНЗ (дитячий садок) "Калинка"</t>
+          <t>Ільцівський ДНЗ</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G158" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H158" s="6" t="inlineStr">
         <is>
-          <t>2625282301</t>
+          <t>2620884101</t>
         </is>
       </c>
       <c r="I158" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J158" s="4" t="inlineStr">
         <is>
-          <t>с. Іллінці, Снятинський район, Івано-Франківська область</t>
-[...8 lines deleted...]
-      <c r="M158" s="4"/>
+          <t>с. Ільці, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K158" s="4"/>
+      <c r="L158" s="6" t="inlineStr">
+        <is>
+          <t>UA26020030110013352</t>
+        </is>
+      </c>
+      <c r="M158" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Ільці</t>
+        </is>
+      </c>
       <c r="N158" s="7"/>
       <c r="O158" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P158" s="4"/>
       <c r="Q158" s="4"/>
       <c r="R158" s="4"/>
       <c r="S158" s="4"/>
       <c r="T158" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y158" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>Ільцівський дошкільний навчальний заклад (дитячий садок) "Квітка Карпат" Верховинської районної ради Івано-Франківської області</t>
+          <t>Кальнянський заклад дошкільної освіти "Сонечко"</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>173238</v>
+        <v>172540</v>
       </c>
       <c r="C159" s="6"/>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>Ільцівський ДНЗ</t>
+          <t>Кальнянський ЗДО " Сонечко"</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H159" s="6" t="inlineStr">
         <is>
-          <t>2620884101</t>
+          <t>2622082101</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
-          <t>с. Ільці, Верховинський район, Івано-Франківська область</t>
-[...12 lines deleted...]
-      </c>
+          <t>с. Кальна, Долинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K159" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шевченка, 135б</t>
+        </is>
+      </c>
+      <c r="L159" s="6"/>
+      <c r="M159" s="4"/>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P159" s="4"/>
+      <c r="P159" s="4" t="inlineStr">
+        <is>
+          <t>380978038253</t>
+        </is>
+      </c>
       <c r="Q159" s="4"/>
-      <c r="R159" s="4"/>
+      <c r="R159" s="4" t="inlineStr">
+        <is>
+          <t>perpeta1975@ukr.net</t>
+        </is>
+      </c>
       <c r="S159" s="4"/>
       <c r="T159" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y159" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>Кальнянський заклад дошкільної освіти "Сонечко"</t>
+          <t>Дошкільний навчальний заклад (ясла/садок) "Джерельце"</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>172540</v>
+        <v>173259</v>
       </c>
       <c r="C160" s="6"/>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>Кальнянський ЗДО " Сонечко"</t>
+          <t>ДНЗ (я/с) "Джерельце"</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H160" s="6" t="inlineStr">
         <is>
-          <t>2622082101</t>
+          <t>2625282601</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
-          <t>с. Кальна, Долинський район, Івано-Франківська область</t>
+          <t>с. Княже, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 135б</t>
-[...3 lines deleted...]
-      <c r="M160" s="4"/>
+          <t>вулиця Грушевського, 125а</t>
+        </is>
+      </c>
+      <c r="L160" s="6" t="inlineStr">
+        <is>
+          <t>UA26080230130030498</t>
+        </is>
+      </c>
+      <c r="M160" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Княже</t>
+        </is>
+      </c>
       <c r="N160" s="7"/>
       <c r="O160" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P160" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P160" s="4"/>
       <c r="Q160" s="4"/>
-      <c r="R160" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S160" s="4"/>
+      <c r="R160" s="4"/>
+      <c r="S160" s="4" t="inlineStr">
+        <is>
+          <t>https://dnzdzerelse.wordpress.com/</t>
+        </is>
+      </c>
       <c r="T160" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла/садок) "Джерельце"</t>
+          <t>Дошкільний навчальний заклад Князівський дитячий садок "Малятко"</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>173259</v>
+        <v>173126</v>
       </c>
       <c r="C161" s="6"/>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (я/с) "Джерельце"</t>
+          <t>ДНЗ "Малятко "</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
-          <t>2625282601</t>
+          <t>2624882101</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
-          <t>с. Княже, Снятинський район, Івано-Франківська область</t>
+          <t>с. Князівське, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 125а</t>
+          <t>вулиця Незалежності України, 71</t>
         </is>
       </c>
       <c r="L161" s="6" t="inlineStr">
         <is>
-          <t>UA26080230130030498</t>
+          <t>UA26060150050090527</t>
         </is>
       </c>
       <c r="M161" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Княже</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Князівське</t>
         </is>
       </c>
       <c r="N161" s="7"/>
       <c r="O161" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P161" s="4"/>
       <c r="Q161" s="4"/>
       <c r="R161" s="4"/>
-      <c r="S161" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S161" s="4"/>
       <c r="T161" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Князівський дитячий садок "Малятко"</t>
+          <t>Кобаківський заклад дошкільної освіти (ясла-садок) "Малятко"</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>173126</v>
+        <v>173074</v>
       </c>
       <c r="C162" s="6"/>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Малятко "</t>
+          <t>Кобаківський ЗДО (ясла-садок) "Малятко"</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H162" s="6" t="inlineStr">
         <is>
-          <t>2624882101</t>
+          <t>2623683601</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
-          <t>с. Князівське, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Кобаки, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності України, 71</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 4</t>
+        </is>
+      </c>
+      <c r="L162" s="6"/>
+      <c r="M162" s="4"/>
       <c r="N162" s="7"/>
       <c r="O162" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P162" s="4"/>
       <c r="Q162" s="4"/>
-      <c r="R162" s="4"/>
-      <c r="S162" s="4"/>
+      <c r="R162" s="4" t="inlineStr">
+        <is>
+          <t>kobakusad@ukr.net</t>
+        </is>
+      </c>
+      <c r="S162" s="4" t="inlineStr">
+        <is>
+          <t>http://kobaky-dnz.if.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T162" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y162" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Кобаківський заклад дошкільної освіти (ясла-садок) "Малятко"</t>
+          <t>Колінківський дошкільний навчальний заклад ( дитячий садок) "Незабудка"</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>173074</v>
+        <v>173142</v>
       </c>
       <c r="C163" s="6"/>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>Кобаківський ЗДО (ясла-садок) "Малятко"</t>
+          <t>Колінківський ДНЗ ( дитячий садок) "Незабудка"</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H163" s="6" t="inlineStr">
         <is>
-          <t>2623683601</t>
+          <t>2621680805</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
-          <t>с. Кобаки, Косівський район, Івано-Франківська область</t>
+          <t>с. Колінки, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 4</t>
-[...3 lines deleted...]
-      <c r="M163" s="4"/>
+          <t>вулиця Стефаника, 2</t>
+        </is>
+      </c>
+      <c r="L163" s="6" t="inlineStr">
+        <is>
+          <t>UA26080250050074604</t>
+        </is>
+      </c>
+      <c r="M163" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Колінки</t>
+        </is>
+      </c>
       <c r="N163" s="7"/>
       <c r="O163" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P163" s="4"/>
+      <c r="P163" s="4" t="inlineStr">
+        <is>
+          <t>0687268335</t>
+        </is>
+      </c>
       <c r="Q163" s="4"/>
       <c r="R163" s="4" t="inlineStr">
         <is>
-          <t>kobakusad@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nezabudka2019@ukr.net</t>
+        </is>
+      </c>
+      <c r="S163" s="4"/>
       <c r="T163" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Колінківський дошкільний навчальний заклад ( дитячий садок) "Незабудка"</t>
+          <t>Дошкільний навчальний заклад ясла-садок "Сонечко" с. Комарів</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>173142</v>
+        <v>173278</v>
       </c>
       <c r="C164" s="6"/>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>Колінківський ДНЗ ( дитячий садок) "Незабудка"</t>
+          <t>Комарівський ДНЗ</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
-          <t>2621680805</t>
+          <t>2621284201</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
-          <t>с. Колінки, Городенківський район, Івано-Франківська область</t>
+          <t>с. Комарів, Галицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стефаника, 2</t>
+          <t>вулиця Баляса, 309а</t>
         </is>
       </c>
       <c r="L164" s="6" t="inlineStr">
         <is>
-          <t>UA26080250050074604</t>
+          <t>UA26040090120037132</t>
         </is>
       </c>
       <c r="M164" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Колінки</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Комарів</t>
         </is>
       </c>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P164" s="4"/>
       <c r="Q164" s="4"/>
-      <c r="R164" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R164" s="4"/>
       <c r="S164" s="4"/>
       <c r="T164" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ясла-садок "Сонечко" с. Комарів</t>
+          <t>Конюшківський дошкільний навчальний заклад "Малятко"</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>173278</v>
+        <v>173091</v>
       </c>
       <c r="C165" s="6"/>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>Комарівський ДНЗ</t>
+          <t>Конюшківський ДНЗ "Малятко"</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H165" s="6" t="inlineStr">
         <is>
-          <t>2621284201</t>
+          <t>2624483101</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
-          <t>с. Комарів, Галицький район, Івано-Франківська область</t>
+          <t>с. Конюшки, Рогатинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
-          <t>вулиця Баляса, 309а</t>
+          <t>вулиця Перша Загора, 6а</t>
         </is>
       </c>
       <c r="L165" s="6" t="inlineStr">
         <is>
-          <t>UA26040090120037132</t>
+          <t>UA26040270310050500</t>
         </is>
       </c>
       <c r="M165" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Комарів</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Конюшки</t>
         </is>
       </c>
       <c r="N165" s="7"/>
       <c r="O165" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P165" s="4"/>
       <c r="Q165" s="4"/>
       <c r="R165" s="4"/>
       <c r="S165" s="4"/>
       <c r="T165" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y165" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>Конюшківський дошкільний навчальний заклад "Малятко"</t>
+          <t>Комунальний заклад Копанківський дошкільний навчальний заклад ясла-садок "Льонок" Копанківської сільської ради Калуського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>173091</v>
+        <v>173197</v>
       </c>
       <c r="C166" s="6"/>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>Конюшківський ДНЗ "Малятко"</t>
+          <t>ДНЗ "Льонок"</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H166" s="6" t="inlineStr">
         <is>
-          <t>2624483101</t>
+          <t>2622883601</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J166" s="4" t="inlineStr">
         <is>
-          <t>с. Конюшки, Рогатинський район, Івано-Франківська область</t>
+          <t>с. Копанки, Калуський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K166" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перша Загора, 6а</t>
+          <t>вулиця В. Івасюка, 13</t>
         </is>
       </c>
       <c r="L166" s="6" t="inlineStr">
         <is>
-          <t>UA26040270310050500</t>
+          <t>UA26060170070037344</t>
         </is>
       </c>
       <c r="M166" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Конюшки</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Копанки</t>
         </is>
       </c>
       <c r="N166" s="7"/>
       <c r="O166" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P166" s="4"/>
       <c r="Q166" s="4"/>
       <c r="R166" s="4"/>
       <c r="S166" s="4"/>
       <c r="T166" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y166" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Копанківський дошкільний навчальний заклад ясла-садок "Льонок" Копанківської сільської ради Калуського району Івано-Франківської області</t>
+          <t>Корницький заклад дошкільної освіти (ясла -садок) "Калинка"</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>173197</v>
+        <v>173159</v>
       </c>
       <c r="C167" s="6"/>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Льонок"</t>
+          <t>Корницький ЗДО(ясла -садок) "Калинка"</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G167" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H167" s="6" t="inlineStr">
         <is>
-          <t>2622883601</t>
+          <t>2623282801</t>
         </is>
       </c>
       <c r="I167" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J167" s="4" t="inlineStr">
         <is>
-          <t>с. Копанки, Калуський район, Івано-Франківська область</t>
+          <t>с. Корнич, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K167" s="4" t="inlineStr">
         <is>
-          <t>вулиця В. Івасюка, 13</t>
+          <t>вулиця Перемоги, 26</t>
         </is>
       </c>
       <c r="L167" s="6" t="inlineStr">
         <is>
-          <t>UA26060170070037344</t>
+          <t>UA26080070050010533</t>
         </is>
       </c>
       <c r="M167" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Копанки</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Корнич</t>
         </is>
       </c>
       <c r="N167" s="7"/>
       <c r="O167" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P167" s="4"/>
       <c r="Q167" s="4"/>
       <c r="R167" s="4"/>
       <c r="S167" s="4"/>
       <c r="T167" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y167" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>Корницький заклад дошкільної освіти (ясла -садок) "Калинка"</t>
+          <t>Коршівський заклад дошкільної освіти (дитячий садок) "Малятко" Коршівської сільської ради ОТГ</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>173159</v>
+        <v>173160</v>
       </c>
       <c r="C168" s="6"/>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Корницький ЗДО(ясла -садок) "Калинка"</t>
+          <t>Коршівський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G168" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H168" s="6" t="inlineStr">
         <is>
-          <t>2623282801</t>
+          <t>2623283001</t>
         </is>
       </c>
       <c r="I168" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
-          <t>с. Корнич, Коломийський район, Івано-Франківська область</t>
+          <t>с. Коршів, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K168" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 26</t>
+          <t>вулиця Незалежності, 1А</t>
         </is>
       </c>
       <c r="L168" s="6" t="inlineStr">
         <is>
-          <t>UA26080070050010533</t>
+          <t>UA26080090010022407</t>
         </is>
       </c>
       <c r="M168" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Корнич</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Коршів</t>
         </is>
       </c>
       <c r="N168" s="7"/>
       <c r="O168" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P168" s="4"/>
       <c r="Q168" s="4"/>
       <c r="R168" s="4"/>
-      <c r="S168" s="4"/>
+      <c r="S168" s="4" t="inlineStr">
+        <is>
+          <t>korshivmalyatko@gmail.com</t>
+        </is>
+      </c>
       <c r="T168" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y168" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>Коршівський заклад дошкільної освіти (дитячий садок) "Малятко" Коршівської сільської ради ОТГ</t>
+          <t>Косівський дошкільний навчальний заклад (ясла - садок) "Горобинка"</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
-        <v>173160</v>
+        <v>173183</v>
       </c>
       <c r="C169" s="6"/>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>Коршівський ЗДО "Малятко"</t>
+          <t>Косівський ДНЗ "Горобинка"</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G169" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H169" s="6" t="inlineStr">
         <is>
-          <t>2623283001</t>
+          <t>2623610100</t>
         </is>
       </c>
       <c r="I169" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J169" s="4" t="inlineStr">
         <is>
-          <t>с. Коршів, Коломийський район, Івано-Франківська область</t>
+          <t>Косів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K169" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 1А</t>
+          <t>вулиця Незалежності, 117</t>
         </is>
       </c>
       <c r="L169" s="6" t="inlineStr">
         <is>
-          <t>UA26080090010022407</t>
+          <t>UA26100010010026473</t>
         </is>
       </c>
       <c r="M169" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Коршів</t>
+          <t>Івано-Франківська обл., Косівський р-н, м. Косів</t>
         </is>
       </c>
       <c r="N169" s="7"/>
       <c r="O169" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P169" s="4"/>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P169" s="4" t="inlineStr">
+        <is>
+          <t>2-13-99</t>
+        </is>
+      </c>
       <c r="Q169" s="4"/>
-      <c r="R169" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R169" s="4" t="inlineStr">
+        <is>
+          <t>gorobina2015@ukr.net</t>
+        </is>
+      </c>
+      <c r="S169" s="4"/>
       <c r="T169" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y169" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>Косівський дошкільний навчальний заклад (ясла - садок) "Горобинка"</t>
+          <t>Косівський дошкільний навчальний заклад (ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B170" s="5" t="n">
-        <v>173183</v>
+        <v>173182</v>
       </c>
       <c r="C170" s="6"/>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>Косівський ДНЗ "Горобинка"</t>
+          <t>Косівський ДНЗ (ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G170" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H170" s="6" t="inlineStr">
         <is>
           <t>2623610100</t>
         </is>
       </c>
       <c r="I170" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J170" s="4" t="inlineStr">
         <is>
           <t>Косів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K170" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 117</t>
+          <t>провулок Шевченка, 7</t>
         </is>
       </c>
       <c r="L170" s="6" t="inlineStr">
         <is>
           <t>UA26100010010026473</t>
         </is>
       </c>
       <c r="M170" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Косівський р-н, м. Косів</t>
         </is>
       </c>
       <c r="N170" s="7"/>
       <c r="O170" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
-      <c r="P170" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P170" s="4"/>
       <c r="Q170" s="4"/>
-      <c r="R170" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R170" s="4"/>
       <c r="S170" s="4"/>
       <c r="T170" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y170" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Косівський дошкільний навчальний заклад (ясла-садок) "Сонечко"</t>
+          <t>Рибненський ЗДО</t>
         </is>
       </c>
       <c r="B171" s="5" t="n">
-        <v>173182</v>
+        <v>173187</v>
       </c>
       <c r="C171" s="6"/>
       <c r="D171" s="4" t="inlineStr">
         <is>
-          <t>Косівський ДНЗ (ясла-садок) "Сонечко"</t>
+          <t>Рибне ЗДО</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G171" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H171" s="6" t="inlineStr">
         <is>
           <t>2623610100</t>
         </is>
       </c>
       <c r="I171" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J171" s="4" t="inlineStr">
         <is>
           <t>Косів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K171" s="4" t="inlineStr">
         <is>
-          <t>провулок Шевченка, 7</t>
+          <t>вулиця Шевченка, 55</t>
         </is>
       </c>
       <c r="L171" s="6" t="inlineStr">
         <is>
           <t>UA26100010010026473</t>
         </is>
       </c>
       <c r="M171" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Косівський р-н, м. Косів</t>
         </is>
       </c>
       <c r="N171" s="7"/>
       <c r="O171" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P171" s="4"/>
       <c r="Q171" s="4"/>
-      <c r="R171" s="4"/>
+      <c r="R171" s="4" t="inlineStr">
+        <is>
+          <t>mariyayaremij@gmail.com</t>
+        </is>
+      </c>
       <c r="S171" s="4"/>
       <c r="T171" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y171" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Рибненський ЗДО</t>
+          <t>Космацький дошкільний навчальний заклад "Гуцулочка" Космацької сільської ради об'єднаної територіальної громади Косівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B172" s="5" t="n">
-        <v>173187</v>
+        <v>173103</v>
       </c>
       <c r="C172" s="6"/>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>Рибне ЗДО</t>
+          <t>Космацький ДНЗ "Гуцулочка"</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G172" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H172" s="6" t="inlineStr">
         <is>
-          <t>2623610100</t>
+          <t>2623684001</t>
         </is>
       </c>
       <c r="I172" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J172" s="4" t="inlineStr">
         <is>
-          <t>Косів, Косівський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Космач, Косівський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K172" s="4"/>
       <c r="L172" s="6" t="inlineStr">
         <is>
-          <t>UA26100010010026473</t>
+          <t>UA26100030010017376</t>
         </is>
       </c>
       <c r="M172" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, м. Косів</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Космач</t>
         </is>
       </c>
       <c r="N172" s="7"/>
       <c r="O172" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P172" s="4"/>
       <c r="Q172" s="4"/>
       <c r="R172" s="4" t="inlineStr">
         <is>
-          <t>mariyayaremij@gmail.com</t>
+          <t>gannapolek126@gmail.com</t>
         </is>
       </c>
       <c r="S172" s="4"/>
       <c r="T172" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y172" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>Космацький дошкільний навчальний заклад "Гуцулочка" Космацької сільської ради об'єднаної територіальної громади Косівського району Івано-Франківської області</t>
+          <t>Котиківський заклад дошкільної освіти (дитячий садок)"Барвінок" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
-        <v>173103</v>
-[...1 lines deleted...]
-      <c r="C173" s="6"/>
+        <v>173139</v>
+      </c>
+      <c r="C173" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>Космацький ДНЗ "Гуцулочка"</t>
+          <t>Котиківський ЗДО(дитячий садок) "Барвінок"</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H173" s="6" t="inlineStr">
         <is>
-          <t>2623684001</t>
+          <t>2621681601</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
-          <t>с. Космач, Косівський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K173" s="4"/>
+          <t>с. Котиківка, Городенківський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K173" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Івана Франка, 14</t>
+        </is>
+      </c>
       <c r="L173" s="6" t="inlineStr">
         <is>
-          <t>UA26100030010017376</t>
+          <t>UA26080030090032412</t>
         </is>
       </c>
       <c r="M173" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Космач</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Котиківка</t>
         </is>
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P173" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P173" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
-          <t>gannapolek126@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S173" s="4"/>
+          <t>sadok_barvinok@ukr.net</t>
+        </is>
+      </c>
+      <c r="S173" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/kotikivskijzdobarvinok/</t>
+        </is>
+      </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Білик Лілія Миколаївна</t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y173" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>Котиківський дошкільний навчальний заклад (дитячий садок) "Барвінок"</t>
+          <t>Краснянський дошкільний навчальний заклад ясла садок "Дзвіночок"</t>
         </is>
       </c>
       <c r="B174" s="5" t="n">
-        <v>173139</v>
+        <v>173221</v>
       </c>
       <c r="C174" s="6"/>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>Котиківський ДНЗ "Барвінок"</t>
+          <t>днз "дзвіночок"</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G174" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H174" s="6" t="inlineStr">
         <is>
-          <t>2621681601</t>
+          <t>2624082701</t>
         </is>
       </c>
       <c r="I174" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J174" s="4" t="inlineStr">
         <is>
-          <t>с. Котиківка, Городенківський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Красна, Надвірнянський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K174" s="4"/>
       <c r="L174" s="6" t="inlineStr">
         <is>
-          <t>UA26080030090032412</t>
+          <t>UA26120070040034137</t>
         </is>
       </c>
       <c r="M174" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Котиківка</t>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с. Красна</t>
         </is>
       </c>
       <c r="N174" s="7"/>
       <c r="O174" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P174" s="4"/>
       <c r="Q174" s="4"/>
-      <c r="R174" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R174" s="4"/>
+      <c r="S174" s="4"/>
       <c r="T174" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y174" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>Краснянський дошкільний навчальний заклад ясла садок "Дзвіночок"</t>
+          <t>Красницький дошкільний навчальний заклад (дитячий садок) "Смерічка" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B175" s="5" t="n">
-        <v>173221</v>
+        <v>173247</v>
       </c>
       <c r="C175" s="6"/>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>днз "дзвіночок"</t>
+          <t>Красницький ДНЗ</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H175" s="6" t="inlineStr">
         <is>
-          <t>2624082701</t>
+          <t>2620884301</t>
         </is>
       </c>
       <c r="I175" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J175" s="4" t="inlineStr">
         <is>
-          <t>с. Красна, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Красник, Верховинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K175" s="4"/>
       <c r="L175" s="6" t="inlineStr">
         <is>
-          <t>UA26120070040034137</t>
+          <t>UA26020030120083420</t>
         </is>
       </c>
       <c r="M175" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, с. Красна</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Красник</t>
         </is>
       </c>
       <c r="N175" s="7"/>
       <c r="O175" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P175" s="4"/>
       <c r="Q175" s="4"/>
       <c r="R175" s="4"/>
       <c r="S175" s="4"/>
       <c r="T175" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y175" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>Красницький дошкільний навчальний заклад (дитячий садок) "Смерічка" Верховинської районної ради Івано-Франківської області</t>
+          <t>Красноїльський дошкільний навчальний заклад (дитячий садок) "Дударик" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B176" s="5" t="n">
-        <v>173247</v>
+        <v>173246</v>
       </c>
       <c r="C176" s="6"/>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>Красницький ДНЗ</t>
+          <t>Красноїльський ДНЗ</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G176" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H176" s="6" t="inlineStr">
         <is>
-          <t>2620884301</t>
+          <t>2620884501</t>
         </is>
       </c>
       <c r="I176" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J176" s="4" t="inlineStr">
         <is>
-          <t>с. Красник, Верховинський район, Івано-Франківська область</t>
+          <t>с. Красноїлля, Верховинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K176" s="4"/>
       <c r="L176" s="6" t="inlineStr">
         <is>
-          <t>UA26020030120083420</t>
+          <t>UA26020030130021971</t>
         </is>
       </c>
       <c r="M176" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Верховинський р-н, с. Красник</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Красноїлля</t>
         </is>
       </c>
       <c r="N176" s="7"/>
       <c r="O176" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P176" s="4"/>
       <c r="Q176" s="4"/>
       <c r="R176" s="4"/>
       <c r="S176" s="4"/>
       <c r="T176" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y176" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>Красноїльський дошкільний навчальний заклад (дитячий садок) "Дударик" Верховинської районної ради Івано-Франківської області</t>
+          <t>Криворівнянський дошкільний навчальний заклад (дитячий садок) "Червона шапочка" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>173246</v>
+        <v>173236</v>
       </c>
       <c r="C177" s="6"/>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>Красноїльський ДНЗ</t>
+          <t>Криворівнянський ДНЗ</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H177" s="6" t="inlineStr">
         <is>
-          <t>2620884501</t>
+          <t>2620885501</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
-          <t>с. Красноїлля, Верховинський район, Івано-Франківська область</t>
+          <t>с. Криворівня, Верховинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K177" s="4"/>
       <c r="L177" s="6" t="inlineStr">
         <is>
-          <t>UA26020030130021971</t>
+          <t>UA26020030150071897</t>
         </is>
       </c>
       <c r="M177" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Верховинський р-н, с. Красноїлля</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Криворівня</t>
         </is>
       </c>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P177" s="4"/>
       <c r="Q177" s="4"/>
       <c r="R177" s="4"/>
       <c r="S177" s="4"/>
       <c r="T177" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y177" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>Криворівнянський дошкільний навчальний заклад (дитячий садок) "Червона шапочка" Верховинської районної ради Івано-Франківської області</t>
+          <t>Кропивницький заклад дошкільної освіти (ясла-садок "Пролісок) Калуської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B178" s="5" t="n">
-        <v>173236</v>
+        <v>173198</v>
       </c>
       <c r="C178" s="6"/>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>Криворівнянський ДНЗ</t>
+          <t>Кропивницький ЗДО (ЯСЛА-САДОК) "пРОЛІСОК)</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H178" s="6" t="inlineStr">
         <is>
-          <t>2620885501</t>
+          <t>2622884001</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
-          <t>с. Криворівня, Верховинський район, Івано-Франківська область</t>
-[...12 lines deleted...]
-      </c>
+          <t>с. Кропивник, Калуський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K178" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Івана-Франка, 157</t>
+        </is>
+      </c>
+      <c r="L178" s="6"/>
+      <c r="M178" s="4"/>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P178" s="4"/>
       <c r="Q178" s="4"/>
       <c r="R178" s="4"/>
       <c r="S178" s="4"/>
       <c r="T178" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y178" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Кропивницький заклад дошкільної освіти (ясла-садок "Пролісок) Калуської міської ради Івано-Франківської області</t>
+          <t>Кутський заклад дошкільної освіти (ясла-садок) "Покутянка" Кутської селищної ради Косівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B179" s="5" t="n">
-        <v>173198</v>
+        <v>173184</v>
       </c>
       <c r="C179" s="6"/>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>Кропивницький ЗДО (ЯСЛА-САДОК) "пРОЛІСОК)</t>
+          <t>Кутський ЗДО "Покутянка"</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H179" s="6" t="inlineStr">
         <is>
-          <t>2622884001</t>
+          <t>2623655400</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
-          <t>с. Кропивник, Калуський район, Івано-Франківська область</t>
+          <t>смт Кути, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана-Франка, 157</t>
-[...3 lines deleted...]
-      <c r="M179" s="4"/>
+          <t>вулиця В.Стуса, 4б</t>
+        </is>
+      </c>
+      <c r="L179" s="6" t="inlineStr">
+        <is>
+          <t>UA26100050010044811</t>
+        </is>
+      </c>
+      <c r="M179" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Косівський р-н, с-ще Кути</t>
+        </is>
+      </c>
       <c r="N179" s="7"/>
       <c r="O179" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P179" s="4"/>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P179" s="4" t="inlineStr">
+        <is>
+          <t>0964533292</t>
+        </is>
+      </c>
       <c r="Q179" s="4"/>
-      <c r="R179" s="4"/>
-      <c r="S179" s="4"/>
+      <c r="R179" s="4" t="inlineStr">
+        <is>
+          <t>dnzkalunka20@ukr.net</t>
+        </is>
+      </c>
+      <c r="S179" s="4" t="inlineStr">
+        <is>
+          <t>http://kuty-dnz.if.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T179" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y179" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Кутський заклад дошкільної освіти (ясла-садок) "Покутянка" Кутської селищної ради Косівського району Івано-Франківської області</t>
+          <t>Ланчинський ЗДО (ясла-садок) " Ромашка" Ланчинської селищної ради Надвірнянського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B180" s="5" t="n">
-        <v>173184</v>
-[...1 lines deleted...]
-      <c r="C180" s="6"/>
+        <v>172733</v>
+      </c>
+      <c r="C180" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>Кутський ЗДО "Покутянка"</t>
+          <t>Ланчинський ЗДО (ясла-садок) " Ромашка"Ланчинської селищної ради</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H180" s="6" t="inlineStr">
         <is>
-          <t>2623655400</t>
+          <t>2624056200</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
-          <t>смт Кути, Косівський район, Івано-Франківська область</t>
+          <t>смт Ланчин, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
-          <t>вулиця В.Стуса, 4б</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Січових Стрільців, 2</t>
+        </is>
+      </c>
+      <c r="L180" s="6"/>
+      <c r="M180" s="4"/>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
+          <t>Відділ освіти, молоді та спорту Ланчинської селищної ради Надвірнянського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
-          <t>0964533292</t>
+          <t>(096)2553004</t>
         </is>
       </c>
       <c r="Q180" s="4"/>
       <c r="R180" s="4" t="inlineStr">
         <is>
-          <t>dnzkalunka20@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>romashkalanchun@ukr.net</t>
+        </is>
+      </c>
+      <c r="S180" s="4"/>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Спас Людмила Іванівна</t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y180" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>Ланчинський ЗДО (ясла-садок) " Ромашка" Ланчинської селищної ради Надвірнянського району Івано-Франківської області</t>
+          <t>Лисецький дошкільний навчальний заклад (дитячий садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B181" s="5" t="n">
-        <v>172733</v>
-[...5 lines deleted...]
-      </c>
+        <v>173424</v>
+      </c>
+      <c r="C181" s="6"/>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>Ланчинський ЗДО (ясла-садок) " Ромашка"Ланчинської селищної ради</t>
+          <t>Лисецький ДНЗ"Сонечко"</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G181" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H181" s="6" t="inlineStr">
         <is>
-          <t>2624056200</t>
+          <t>2625855600</t>
         </is>
       </c>
       <c r="I181" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J181" s="4" t="inlineStr">
         <is>
-          <t>смт Ланчин, Надвірнянський район, Івано-Франківська область</t>
+          <t>смт Лисець, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K181" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 2</t>
-[...3 lines deleted...]
-      <c r="M181" s="4"/>
+          <t>вулиця Січових Стрільців, 32</t>
+        </is>
+      </c>
+      <c r="L181" s="6" t="inlineStr">
+        <is>
+          <t>UA26040210010040017</t>
+        </is>
+      </c>
+      <c r="M181" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Лисець</t>
+        </is>
+      </c>
       <c r="N181" s="7"/>
       <c r="O181" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ланчинської селищної ради Надвірнянського району Івано-Франківської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P181" s="4"/>
       <c r="Q181" s="4"/>
-      <c r="R181" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R181" s="4"/>
       <c r="S181" s="4"/>
       <c r="T181" s="4" t="inlineStr">
         <is>
-          <t>Директор Спас Людмила Іванівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y181" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Лисецький дошкільний навчальний заклад (дитячий садок) "Сонечко"</t>
+          <t>Ліснослобідський заклад дошкільної освіти (дитячий садок) "Сонечко" Ліснослобідської сільської ради Коломийського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
-        <v>173424</v>
+        <v>173172</v>
       </c>
       <c r="C182" s="6"/>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>Лисецький ДНЗ"Сонечко"</t>
+          <t>Ліснослобідський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H182" s="6" t="inlineStr">
         <is>
-          <t>2625855600</t>
+          <t>2623283401</t>
         </is>
       </c>
       <c r="I182" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J182" s="4" t="inlineStr">
         <is>
-          <t>смт Лисець, Тисменицький район, Івано-Франківська область</t>
+          <t>с. Лісна Слобідка, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 32</t>
+          <t>вулиця Центральна, 67</t>
         </is>
       </c>
       <c r="L182" s="6" t="inlineStr">
         <is>
-          <t>UA26040210010040017</t>
+          <t>UA26080090060019114</t>
         </is>
       </c>
       <c r="M182" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Лисець</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Лісна Слобідка</t>
         </is>
       </c>
       <c r="N182" s="7"/>
       <c r="O182" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P182" s="4"/>
       <c r="Q182" s="4"/>
       <c r="R182" s="4"/>
       <c r="S182" s="4"/>
       <c r="T182" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y182" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="4" t="inlineStr">
         <is>
-          <t>Ліснослобідський заклад дошкільної освіти (дитячий садок) "Сонечко" Ліснослобідської сільської ради Коломийського району Івано-Франківської області</t>
+          <t>Лоївський дошкільний навчальний заклад (ясла-садок) "Росинка"</t>
         </is>
       </c>
       <c r="B183" s="5" t="n">
-        <v>173172</v>
+        <v>173222</v>
       </c>
       <c r="C183" s="6"/>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>Ліснослобідський ЗДО "Сонечко"</t>
+          <t>Лоївський ДНЗ "Росинка"</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H183" s="6" t="inlineStr">
         <is>
-          <t>2623283401</t>
+          <t>2624083401</t>
         </is>
       </c>
       <c r="I183" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J183" s="4" t="inlineStr">
         <is>
-          <t>с. Лісна Слобідка, Коломийський район, Івано-Франківська область</t>
+          <t>с. Лоєва, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K183" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 67</t>
+          <t>вулиця Грушевського, 53В</t>
         </is>
       </c>
       <c r="L183" s="6" t="inlineStr">
         <is>
-          <t>UA26080090060019114</t>
+          <t>UA26120070070078776</t>
         </is>
       </c>
       <c r="M183" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Лісна Слобідка</t>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с. Лоєва</t>
         </is>
       </c>
       <c r="N183" s="7"/>
       <c r="O183" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P183" s="4"/>
       <c r="Q183" s="4"/>
       <c r="R183" s="4"/>
       <c r="S183" s="4"/>
       <c r="T183" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y183" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="4" t="inlineStr">
         <is>
-          <t>Лоївський дошкільний навчальний заклад (ясла-садок) "Росинка"</t>
+          <t>Лоп'янський заклад дошкільної освіти (дитячий садок) " Лісова казка" Долинської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B184" s="5" t="n">
-        <v>173222</v>
+        <v>173131</v>
       </c>
       <c r="C184" s="6"/>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>Лоївський ДНЗ "Росинка"</t>
+          <t>Лоп'янський ЗДО "Лісова казка"</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G184" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H184" s="6" t="inlineStr">
         <is>
-          <t>2624083401</t>
+          <t>2624883201</t>
         </is>
       </c>
       <c r="I184" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
-          <t>с. Лоєва, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Лоп'янка, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 53В</t>
+          <t>вулиця Шевченка, 103</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
-          <t>UA26120070070078776</t>
+          <t>UA26060130100066823</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, с. Лоєва</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Лоп’янка</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P184" s="4"/>
+      <c r="P184" s="4" t="inlineStr">
+        <is>
+          <t>(38067)7738902</t>
+        </is>
+      </c>
       <c r="Q184" s="4"/>
-      <c r="R184" s="4"/>
-      <c r="S184" s="4"/>
+      <c r="R184" s="4" t="inlineStr">
+        <is>
+          <t>svitlana-2711@ukr.net</t>
+        </is>
+      </c>
+      <c r="S184" s="4" t="inlineStr">
+        <is>
+          <t>немає</t>
+        </is>
+      </c>
       <c r="T184" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y184" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>Лоп'янський заклад дошкільної освіти (дитячий садок) " Лісова казка" Долинської міської ради Івано-Франківської області</t>
+          <t>Маріямпільський дошкільний навчальний заклад, ясла - садок «Веселка»</t>
         </is>
       </c>
       <c r="B185" s="5" t="n">
-        <v>173131</v>
+        <v>173279</v>
       </c>
       <c r="C185" s="6"/>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>Лоп'янський ЗДО "Лісова казка"</t>
+          <t>Маріямпільський ДНЗ ясла-садок "Веселка"</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H185" s="6" t="inlineStr">
         <is>
-          <t>2624883201</t>
+          <t>2621285301</t>
         </is>
       </c>
       <c r="I185" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
-          <t>с. Лоп'янка, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Маріямпіль, Галицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 103</t>
+          <t>вулиця Івана Франка, 15</t>
         </is>
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
-          <t>UA26060130100066823</t>
+          <t>UA26040130090071085</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Лоп’янка</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Маріямпіль</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P185" s="4"/>
       <c r="Q185" s="4"/>
-      <c r="R185" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R185" s="4"/>
+      <c r="S185" s="4"/>
       <c r="T185" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y185" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="4" t="inlineStr">
         <is>
-          <t>Маріямпільський дошкільний навчальний заклад, ясла - садок «Веселка»</t>
+          <t>Філія Матеївецька гімназія Опорного закладу Замулинецький ліцей.Дошкільний підрозділ</t>
         </is>
       </c>
       <c r="B186" s="5" t="n">
-        <v>173279</v>
+        <v>173766</v>
       </c>
       <c r="C186" s="6"/>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>Маріямпільський ДНЗ ясла-садок "Веселка"</t>
+          <t>Філія Матеївецька гімназія Опорного закладу Замулинецький ліцей.Дошкільний підрозділ</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G186" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H186" s="6" t="inlineStr">
         <is>
-          <t>2621285301</t>
+          <t>2623284201</t>
         </is>
       </c>
       <c r="I186" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J186" s="4" t="inlineStr">
         <is>
-          <t>с. Маріямпіль, Галицький район, Івано-Франківська область</t>
+          <t>с. Матеївці, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K186" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Франка, 15</t>
+          <t>вулиця Відродження, 10</t>
         </is>
       </c>
       <c r="L186" s="6" t="inlineStr">
         <is>
-          <t>UA26040130090071085</t>
+          <t>UA26080110010076796</t>
         </is>
       </c>
       <c r="M186" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Маріямпіль</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Матеївці</t>
         </is>
       </c>
       <c r="N186" s="7"/>
       <c r="O186" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P186" s="4"/>
       <c r="Q186" s="4"/>
       <c r="R186" s="4"/>
       <c r="S186" s="4"/>
       <c r="T186" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U186" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y186" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>Філія Матеївецька гімназія Опорного закладу Замулинецький ліцей.Дошкільний підрозділ</t>
+          <t>Мишинський заклад дошкільної освіти "Струмочок"(ясла-садок) Нижньовербізької сільської ради ОТГ Івано-Франківської області</t>
         </is>
       </c>
       <c r="B187" s="5" t="n">
-        <v>173766</v>
+        <v>172523</v>
       </c>
       <c r="C187" s="6"/>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>Філія Матеївецька гімназія Опорного закладу Замулинецький ліцей.Дошкільний підрозділ</t>
+          <t>Мишинський ЗДО "Струмочок" Нижньовербізької сільської ради ОТГ</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G187" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H187" s="6" t="inlineStr">
         <is>
-          <t>2623284201</t>
+          <t>2623284601</t>
         </is>
       </c>
       <c r="I187" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J187" s="4" t="inlineStr">
         <is>
-          <t>с. Матеївці, Коломийський район, Івано-Франківська область</t>
+          <t>с. Мишин, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K187" s="4" t="inlineStr">
         <is>
-          <t>вулиця Відродження, 10</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Січових Стрільців, 96а</t>
+        </is>
+      </c>
+      <c r="L187" s="6"/>
+      <c r="M187" s="4"/>
       <c r="N187" s="7"/>
       <c r="O187" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P187" s="4"/>
+      <c r="P187" s="4" t="inlineStr">
+        <is>
+          <t>6-01-85</t>
+        </is>
+      </c>
       <c r="Q187" s="4"/>
-      <c r="R187" s="4"/>
+      <c r="R187" s="4" t="inlineStr">
+        <is>
+          <t>dnzstrumok96@ukr.net</t>
+        </is>
+      </c>
       <c r="S187" s="4"/>
       <c r="T187" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U187" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y187" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>Мишинський заклад дошкільної освіти "Струмочок"(ясла-садок) Нижньовербізької сільської ради ОТГ Івано-Франківської області</t>
+          <t>Дошкільний навчальний закла (ясла-садок) "Світлячок"</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>172523</v>
+        <v>173214</v>
       </c>
       <c r="C188" s="6"/>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>Мишинський ЗДО "Струмочок" Нижньовербізької сільської ради ОТГ</t>
+          <t>ДНЗ "Світлячок"</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H188" s="6" t="inlineStr">
         <is>
-          <t>2623284601</t>
+          <t>2624010100</t>
         </is>
       </c>
       <c r="I188" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J188" s="4" t="inlineStr">
         <is>
-          <t>с. Мишин, Коломийський район, Івано-Франківська область</t>
+          <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 96а</t>
-[...3 lines deleted...]
-      <c r="M188" s="4"/>
+          <t>вулиця Шевченка, 5</t>
+        </is>
+      </c>
+      <c r="L188" s="6" t="inlineStr">
+        <is>
+          <t>UA26120070010010041</t>
+        </is>
+      </c>
+      <c r="M188" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
+        </is>
+      </c>
       <c r="N188" s="7"/>
       <c r="O188" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P188" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P188" s="4"/>
       <c r="Q188" s="4"/>
-      <c r="R188" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R188" s="4"/>
       <c r="S188" s="4"/>
       <c r="T188" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y188" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний закла (ясла-садок) "Світлячок"</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Квітка Карпат"</t>
         </is>
       </c>
       <c r="B189" s="5" t="n">
-        <v>173214</v>
+        <v>173217</v>
       </c>
       <c r="C189" s="6"/>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Світлячок"</t>
+          <t>ДНЗ "Квітка Карпат"</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H189" s="6" t="inlineStr">
         <is>
           <t>2624010100</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
           <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K189" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 5</t>
+          <t>провулок Котляревського, 1</t>
         </is>
       </c>
       <c r="L189" s="6" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M189" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
         </is>
       </c>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P189" s="4"/>
+      <c r="P189" s="4" t="inlineStr">
+        <is>
+          <t>(03475)22688</t>
+        </is>
+      </c>
       <c r="Q189" s="4"/>
-      <c r="R189" s="4"/>
+      <c r="R189" s="4" t="inlineStr">
+        <is>
+          <t>dnz-kvitkakarpat@ukr.net</t>
+        </is>
+      </c>
       <c r="S189" s="4"/>
       <c r="T189" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y189" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Квітка Карпат"</t>
+          <t>Дошкільний навчальний заклад "Сніжинка"</t>
         </is>
       </c>
       <c r="B190" s="5" t="n">
-        <v>173217</v>
+        <v>173212</v>
       </c>
       <c r="C190" s="6"/>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Квітка Карпат"</t>
+          <t>ДНЗ "Сніжинка"</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H190" s="6" t="inlineStr">
         <is>
           <t>2624010100</t>
         </is>
       </c>
       <c r="I190" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
           <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K190" s="4" t="inlineStr">
         <is>
-          <t>провулок Котляревського, 1</t>
+          <t>вулиця Мазепи, 22</t>
         </is>
       </c>
       <c r="L190" s="6" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M190" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
         </is>
       </c>
       <c r="N190" s="7"/>
       <c r="O190" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P190" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P190" s="4"/>
       <c r="Q190" s="4"/>
-      <c r="R190" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R190" s="4"/>
       <c r="S190" s="4"/>
       <c r="T190" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y190" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Сніжинка"</t>
+          <t>Надвірнянський дошкільний навчальний заклад (ясла-садок) "Берізка"</t>
         </is>
       </c>
       <c r="B191" s="5" t="n">
-        <v>173212</v>
+        <v>173215</v>
       </c>
       <c r="C191" s="6"/>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Сніжинка"</t>
+          <t>ДНЗ (ясла-садок) "Берізка"</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H191" s="6" t="inlineStr">
         <is>
           <t>2624010100</t>
         </is>
       </c>
       <c r="I191" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J191" s="4" t="inlineStr">
         <is>
           <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K191" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мазепи, 22</t>
+          <t>вулиця Руднєва, 23д</t>
         </is>
       </c>
       <c r="L191" s="6" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M191" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
         </is>
       </c>
       <c r="N191" s="7"/>
       <c r="O191" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P191" s="4"/>
       <c r="Q191" s="4"/>
       <c r="R191" s="4"/>
-      <c r="S191" s="4"/>
+      <c r="S191" s="4" t="inlineStr">
+        <is>
+          <t>ДНЗ (ясла-садок) "Берізка" м. Надвірна</t>
+        </is>
+      </c>
       <c r="T191" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>Надвірнянський дошкільний навчальний заклад (ясла-садок) "Берізка"</t>
+          <t>Надвірнянський дошкільний навчальний заклад (ясла-садок) "Вогник"</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
-        <v>173215</v>
+        <v>173216</v>
       </c>
       <c r="C192" s="6"/>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (ясла-садок) "Берізка"</t>
+          <t>НадвірнянськийДНЗ "Вогник"</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
           <t>2624010100</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J192" s="4" t="inlineStr">
         <is>
           <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K192" s="4" t="inlineStr">
         <is>
-          <t>вулиця Руднєва, 23д</t>
+          <t>вулиця КостіЛевицького, 3а</t>
         </is>
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P192" s="4"/>
       <c r="Q192" s="4"/>
       <c r="R192" s="4"/>
-      <c r="S192" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S192" s="4"/>
       <c r="T192" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>Надвірнянський дошкільний навчальний заклад (ясла-садок) "Вогник"</t>
+          <t>Надвірнянський дошкільний навчальний заклад (ясла-садок) "Пролісок"</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
-        <v>173216</v>
+        <v>173213</v>
       </c>
       <c r="C193" s="6"/>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>НадвірнянськийДНЗ "Вогник"</t>
+          <t>НДНЗ "Пролісок"</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H193" s="6" t="inlineStr">
         <is>
           <t>2624010100</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J193" s="4" t="inlineStr">
         <is>
           <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K193" s="4" t="inlineStr">
         <is>
-          <t>вулиця КостіЛевицького, 3а</t>
+          <t>вулиця Коперніка, 14</t>
         </is>
       </c>
       <c r="L193" s="6" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M193" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
         </is>
       </c>
       <c r="N193" s="7"/>
       <c r="O193" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P193" s="4"/>
       <c r="Q193" s="4"/>
       <c r="R193" s="4"/>
-      <c r="S193" s="4"/>
+      <c r="S193" s="4" t="inlineStr">
+        <is>
+          <t>prolisok26009@ukr.net</t>
+        </is>
+      </c>
       <c r="T193" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y193" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="4" t="inlineStr">
         <is>
-          <t>Надвірнянський дошкільний навчальний заклад (ясла-садок) "Пролісок"</t>
+          <t>Надвірнянський заклад дошкільної освіти (ясла - садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B194" s="5" t="n">
-        <v>173213</v>
+        <v>173218</v>
       </c>
       <c r="C194" s="6"/>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>НДНЗ "Пролісок"</t>
+          <t>Надвірнянський ЗДО (ясла - садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G194" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H194" s="6" t="inlineStr">
         <is>
           <t>2624010100</t>
         </is>
       </c>
       <c r="I194" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J194" s="4" t="inlineStr">
         <is>
           <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K194" s="4" t="inlineStr">
         <is>
-          <t>вулиця Коперніка, 14</t>
+          <t>вулиця Шевченка, 94а</t>
         </is>
       </c>
       <c r="L194" s="6" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M194" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
         </is>
       </c>
       <c r="N194" s="7"/>
       <c r="O194" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P194" s="4"/>
       <c r="Q194" s="4"/>
       <c r="R194" s="4"/>
-      <c r="S194" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S194" s="4"/>
       <c r="T194" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y194" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="4" t="inlineStr">
         <is>
-          <t>Надвірнянський заклад дошкільної освіти (ясла - садок) "Сонечко"</t>
+          <t>Насташинський дошкільний навчальний заклад «Сонечко»</t>
         </is>
       </c>
       <c r="B195" s="5" t="n">
-        <v>173218</v>
+        <v>173280</v>
       </c>
       <c r="C195" s="6"/>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>Надвірнянський ЗДО (ясла - садок) "Сонечко"</t>
+          <t>Насташинський ДНЗ</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G195" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H195" s="6" t="inlineStr">
         <is>
-          <t>2624010100</t>
+          <t>2621285701</t>
         </is>
       </c>
       <c r="I195" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
-          <t>Надвірна, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Насташине, Галицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 94а</t>
+          <t>вулиця Л. Українки, 37</t>
         </is>
       </c>
       <c r="L195" s="6" t="inlineStr">
         <is>
-          <t>UA26120070010010041</t>
+          <t>UA26040070110049423</t>
         </is>
       </c>
       <c r="M195" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, м. Надвірна</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Насташине</t>
         </is>
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P195" s="4"/>
       <c r="Q195" s="4"/>
       <c r="R195" s="4"/>
       <c r="S195" s="4"/>
       <c r="T195" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>Насташинський дошкільний навчальний заклад «Сонечко»</t>
+          <t>Дошкільний дитячий заклад Небилівський дитячий садок "Любисток"</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>173280</v>
+        <v>173127</v>
       </c>
       <c r="C196" s="6"/>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Насташинський ДНЗ</t>
+          <t>ДНЗ "Любисток"</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G196" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H196" s="6" t="inlineStr">
         <is>
-          <t>2621285701</t>
+          <t>2624883601</t>
         </is>
       </c>
       <c r="I196" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
-          <t>с. Насташине, Галицький район, Івано-Франківська область</t>
+          <t>с. Небилів, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
-          <t>вулиця Л. Українки, 37</t>
+          <t>вулиця Шевченка, 18б</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
-          <t>UA26040070110049423</t>
+          <t>UA26060210070088884</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Насташине</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Небилів</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P196" s="4"/>
       <c r="Q196" s="4"/>
       <c r="R196" s="4"/>
       <c r="S196" s="4"/>
       <c r="T196" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y196" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний дитячий заклад Небилівський дитячий садок "Любисток"</t>
+          <t>Нижньоберезівський дошкільний навчальний заклад ( дитячий садок ) "Рукавичка"</t>
         </is>
       </c>
       <c r="B197" s="5" t="n">
-        <v>173127</v>
+        <v>173185</v>
       </c>
       <c r="C197" s="6"/>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Любисток"</t>
+          <t>Нижньоберезівський ДНЗ "Рукавичка"</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G197" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H197" s="6" t="inlineStr">
         <is>
-          <t>2624883601</t>
+          <t>2623684201</t>
         </is>
       </c>
       <c r="I197" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J197" s="4" t="inlineStr">
         <is>
-          <t>с. Небилів, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Нижній Березів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K197" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 18б</t>
+          <t>вулиця Шевченка, 2а</t>
         </is>
       </c>
       <c r="L197" s="6" t="inlineStr">
         <is>
-          <t>UA26060210070088884</t>
+          <t>UA26100090070045751</t>
         </is>
       </c>
       <c r="M197" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Небилів</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Нижній Березів</t>
         </is>
       </c>
       <c r="N197" s="7"/>
       <c r="O197" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P197" s="4"/>
       <c r="Q197" s="4"/>
       <c r="R197" s="4"/>
-      <c r="S197" s="4"/>
+      <c r="S197" s="4" t="inlineStr">
+        <is>
+          <t>http://nbereziv-dnz.if.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T197" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y197" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="4" t="inlineStr">
         <is>
-          <t>Нижньоберезівський дошкільний навчальний заклад ( дитячий садок ) "Рукавичка"</t>
+          <t>Нижньовербізький заклад дошкільної освіти "Веселка"(дитячий садок) Нижньовербізької сільської ради об'єднаної територіальної громади Івано-Франківської області</t>
         </is>
       </c>
       <c r="B198" s="5" t="n">
-        <v>173185</v>
+        <v>172522</v>
       </c>
       <c r="C198" s="6"/>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>Нижньоберезівський ДНЗ "Рукавичка"</t>
+          <t>Нижньовербізький ЗДО "Веселка" Нижньовербізької сільської ради ОТГ</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G198" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H198" s="6" t="inlineStr">
         <is>
-          <t>2623684201</t>
+          <t>2623284801</t>
         </is>
       </c>
       <c r="I198" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J198" s="4" t="inlineStr">
         <is>
-          <t>с. Нижній Березів, Косівський район, Івано-Франківська область</t>
+          <t>с. Нижній Вербіж, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K198" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 2а</t>
+          <t>вулиця УКРАЇНСЬКА, 113А</t>
         </is>
       </c>
       <c r="L198" s="6" t="inlineStr">
         <is>
-          <t>UA26100090070045751</t>
+          <t>UA26080130010088004</t>
         </is>
       </c>
       <c r="M198" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Нижній Березів</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Нижній Вербіж</t>
         </is>
       </c>
       <c r="N198" s="7"/>
       <c r="O198" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P198" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P198" s="4" t="inlineStr">
+        <is>
+          <t>(03433)9-04-36, 067-13-48-206</t>
+        </is>
+      </c>
       <c r="Q198" s="4"/>
       <c r="R198" s="4"/>
-      <c r="S198" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S198" s="4"/>
       <c r="T198" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y198" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="4" t="inlineStr">
         <is>
-          <t>Нижньовербізький заклад дошкільної освіти "Веселка"(дитячий садок) Нижньовербізької сільської ради об'єднаної територіальної громади Івано-Франківської області</t>
+          <t>Дошкільний навчальний заклад Нижньострутинський дитячий садок "Журавлик"</t>
         </is>
       </c>
       <c r="B199" s="5" t="n">
-        <v>172522</v>
+        <v>173123</v>
       </c>
       <c r="C199" s="6"/>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>Нижньовербізький ЗДО "Веселка" Нижньовербізької сільської ради ОТГ</t>
+          <t>ДНЗ "Журавлик"</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G199" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H199" s="6" t="inlineStr">
         <is>
-          <t>2623284801</t>
+          <t>2624883901</t>
         </is>
       </c>
       <c r="I199" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J199" s="4" t="inlineStr">
         <is>
-          <t>с. Нижній Вербіж, Коломийський район, Івано-Франківська область</t>
+          <t>с. Нижній Струтинь, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K199" s="4" t="inlineStr">
         <is>
-          <t>вулиця УКРАЇНСЬКА, 113А</t>
+          <t>вулиця Грушевського, 138</t>
         </is>
       </c>
       <c r="L199" s="6" t="inlineStr">
         <is>
-          <t>UA26080130010088004</t>
+          <t>UA26060230050053977</t>
         </is>
       </c>
       <c r="M199" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Нижній Вербіж</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Нижній Струтинь</t>
         </is>
       </c>
       <c r="N199" s="7"/>
       <c r="O199" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P199" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P199" s="4"/>
       <c r="Q199" s="4"/>
       <c r="R199" s="4"/>
       <c r="S199" s="4"/>
       <c r="T199" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y199" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Нижньострутинський дитячий садок "Журавлик"</t>
+          <t>Новоселицький дошкільний навчальний заклад (дитячий садок) "Світлячок"</t>
         </is>
       </c>
       <c r="B200" s="5" t="n">
-        <v>173123</v>
+        <v>173260</v>
       </c>
       <c r="C200" s="6"/>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Журавлик"</t>
+          <t>Новоселицький дошкільний навчальний заклад (дитячий садок) "Світлячок"</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H200" s="6" t="inlineStr">
         <is>
-          <t>2624883901</t>
+          <t>2625283501</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J200" s="4" t="inlineStr">
         <is>
-          <t>с. Нижній Струтинь, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Новоселиця, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K200" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 138</t>
+          <t>вулиця Центральна, 4</t>
         </is>
       </c>
       <c r="L200" s="6" t="inlineStr">
         <is>
-          <t>UA26060230050053977</t>
+          <t>UA26080230150039305</t>
         </is>
       </c>
       <c r="M200" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Нижній Струтинь</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Новоселиця</t>
         </is>
       </c>
       <c r="N200" s="7"/>
       <c r="O200" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P200" s="4"/>
+      <c r="P200" s="4" t="inlineStr">
+        <is>
+          <t>(1111)0985064880</t>
+        </is>
+      </c>
       <c r="Q200" s="4"/>
-      <c r="R200" s="4"/>
-      <c r="S200" s="4"/>
+      <c r="R200" s="4" t="inlineStr">
+        <is>
+          <t>masha_pone@ukr.net</t>
+        </is>
+      </c>
+      <c r="S200" s="4" t="inlineStr">
+        <is>
+          <t>masha_pone@ ukr.net</t>
+        </is>
+      </c>
       <c r="T200" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y200" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="4" t="inlineStr">
         <is>
-          <t>Новоселицький дошкільний навчальний заклад (дитячий садок) "Світлячок"</t>
+          <t>Обертинський дошкільний навчальний заклад (ясла-садок) "дзвіночок"</t>
         </is>
       </c>
       <c r="B201" s="5" t="n">
-        <v>173260</v>
+        <v>171801</v>
       </c>
       <c r="C201" s="6"/>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Новоселицький дошкільний навчальний заклад (дитячий садок) "Світлячок"</t>
+          <t>Обертинський ДНЗ (ясла-садок) "Дзвіночок"</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G201" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H201" s="6" t="inlineStr">
         <is>
-          <t>2625283501</t>
+          <t>2625655400</t>
         </is>
       </c>
       <c r="I201" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J201" s="4" t="inlineStr">
         <is>
-          <t>с. Новоселиця, Снятинський район, Івано-Франківська область</t>
+          <t>смт Обертин, Тлумацький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K201" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 4</t>
+          <t>вулиця Хотимирська,, 10</t>
         </is>
       </c>
       <c r="L201" s="6" t="inlineStr">
         <is>
-          <t>UA26080230150039305</t>
+          <t>UA26040230010079989</t>
         </is>
       </c>
       <c r="M201" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Новоселиця</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Обертин</t>
         </is>
       </c>
       <c r="N201" s="7"/>
       <c r="O201" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P201" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P201" s="4"/>
       <c r="Q201" s="4"/>
-      <c r="R201" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R201" s="4"/>
+      <c r="S201" s="4"/>
       <c r="T201" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y201" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="4" t="inlineStr">
         <is>
-          <t>Обертинський дошкільний навчальний заклад (ясла-садок) "дзвіночок"</t>
+          <t>Заклад дошкільної освіти (дитячий садок) "Ромашка"</t>
         </is>
       </c>
       <c r="B202" s="5" t="n">
-        <v>171801</v>
+        <v>171805</v>
       </c>
       <c r="C202" s="6"/>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Обертинський ДНЗ (ясла-садок) "Дзвіночок"</t>
+          <t>ЗДО "Ромашка"</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G202" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H202" s="6" t="inlineStr">
         <is>
-          <t>2625655400</t>
+          <t>2625686201</t>
         </is>
       </c>
       <c r="I202" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J202" s="4" t="inlineStr">
         <is>
-          <t>смт Обертин, Тлумацький район, Івано-Франківська область</t>
+          <t>с. Олеша, Тлумацький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K202" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хотимирська,, 10</t>
+          <t>вулиця Радівка, 1</t>
         </is>
       </c>
       <c r="L202" s="6" t="inlineStr">
         <is>
-          <t>UA26040230010079989</t>
+          <t>UA26040250010059660</t>
         </is>
       </c>
       <c r="M202" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Обертин</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Олеша</t>
         </is>
       </c>
       <c r="N202" s="7"/>
       <c r="O202" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P202" s="4"/>
       <c r="Q202" s="4"/>
       <c r="R202" s="4"/>
       <c r="S202" s="4"/>
       <c r="T202" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (дитячий садок) "Ромашка"</t>
+          <t>Олієво - Королівський заклад дошкільної освіти (дитячий садок) "Сопілочка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
-        <v>171805</v>
-[...1 lines deleted...]
-      <c r="C203" s="6"/>
+        <v>173137</v>
+      </c>
+      <c r="C203" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Ромашка"</t>
+          <t>Олієво - Королівський ЗДО (дитячий садок) "Сопілочка"</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H203" s="6" t="inlineStr">
         <is>
-          <t>2625686201</t>
+          <t>2621682901</t>
         </is>
       </c>
       <c r="I203" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J203" s="4" t="inlineStr">
         <is>
-          <t>с. Олеша, Тлумацький район, Івано-Франківська область</t>
+          <t>с. Олієво-Королівка, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K203" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радівка, 1</t>
+          <t>вулиця Січових Стрільців, 6</t>
         </is>
       </c>
       <c r="L203" s="6" t="inlineStr">
         <is>
-          <t>UA26040250010059660</t>
+          <t>UA26080030160012330</t>
         </is>
       </c>
       <c r="M203" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Олеша</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Олієво-Королівка</t>
         </is>
       </c>
       <c r="N203" s="7"/>
       <c r="O203" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P203" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P203" s="4" t="inlineStr">
+        <is>
+          <t>(097)6237692</t>
+        </is>
+      </c>
       <c r="Q203" s="4"/>
-      <c r="R203" s="4"/>
-      <c r="S203" s="4"/>
+      <c r="R203" s="4" t="inlineStr">
+        <is>
+          <t>korolivka_dnz@ukr.net</t>
+        </is>
+      </c>
+      <c r="S203" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/olievokorolivskijzdo</t>
+        </is>
+      </c>
       <c r="T203" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Пулька Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y203" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="4" t="inlineStr">
         <is>
-          <t>Олієво - Королівський дошкільний навчальний заклад (дитячий садок) "Сопілочка"</t>
+          <t>Остапківський заклад дошкільної освіти (дитячий садок) "Сонечко" Остапківської сільської ради Коломийського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B204" s="5" t="n">
-        <v>173137</v>
+        <v>173161</v>
       </c>
       <c r="C204" s="6"/>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>Олієво - Королівський ДНЗ "Сопілочка"</t>
+          <t>Остапківський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G204" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H204" s="6" t="inlineStr">
         <is>
-          <t>2621682901</t>
+          <t>2623285301</t>
         </is>
       </c>
       <c r="I204" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J204" s="4" t="inlineStr">
         <is>
-          <t>с. Олієво-Королівка, Городенківський район, Івано-Франківська область</t>
+          <t>с. Остапківці, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K204" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 6</t>
+          <t>вулиця Івана Франка, 105</t>
         </is>
       </c>
       <c r="L204" s="6" t="inlineStr">
         <is>
-          <t>UA26080030160012330</t>
+          <t>UA26080010050097018</t>
         </is>
       </c>
       <c r="M204" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Олієво-Королівка</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Остапківці</t>
         </is>
       </c>
       <c r="N204" s="7"/>
       <c r="O204" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P204" s="4" t="inlineStr">
         <is>
-          <t>0976237692</t>
+          <t>6-11-11</t>
         </is>
       </c>
       <c r="Q204" s="4"/>
       <c r="R204" s="4" t="inlineStr">
         <is>
-          <t>korolivka_dnz@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ostapkivtsi.dnz@ukr.net</t>
+        </is>
+      </c>
+      <c r="S204" s="4"/>
       <c r="T204" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y204" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="4" t="inlineStr">
         <is>
-          <t>Остапківський заклад дошкільної освіти (дитячий садок) "Сонечко" Остапківської сільської ради Коломийського району Івано-Франківської області</t>
+          <t>Отинійський заклад дошкільної освіти (ясла-садок) "Веселка" Отинійської селищної ради</t>
         </is>
       </c>
       <c r="B205" s="5" t="n">
-        <v>173161</v>
+        <v>173157</v>
       </c>
       <c r="C205" s="6"/>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Остапківський ЗДО "Сонечко"</t>
+          <t>Отинійський ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G205" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H205" s="6" t="inlineStr">
         <is>
-          <t>2623285301</t>
+          <t>2623255400</t>
         </is>
       </c>
       <c r="I205" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J205" s="4" t="inlineStr">
         <is>
-          <t>с. Остапківці, Коломийський район, Івано-Франківська область</t>
+          <t>смт Отинія, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K205" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Франка, 105</t>
+          <t>вулиця Січових стрільців, 2а</t>
         </is>
       </c>
       <c r="L205" s="6" t="inlineStr">
         <is>
-          <t>UA26080010050097018</t>
+          <t>UA26080150010078091</t>
         </is>
       </c>
       <c r="M205" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Остапківці</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с-ще Отинія</t>
         </is>
       </c>
       <c r="N205" s="7"/>
       <c r="O205" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
-      <c r="P205" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P205" s="4"/>
       <c r="Q205" s="4"/>
-      <c r="R205" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R205" s="4"/>
       <c r="S205" s="4"/>
       <c r="T205" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y205" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="4" t="inlineStr">
         <is>
-          <t>Отинійський заклад дошкільної освіти (ясла-садок) "Веселка" Отинійської селищної ради</t>
+          <t>П'ядицький заклад дошкільної освіти (ясла-садок) "Віночок"</t>
         </is>
       </c>
       <c r="B206" s="5" t="n">
-        <v>173157</v>
+        <v>172504</v>
       </c>
       <c r="C206" s="6"/>
       <c r="D206" s="4" t="inlineStr">
         <is>
-          <t>Отинійський ЗДО "Веселка"</t>
+          <t>П'ядицький ЗДО "Віночок"</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G206" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H206" s="6" t="inlineStr">
         <is>
-          <t>2623255400</t>
+          <t>2623285801</t>
         </is>
       </c>
       <c r="I206" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J206" s="4" t="inlineStr">
         <is>
-          <t>смт Отинія, Коломийський район, Івано-Франківська область</t>
+          <t>с. П'ядики, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K206" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових стрільців, 2а</t>
+          <t>вулиця Мічуріна, 18</t>
         </is>
       </c>
       <c r="L206" s="6" t="inlineStr">
         <is>
-          <t>UA26080150010078091</t>
+          <t>UA26080210010097385</t>
         </is>
       </c>
       <c r="M206" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с-ще Отинія</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. П’ядики</t>
         </is>
       </c>
       <c r="N206" s="7"/>
       <c r="O206" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P206" s="4"/>
       <c r="Q206" s="4"/>
       <c r="R206" s="4"/>
-      <c r="S206" s="4"/>
+      <c r="S206" s="4" t="inlineStr">
+        <is>
+          <t>https://vinochokdnz.e-schools.info</t>
+        </is>
+      </c>
       <c r="T206" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y206" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="4" t="inlineStr">
         <is>
-          <t>П'ядицький заклад дошкільної освіти (ясла-садок) "Віночок"</t>
+          <t>Парищенський дошкільний навчальний заклад(ясла-садок)"Золотий ключик"</t>
         </is>
       </c>
       <c r="B207" s="5" t="n">
-        <v>172504</v>
+        <v>173223</v>
       </c>
       <c r="C207" s="6"/>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>П'ядицький ЗДО "Віночок"</t>
+          <t>Парищенський ДНЗ"Золотий ключик"</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G207" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H207" s="6" t="inlineStr">
         <is>
-          <t>2623285801</t>
+          <t>2624084601</t>
         </is>
       </c>
       <c r="I207" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J207" s="4" t="inlineStr">
         <is>
-          <t>с. П'ядики, Коломийський район, Івано-Франківська область</t>
+          <t>с. Парище, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K207" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мічуріна, 18</t>
+          <t>вулиця Шевченка, 92-а</t>
         </is>
       </c>
       <c r="L207" s="6" t="inlineStr">
         <is>
-          <t>UA26080210010097385</t>
+          <t>UA26120070120031371</t>
         </is>
       </c>
       <c r="M207" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. П’ядики</t>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с. Парище</t>
         </is>
       </c>
       <c r="N207" s="7"/>
       <c r="O207" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P207" s="4"/>
       <c r="Q207" s="4"/>
       <c r="R207" s="4"/>
       <c r="S207" s="4" t="inlineStr">
         <is>
-          <t>https://vinochokdnz.e-schools.info</t>
+          <t>magdychtanya@ukr.net</t>
         </is>
       </c>
       <c r="T207" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y207" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="4" t="inlineStr">
         <is>
-          <t>Парищенський дошкільний навчальний заклад(ясла-садок)"Золотий ключик"</t>
+          <t>Дошкільний навчальний заклад "Лісова казка"</t>
         </is>
       </c>
       <c r="B208" s="5" t="n">
-        <v>173223</v>
+        <v>173228</v>
       </c>
       <c r="C208" s="6"/>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Парищенський ДНЗ"Золотий ключик"</t>
+          <t>ДНЗ "Лісова казка"</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G208" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H208" s="6" t="inlineStr">
         <is>
-          <t>2624084601</t>
+          <t>2624085001</t>
         </is>
       </c>
       <c r="I208" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J208" s="4" t="inlineStr">
         <is>
-          <t>с. Парище, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Пасічна, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K208" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 92-а</t>
+          <t>вулиця Софії Галечко, 127</t>
         </is>
       </c>
       <c r="L208" s="6" t="inlineStr">
         <is>
-          <t>UA26120070120031371</t>
+          <t>UA26120090010040908</t>
         </is>
       </c>
       <c r="M208" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, с. Парище</t>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с. Пасічна</t>
         </is>
       </c>
       <c r="N208" s="7"/>
       <c r="O208" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P208" s="4"/>
       <c r="Q208" s="4"/>
       <c r="R208" s="4"/>
-      <c r="S208" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S208" s="4"/>
       <c r="T208" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y208" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Лісова казка"</t>
+          <t>Дошкільний навчальний заклад Перегінський дитячий садок "Веселка"Перегінської селищної ради Рожнятівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B209" s="5" t="n">
-        <v>173228</v>
+        <v>173120</v>
       </c>
       <c r="C209" s="6"/>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Лісова казка"</t>
+          <t>ДНЗ Перегінський д./с. "Веселка"</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H209" s="6" t="inlineStr">
         <is>
-          <t>2624085001</t>
+          <t>2624855800</t>
         </is>
       </c>
       <c r="I209" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J209" s="4" t="inlineStr">
         <is>
-          <t>с. Пасічна, Надвірнянський район, Івано-Франківська область</t>
+          <t>смт Перегінське, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K209" s="4" t="inlineStr">
         <is>
-          <t>вулиця Софії Галечко, 127</t>
+          <t>вулиця Січових Стрільців, 46</t>
         </is>
       </c>
       <c r="L209" s="6" t="inlineStr">
         <is>
-          <t>UA26120090010040908</t>
+          <t>UA26060210010093770</t>
         </is>
       </c>
       <c r="M209" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, с. Пасічна</t>
+          <t>Івано-Франківська обл., Калуський р-н, с-ще Перегінське</t>
         </is>
       </c>
       <c r="N209" s="7"/>
       <c r="O209" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P209" s="4"/>
       <c r="Q209" s="4"/>
-      <c r="R209" s="4"/>
+      <c r="R209" s="4" t="inlineStr">
+        <is>
+          <t>peregdnz@gmail.com</t>
+        </is>
+      </c>
       <c r="S209" s="4"/>
       <c r="T209" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y209" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Перегінський дитячий садок "Веселка"Перегінської селищної ради Рожнятівського району Івано-Франківської області</t>
+          <t>Перекосівський навчально-виховний комплекс</t>
         </is>
       </c>
       <c r="B210" s="5" t="n">
-        <v>173120</v>
+        <v>173768</v>
       </c>
       <c r="C210" s="6"/>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ Перегінський д./с. "Веселка"</t>
+          <t>Перекосівський НВК</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G210" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H210" s="6" t="inlineStr">
         <is>
-          <t>2624855800</t>
+          <t>2622887802</t>
         </is>
       </c>
       <c r="I210" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J210" s="4" t="inlineStr">
         <is>
-          <t>смт Перегінське, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Перекоси, Калуський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K210" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 46</t>
+          <t>вулиця Шевченка, 1а</t>
         </is>
       </c>
       <c r="L210" s="6" t="inlineStr">
         <is>
-          <t>UA26060210010093770</t>
+          <t>UA26060110110030079</t>
         </is>
       </c>
       <c r="M210" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с-ще Перегінське</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Перекоси</t>
         </is>
       </c>
       <c r="N210" s="7"/>
       <c r="O210" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P210" s="4"/>
       <c r="Q210" s="4"/>
       <c r="R210" s="4" t="inlineStr">
         <is>
-          <t>peregdnz@gmail.com</t>
+          <t>perekosu.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S210" s="4"/>
       <c r="T210" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y210" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="4" t="inlineStr">
         <is>
-          <t>Перекосівський навчально-виховний комплекс</t>
+          <t>Переріслянський заклад дошкільної освіти "Золота рибка" Переріслянської сільської ради ОТГ</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>173768</v>
+        <v>175355</v>
       </c>
       <c r="C211" s="6"/>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Перекосівський НВК</t>
+          <t>Переріслянський ЗДО "Золота рибка"</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G211" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H211" s="6" t="inlineStr">
         <is>
-          <t>2622887802</t>
+          <t>2624085301</t>
         </is>
       </c>
       <c r="I211" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J211" s="4" t="inlineStr">
         <is>
-          <t>с. Перекоси, Калуський район, Івано-Франківська область</t>
+          <t>с. Перерісль, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K211" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1а</t>
+          <t>вулиця Січових Стрільців, 17</t>
         </is>
       </c>
       <c r="L211" s="6" t="inlineStr">
         <is>
-          <t>UA26060110110030079</t>
+          <t>UA26120110010080266</t>
         </is>
       </c>
       <c r="M211" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Перекоси</t>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с. Перерісль</t>
         </is>
       </c>
       <c r="N211" s="7"/>
       <c r="O211" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P211" s="4"/>
       <c r="Q211" s="4"/>
-      <c r="R211" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R211" s="4"/>
       <c r="S211" s="4"/>
       <c r="T211" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y211" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="4" t="inlineStr">
         <is>
-          <t>Переріслянський заклад дошкільної освіти "Золота рибка" Переріслянської сільської ради ОТГ</t>
+          <t>Перехресненський дошкільний навчальний заклад (ясла-садок) "Дивокрай" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B212" s="5" t="n">
-        <v>175355</v>
+        <v>173243</v>
       </c>
       <c r="C212" s="6"/>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Переріслянський ЗДО "Золота рибка"</t>
+          <t>Перехресненський ДНЗ</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G212" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H212" s="6" t="inlineStr">
         <is>
-          <t>2624085301</t>
+          <t>2620886001</t>
         </is>
       </c>
       <c r="I212" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J212" s="4" t="inlineStr">
         <is>
-          <t>с. Перерісль, Надвірнянський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Перехресне, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K212" s="4"/>
       <c r="L212" s="6" t="inlineStr">
         <is>
-          <t>UA26120110010080266</t>
+          <t>UA26020030160090840</t>
         </is>
       </c>
       <c r="M212" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, с. Перерісль</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Перехресне</t>
         </is>
       </c>
       <c r="N212" s="7"/>
       <c r="O212" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P212" s="4"/>
       <c r="Q212" s="4"/>
       <c r="R212" s="4"/>
       <c r="S212" s="4"/>
       <c r="T212" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y212" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="4" t="inlineStr">
         <is>
-          <t>Перехресненський дошкільний навчальний заклад (ясла-садок) "Дивокрай" Верховинської районної ради Івано-Франківської області</t>
+          <t>Дошкільний навчальний заклад Петранківський дитячий садок "Калинка"</t>
         </is>
       </c>
       <c r="B213" s="5" t="n">
-        <v>173243</v>
+        <v>173122</v>
       </c>
       <c r="C213" s="6"/>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Перехресненський ДНЗ</t>
+          <t>ДНЗ "Калинка"</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G213" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H213" s="6" t="inlineStr">
         <is>
-          <t>2620886001</t>
+          <t>2624884401</t>
         </is>
       </c>
       <c r="I213" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J213" s="4" t="inlineStr">
         <is>
-          <t>с. Перехресне, Верховинський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K213" s="4"/>
+          <t>с. Петранка, Рожнятівський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K213" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Грушевського, 12-А</t>
+        </is>
+      </c>
       <c r="L213" s="6" t="inlineStr">
         <is>
-          <t>UA26020030160090840</t>
+          <t>UA26060230060078113</t>
         </is>
       </c>
       <c r="M213" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Верховинський р-н, с. Перехресне</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Петранка</t>
         </is>
       </c>
       <c r="N213" s="7"/>
       <c r="O213" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P213" s="4"/>
       <c r="Q213" s="4"/>
       <c r="R213" s="4"/>
       <c r="S213" s="4"/>
       <c r="T213" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y213" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Петранківський дитячий садок "Калинка"</t>
+          <t>Петрівський дошкільний навчальний заклад (дитячй садок "Сонечко")</t>
         </is>
       </c>
       <c r="B214" s="5" t="n">
-        <v>173122</v>
+        <v>171804</v>
       </c>
       <c r="C214" s="6"/>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Калинка"</t>
+          <t>Дитячий садок "Сонечко" с.Петрів</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G214" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H214" s="6" t="inlineStr">
         <is>
-          <t>2624884401</t>
+          <t>2625687601</t>
         </is>
       </c>
       <c r="I214" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J214" s="4" t="inlineStr">
         <is>
-          <t>с. Петранка, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Петрів, Тлумацький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K214" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 12-А</t>
+          <t>вулиця Незалежності, 3</t>
         </is>
       </c>
       <c r="L214" s="6" t="inlineStr">
         <is>
-          <t>UA26060230060078113</t>
+          <t>UA26040250110086766</t>
         </is>
       </c>
       <c r="M214" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Петранка</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Петрів</t>
         </is>
       </c>
       <c r="N214" s="7"/>
       <c r="O214" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P214" s="4"/>
       <c r="Q214" s="4"/>
-      <c r="R214" s="4"/>
+      <c r="R214" s="4" t="inlineStr">
+        <is>
+          <t>sonechkopetriv@gmail.com</t>
+        </is>
+      </c>
       <c r="S214" s="4"/>
       <c r="T214" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y214" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="4" t="inlineStr">
         <is>
-          <t>Петрівський дошкільний навчальний заклад (дитячй садок "Сонечко")</t>
+          <t>Печеніжинський заклад дошкільної освіти (ясла-садок) "Гуцулочка" Печеніжинської селищної ради об'єднаної територіальної громади Івано-Франківської області</t>
         </is>
       </c>
       <c r="B215" s="5" t="n">
-        <v>171804</v>
+        <v>172660</v>
       </c>
       <c r="C215" s="6"/>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>Дитячий садок "Сонечко" с.Петрів</t>
+          <t>Печеніжинський ЗДО (ясла-садок) "Гуцулочка"</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G215" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H215" s="6" t="inlineStr">
         <is>
-          <t>2625687601</t>
+          <t>2623255700</t>
         </is>
       </c>
       <c r="I215" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J215" s="4" t="inlineStr">
         <is>
-          <t>с. Петрів, Тлумацький район, Івано-Франківська область</t>
+          <t>смт Печеніжин, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K215" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 3</t>
+          <t>вулиця Незалежності, 21</t>
         </is>
       </c>
       <c r="L215" s="6" t="inlineStr">
         <is>
-          <t>UA26040250110086766</t>
+          <t>UA26080170010019353</t>
         </is>
       </c>
       <c r="M215" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Петрів</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с-ще Печеніжин</t>
         </is>
       </c>
       <c r="N215" s="7"/>
       <c r="O215" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P215" s="4"/>
       <c r="Q215" s="4"/>
-      <c r="R215" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S215" s="4"/>
+      <c r="R215" s="4"/>
+      <c r="S215" s="4" t="inlineStr">
+        <is>
+          <t>http://cms.pechenizhinskij-zdo-yasla-sadok-gutsulochka.webnode.c</t>
+        </is>
+      </c>
       <c r="T215" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y215" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="4" t="inlineStr">
         <is>
-          <t>Печеніжинський заклад дошкільної освіти (ясла-садок) "Гуцулочка" Печеніжинської селищної ради об'єднаної територіальної громади Івано-Франківської області</t>
+          <t>Підвисоцький дошкільний навчальний заклад "Пролісок"</t>
         </is>
       </c>
       <c r="B216" s="5" t="n">
-        <v>172660</v>
+        <v>173261</v>
       </c>
       <c r="C216" s="6"/>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Печеніжинський ЗДО (ясла-садок) "Гуцулочка"</t>
+          <t>ДНЗ "Пролісок" с.Підвисоке</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G216" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H216" s="6" t="inlineStr">
         <is>
-          <t>2623255700</t>
+          <t>2625283901</t>
         </is>
       </c>
       <c r="I216" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J216" s="4" t="inlineStr">
         <is>
-          <t>смт Печеніжин, Коломийський район, Івано-Франківська область</t>
+          <t>с. Підвисоке, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K216" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 21</t>
+          <t>вулиця Черемшини, 2</t>
         </is>
       </c>
       <c r="L216" s="6" t="inlineStr">
         <is>
-          <t>UA26080170010019353</t>
+          <t>UA26080230170061235</t>
         </is>
       </c>
       <c r="M216" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с-ще Печеніжин</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Підвисоке</t>
         </is>
       </c>
       <c r="N216" s="7"/>
       <c r="O216" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P216" s="4"/>
+      <c r="P216" s="4" t="inlineStr">
+        <is>
+          <t>0988432082</t>
+        </is>
+      </c>
       <c r="Q216" s="4"/>
-      <c r="R216" s="4"/>
+      <c r="R216" s="4" t="inlineStr">
+        <is>
+          <t>pidvysoke.prolisok@ukr.net</t>
+        </is>
+      </c>
       <c r="S216" s="4" t="inlineStr">
         <is>
-          <t>http://cms.pechenizhinskij-zdo-yasla-sadok-gutsulochka.webnode.c</t>
+          <t>pidvysoke.prolisok@ukr.net</t>
         </is>
       </c>
       <c r="T216" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y216" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="4" t="inlineStr">
         <is>
-          <t>Підвисоцький дошкільний навчальний заклад "Пролісок"</t>
+          <t>Підгайчиківський заклад дошкільної освіти (ясла-садок)"Колосок" Підгайчиківської сільської ради Коломийського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B217" s="5" t="n">
-        <v>173261</v>
+        <v>173162</v>
       </c>
       <c r="C217" s="6"/>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Пролісок" с.Підвисоке</t>
+          <t>Підгайчиківський ЗДО(ясла-садок)"Колосок"</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G217" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H217" s="6" t="inlineStr">
         <is>
-          <t>2625283901</t>
+          <t>2623285601</t>
         </is>
       </c>
       <c r="I217" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J217" s="4" t="inlineStr">
         <is>
-          <t>с. Підвисоке, Снятинський район, Івано-Франківська область</t>
+          <t>с. Підгайчики, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K217" s="4" t="inlineStr">
         <is>
-          <t>вулиця Черемшини, 2</t>
+          <t>вулиця Шевченка, 22</t>
         </is>
       </c>
       <c r="L217" s="6" t="inlineStr">
         <is>
-          <t>UA26080230170061235</t>
+          <t>UA26080190010095401</t>
         </is>
       </c>
       <c r="M217" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Підвисоке</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Підгайчики</t>
         </is>
       </c>
       <c r="N217" s="7"/>
       <c r="O217" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P217" s="4" t="inlineStr">
         <is>
-          <t>0988432082</t>
+          <t>(03433)65148</t>
         </is>
       </c>
       <c r="Q217" s="4"/>
-      <c r="R217" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R217" s="4"/>
+      <c r="S217" s="4"/>
       <c r="T217" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y217" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="4" t="inlineStr">
         <is>
-          <t>Підгайчиківський заклад дошкільної освіти (ясла-садок)"Колосок" Підгайчиківської сільської ради Коломийського району Івано-Франківської області</t>
+          <t>Підгірський дошкільний навчадьний заклад дитячий садок "Теремок"</t>
         </is>
       </c>
       <c r="B218" s="5" t="n">
-        <v>173162</v>
+        <v>173207</v>
       </c>
       <c r="C218" s="6"/>
       <c r="D218" s="4" t="inlineStr">
         <is>
-          <t>Підгайчиківський ЗДО(ясла-садок)"Колосок"</t>
+          <t>Підгірський ДНЗ "Теремок"</t>
         </is>
       </c>
       <c r="E218" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G218" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H218" s="6" t="inlineStr">
         <is>
-          <t>2623285601</t>
+          <t>2620487201</t>
         </is>
       </c>
       <c r="I218" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J218" s="4" t="inlineStr">
         <is>
-          <t>с. Підгайчики, Коломийський район, Івано-Франківська область</t>
+          <t>с. Підгір'я, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K218" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 22</t>
+          <t>вулиця Сагайдачного, 2</t>
         </is>
       </c>
       <c r="L218" s="6" t="inlineStr">
         <is>
-          <t>UA26080190010095401</t>
+          <t>UA26040030130033111</t>
         </is>
       </c>
       <c r="M218" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Підгайчики</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Підгір’я</t>
         </is>
       </c>
       <c r="N218" s="7"/>
       <c r="O218" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P218" s="4"/>
       <c r="Q218" s="4"/>
       <c r="R218" s="4"/>
       <c r="S218" s="4"/>
       <c r="T218" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y218" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="4" t="inlineStr">
         <is>
-          <t>Підгірський дошкільний навчадьний заклад дитячий садок "Теремок"</t>
+          <t>Підпечерівський дошкільний навчальний заклад (ясла-садок) "Колосок"</t>
         </is>
       </c>
       <c r="B219" s="5" t="n">
-        <v>173207</v>
+        <v>173428</v>
       </c>
       <c r="C219" s="6"/>
       <c r="D219" s="4" t="inlineStr">
         <is>
-          <t>Підгірський ДНЗ "Теремок"</t>
+          <t>Підпечерівський ДНЗ "Колосок"</t>
         </is>
       </c>
       <c r="E219" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G219" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H219" s="6" t="inlineStr">
         <is>
-          <t>2620487201</t>
+          <t>2625884301</t>
         </is>
       </c>
       <c r="I219" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J219" s="4" t="inlineStr">
         <is>
-          <t>с. Підгір'я, Богородчанський район, Івано-Франківська область</t>
+          <t>с. Підпечери, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K219" s="4" t="inlineStr">
         <is>
           <t>вулиця Сагайдачного, 2</t>
         </is>
       </c>
       <c r="L219" s="6" t="inlineStr">
         <is>
-          <t>UA26040030130033111</t>
+          <t>UA26040190120082449</t>
         </is>
       </c>
       <c r="M219" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Підгір’я</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Підпечери</t>
         </is>
       </c>
       <c r="N219" s="7"/>
       <c r="O219" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P219" s="4"/>
       <c r="Q219" s="4"/>
       <c r="R219" s="4"/>
-      <c r="S219" s="4"/>
+      <c r="S219" s="4" t="inlineStr">
+        <is>
+          <t>http://pidp-kolosok.at.ua/</t>
+        </is>
+      </c>
       <c r="T219" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y219" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="4" t="inlineStr">
         <is>
-          <t>Підпечерівський дошкільний навчальний заклад (ясла-садок) "Колосок"</t>
+          <t>Пістинський дошкільний навчальний заклад(ясла-садок)"Дзвіночок</t>
         </is>
       </c>
       <c r="B220" s="5" t="n">
-        <v>173428</v>
+        <v>173186</v>
       </c>
       <c r="C220" s="6"/>
       <c r="D220" s="4" t="inlineStr">
         <is>
-          <t>Підпечерівський ДНЗ "Колосок"</t>
+          <t>Пістинський ДНЗ "Дзвіночок"</t>
         </is>
       </c>
       <c r="E220" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G220" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H220" s="6" t="inlineStr">
         <is>
-          <t>2625884301</t>
+          <t>2623684401</t>
         </is>
       </c>
       <c r="I220" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J220" s="4" t="inlineStr">
         <is>
-          <t>с. Підпечери, Тисменицький район, Івано-Франківська область</t>
+          <t>с. Пістинь, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K220" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сагайдачного, 2</t>
+          <t>вулиця Українська, 194</t>
         </is>
       </c>
       <c r="L220" s="6" t="inlineStr">
         <is>
-          <t>UA26040190120082449</t>
+          <t>UA26100010060020341</t>
         </is>
       </c>
       <c r="M220" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Підпечери</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Пістинь</t>
         </is>
       </c>
       <c r="N220" s="7"/>
       <c r="O220" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P220" s="4"/>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P220" s="4" t="inlineStr">
+        <is>
+          <t>0673423923</t>
+        </is>
+      </c>
       <c r="Q220" s="4"/>
-      <c r="R220" s="4"/>
+      <c r="R220" s="4" t="inlineStr">
+        <is>
+          <t>pistyn.dnz@meta.ua</t>
+        </is>
+      </c>
       <c r="S220" s="4" t="inlineStr">
         <is>
-          <t>http://pidp-kolosok.at.ua/</t>
+          <t>zdodzvinohok.blogspot.com</t>
         </is>
       </c>
       <c r="T220" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y220" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="4" t="inlineStr">
         <is>
-          <t>Пістинський дошкільний навчальний заклад(ясла-садок)"Дзвіночок</t>
+          <t>Пнівський дошкільний навчальний заклад (дитячий спадок) "Дюймовочка"</t>
         </is>
       </c>
       <c r="B221" s="5" t="n">
-        <v>173186</v>
+        <v>173224</v>
       </c>
       <c r="C221" s="6"/>
       <c r="D221" s="4" t="inlineStr">
         <is>
-          <t>Пістинський ДНЗ "Дзвіночок"</t>
+          <t>Пнівський ДНЗ "Дюймовочка"</t>
         </is>
       </c>
       <c r="E221" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G221" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H221" s="6" t="inlineStr">
         <is>
-          <t>2623684401</t>
+          <t>2624085601</t>
         </is>
       </c>
       <c r="I221" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J221" s="4" t="inlineStr">
         <is>
-          <t>с. Пістинь, Косівський район, Івано-Франківська область</t>
+          <t>с. Пнів, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K221" s="4" t="inlineStr">
         <is>
-          <t>вулиця Українська, 194</t>
+          <t>вулиця Січових Стрільців, 101</t>
         </is>
       </c>
       <c r="L221" s="6" t="inlineStr">
         <is>
-          <t>UA26100010060020341</t>
+          <t>UA26120090080067072</t>
         </is>
       </c>
       <c r="M221" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Пістинь</t>
+          <t>Івано-Франківська обл., Надвірнянський р-н, с. Пнів</t>
         </is>
       </c>
       <c r="N221" s="7"/>
       <c r="O221" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P221" s="4"/>
       <c r="Q221" s="4"/>
-      <c r="R221" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R221" s="4"/>
+      <c r="S221" s="4"/>
       <c r="T221" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y221" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="4" t="inlineStr">
         <is>
-          <t>Пнівський дошкільний навчальний заклад (дитячий спадок) "Дюймовочка"</t>
+          <t>Попельниківський дошкільний навчальний заклад «Сонечко»</t>
         </is>
       </c>
       <c r="B222" s="5" t="n">
-        <v>173224</v>
+        <v>173262</v>
       </c>
       <c r="C222" s="6"/>
       <c r="D222" s="4" t="inlineStr">
         <is>
-          <t>Пнівський ДНЗ "Дюймовочка"</t>
+          <t>Попельниківський дошкільний навчальний заклад «Сонечко»</t>
         </is>
       </c>
       <c r="E222" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G222" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H222" s="6" t="inlineStr">
         <is>
-          <t>2624085601</t>
+          <t>2625284101</t>
         </is>
       </c>
       <c r="I222" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J222" s="4" t="inlineStr">
         <is>
-          <t>с. Пнів, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Попельники, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K222" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 101</t>
+          <t>вулиця Шевченка, 68</t>
         </is>
       </c>
       <c r="L222" s="6" t="inlineStr">
         <is>
-          <t>UA26120090080067072</t>
+          <t>UA26080230180026909</t>
         </is>
       </c>
       <c r="M222" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Надвірнянський р-н, с. Пнів</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Попельники</t>
         </is>
       </c>
       <c r="N222" s="7"/>
       <c r="O222" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P222" s="4"/>
       <c r="Q222" s="4"/>
       <c r="R222" s="4"/>
       <c r="S222" s="4"/>
       <c r="T222" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y222" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="4" t="inlineStr">
         <is>
-          <t>Попельниківський дошкільний навчальний заклад «Сонечко»</t>
+          <t>Поточищенський заклад дошкільної освіти (дитячий садок) "Сонечко" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B223" s="5" t="n">
-        <v>173262</v>
-[...1 lines deleted...]
-      <c r="C223" s="6"/>
+        <v>173141</v>
+      </c>
+      <c r="C223" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
-          <t>Попельниківський дошкільний навчальний заклад «Сонечко»</t>
+          <t>Поточищенський ЗДО (дитячий садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E223" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G223" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H223" s="6" t="inlineStr">
         <is>
-          <t>2625284101</t>
+          <t>2621683401</t>
         </is>
       </c>
       <c r="I223" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J223" s="4" t="inlineStr">
         <is>
-          <t>с. Попельники, Снятинський район, Івано-Франківська область</t>
+          <t>с. Поточище, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K223" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 68</t>
+          <t>вулиця Шевченка, 58</t>
         </is>
       </c>
       <c r="L223" s="6" t="inlineStr">
         <is>
-          <t>UA26080230180026909</t>
+          <t>UA26080030190025494</t>
         </is>
       </c>
       <c r="M223" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Попельники</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Поточище</t>
         </is>
       </c>
       <c r="N223" s="7"/>
       <c r="O223" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P223" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P223" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q223" s="4"/>
       <c r="R223" s="4"/>
-      <c r="S223" s="4"/>
+      <c r="S223" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/potocisenskijzdo/</t>
+        </is>
+      </c>
       <c r="T223" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Колодзінська Марія</t>
         </is>
       </c>
       <c r="U223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y223" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Сонечко"</t>
+          <t>Прикмищенський заклад дошкільної освіти (дитячий садок)''Калинка'' Городенківської міської ради</t>
         </is>
       </c>
       <c r="B224" s="5" t="n">
-        <v>173141</v>
-[...1 lines deleted...]
-      <c r="C224" s="6"/>
+        <v>173145</v>
+      </c>
+      <c r="C224" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Сонечко"</t>
+          <t>Прикмищенський ДНЗ (дитячий садок) ''Калинка'</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G224" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H224" s="6" t="inlineStr">
         <is>
-          <t>2621683401</t>
+          <t>2621684302</t>
         </is>
       </c>
       <c r="I224" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J224" s="4" t="inlineStr">
         <is>
-          <t>с. Поточище, Городенківський район, Івано-Франківська область</t>
+          <t>с. Прикмище, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K224" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 58</t>
+          <t>вулиця Л.Українки, 15А</t>
         </is>
       </c>
       <c r="L224" s="6" t="inlineStr">
         <is>
-          <t>UA26080030190025494</t>
+          <t>UA26080030200039788</t>
         </is>
       </c>
       <c r="M224" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Поточище</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Прикмище</t>
         </is>
       </c>
       <c r="N224" s="7"/>
       <c r="O224" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P224" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P224" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q224" s="4"/>
       <c r="R224" s="4"/>
-      <c r="S224" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S224" s="4"/>
       <c r="T224" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Дрюк Світлана</t>
         </is>
       </c>
       <c r="U224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y224" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="4" t="inlineStr">
         <is>
-          <t>Прикмищенський дошкільний навчальний заклад (дитячий садок)''Калинка''</t>
+          <t>Пробійнівський дошкільний навчальний заклад (дитячий садок) "Святого Миколая" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B225" s="5" t="n">
-        <v>173145</v>
+        <v>173250</v>
       </c>
       <c r="C225" s="6"/>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>Прикмищенський ДНЗ (дитячий садок) ''Калинка'</t>
+          <t>Пробійнівський ДНЗ</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G225" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H225" s="6" t="inlineStr">
         <is>
-          <t>2621684302</t>
+          <t>2620886501</t>
         </is>
       </c>
       <c r="I225" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J225" s="4" t="inlineStr">
         <is>
-          <t>с. Прикмище, Городенківський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Пробійнівка, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K225" s="4"/>
       <c r="L225" s="6" t="inlineStr">
         <is>
-          <t>UA26080030200039788</t>
+          <t>UA26020010100094132</t>
         </is>
       </c>
       <c r="M225" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Прикмище</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Пробійнівка</t>
         </is>
       </c>
       <c r="N225" s="7"/>
       <c r="O225" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P225" s="4"/>
       <c r="Q225" s="4"/>
       <c r="R225" s="4"/>
       <c r="S225" s="4"/>
       <c r="T225" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y225" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="4" t="inlineStr">
         <is>
-          <t>Пробійнівський дошкільний навчальний заклад (дитячий садок) "Святого Миколая" Верховинської районної ради Івано-Франківської області</t>
+          <t>Пуківський дошкільний навчальний заклад "Калинонька"</t>
         </is>
       </c>
       <c r="B226" s="5" t="n">
-        <v>173250</v>
+        <v>173089</v>
       </c>
       <c r="C226" s="6"/>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>Пробійнівський ДНЗ</t>
+          <t>Пуківський ДНЗ</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G226" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H226" s="6" t="inlineStr">
         <is>
-          <t>2620886501</t>
+          <t>2624485401</t>
         </is>
       </c>
       <c r="I226" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J226" s="4" t="inlineStr">
         <is>
-          <t>с. Пробійнівка, Верховинський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K226" s="4"/>
+          <t>с. Пуків, Рогатинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K226" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шевченка, 3</t>
+        </is>
+      </c>
       <c r="L226" s="6" t="inlineStr">
         <is>
-          <t>UA26020010100094132</t>
+          <t>UA26040270550022288</t>
         </is>
       </c>
       <c r="M226" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Верховинський р-н, с. Пробійнівка</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Пуків</t>
         </is>
       </c>
       <c r="N226" s="7"/>
       <c r="O226" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P226" s="4"/>
       <c r="Q226" s="4"/>
       <c r="R226" s="4"/>
       <c r="S226" s="4"/>
       <c r="T226" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y226" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="4" t="inlineStr">
         <is>
-          <t>Пуківський дошкільний навчальний заклад "Калинонька"</t>
+          <t>Радчанський дошкільний навчальний заклад (дитячий садок) "Червона Шапочка"</t>
         </is>
       </c>
       <c r="B227" s="5" t="n">
-        <v>173089</v>
+        <v>173429</v>
       </c>
       <c r="C227" s="6"/>
       <c r="D227" s="4" t="inlineStr">
         <is>
-          <t>Пуківський ДНЗ</t>
+          <t>Радчанський ДНЗ "Червона Шапочка"</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G227" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H227" s="6" t="inlineStr">
         <is>
-          <t>2624485401</t>
+          <t>2625884701</t>
         </is>
       </c>
       <c r="I227" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J227" s="4" t="inlineStr">
         <is>
-          <t>с. Пуків, Рогатинський район, Івано-Франківська область</t>
+          <t>с. Радча, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K227" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 3</t>
+          <t>вулиця Січових Стрільців, 5</t>
         </is>
       </c>
       <c r="L227" s="6" t="inlineStr">
         <is>
-          <t>UA26040270550022288</t>
+          <t>UA26040190130020585</t>
         </is>
       </c>
       <c r="M227" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Пуків</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Радча</t>
         </is>
       </c>
       <c r="N227" s="7"/>
       <c r="O227" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P227" s="4"/>
       <c r="Q227" s="4"/>
       <c r="R227" s="4"/>
       <c r="S227" s="4"/>
       <c r="T227" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y227" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="4" t="inlineStr">
         <is>
-          <t>Радчанський дошкільний навчальний заклад (дитячий садок) "Червона Шапочка"</t>
+          <t>Раківчицький заклад дошкільної освіти (ясла-садок) "Дзвіночок" Раківчицької сільської ради Коломийського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B228" s="5" t="n">
-        <v>173429</v>
+        <v>173163</v>
       </c>
       <c r="C228" s="6"/>
       <c r="D228" s="4" t="inlineStr">
         <is>
-          <t>Радчанський ДНЗ "Червона Шапочка"</t>
+          <t>Раківчицький ЗДО "Дзвіночок"</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G228" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H228" s="6" t="inlineStr">
         <is>
-          <t>2625884701</t>
+          <t>2623286001</t>
         </is>
       </c>
       <c r="I228" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J228" s="4" t="inlineStr">
         <is>
-          <t>с. Радча, Тисменицький район, Івано-Франківська область</t>
+          <t>с. Раківчик, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K228" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 5</t>
+          <t>вулиця Січових Стрільців, 43</t>
         </is>
       </c>
       <c r="L228" s="6" t="inlineStr">
         <is>
-          <t>UA26040190130020585</t>
+          <t>UA26080070080022254</t>
         </is>
       </c>
       <c r="M228" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Радча</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Раківчик</t>
         </is>
       </c>
       <c r="N228" s="7"/>
       <c r="O228" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P228" s="4"/>
       <c r="Q228" s="4"/>
-      <c r="R228" s="4"/>
-      <c r="S228" s="4"/>
+      <c r="R228" s="4" t="inlineStr">
+        <is>
+          <t>Rakivchyk-Maderuk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S228" s="4" t="inlineStr">
+        <is>
+          <t>https://rakivchyksadok.e-schools.info</t>
+        </is>
+      </c>
       <c r="T228" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y228" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="4" t="inlineStr">
         <is>
-          <t>Раківчицький заклад дошкільної освіти (ясла-садок) "Дзвіночок" Раківчицької сільської ради Коломийського району Івано-Франківської області</t>
+          <t>Раковецька гімназія Городенківської районної ради Івано-Франківсткої області</t>
         </is>
       </c>
       <c r="B229" s="5" t="n">
-        <v>173163</v>
+        <v>173153</v>
       </c>
       <c r="C229" s="6"/>
       <c r="D229" s="4" t="inlineStr">
         <is>
-          <t>Раківчицький ЗДО "Дзвіночок"</t>
+          <t>Раковецька гімназія</t>
         </is>
       </c>
       <c r="E229" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G229" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H229" s="6" t="inlineStr">
         <is>
-          <t>2623286001</t>
+          <t>2621683701</t>
         </is>
       </c>
       <c r="I229" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J229" s="4" t="inlineStr">
         <is>
-          <t>с. Раківчик, Коломийський район, Івано-Франківська область</t>
+          <t>с. Раковець, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K229" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 43</t>
+          <t>майдан М.Щерби, 1</t>
         </is>
       </c>
       <c r="L229" s="6" t="inlineStr">
         <is>
-          <t>UA26080070080022254</t>
+          <t>UA26080030220072569</t>
         </is>
       </c>
       <c r="M229" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Раківчик</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Раковець</t>
         </is>
       </c>
       <c r="N229" s="7"/>
       <c r="O229" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P229" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P229" s="4" t="inlineStr">
+        <is>
+          <t>(03430)62219</t>
+        </is>
+      </c>
       <c r="Q229" s="4"/>
       <c r="R229" s="4" t="inlineStr">
         <is>
-          <t>Rakivchyk-Maderuk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>rakovecnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S229" s="4"/>
       <c r="T229" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y229" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="4" t="inlineStr">
         <is>
-          <t>Раковецька гімназія Городенківської районної ради Івано-Франківсткої області</t>
+          <t>Дошкільний навчальний заклад Ріпненський дитячий садок "Струмочок",</t>
         </is>
       </c>
       <c r="B230" s="5" t="n">
-        <v>173153</v>
+        <v>173130</v>
       </c>
       <c r="C230" s="6"/>
       <c r="D230" s="4" t="inlineStr">
         <is>
-          <t>Раковецька гімназія</t>
+          <t>ДНЗ "Струмочок"</t>
         </is>
       </c>
       <c r="E230" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G230" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H230" s="6" t="inlineStr">
         <is>
-          <t>2621683701</t>
+          <t>2624884601</t>
         </is>
       </c>
       <c r="I230" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J230" s="4" t="inlineStr">
         <is>
-          <t>с. Раковець, Городенківський район, Івано-Франківська область</t>
+          <t>с. Ріпне, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K230" s="4" t="inlineStr">
         <is>
-          <t>майдан М.Щерби, 1</t>
+          <t>вулиця Франка, 68/а</t>
         </is>
       </c>
       <c r="L230" s="6" t="inlineStr">
         <is>
-          <t>UA26080030220072569</t>
+          <t>UA26060150080092195</t>
         </is>
       </c>
       <c r="M230" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Раковець</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Ріпне</t>
         </is>
       </c>
       <c r="N230" s="7"/>
       <c r="O230" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P230" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P230" s="4"/>
       <c r="Q230" s="4"/>
-      <c r="R230" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R230" s="4"/>
       <c r="S230" s="4"/>
       <c r="T230" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y230" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Ріпненський дитячий садок "Струмочок",</t>
+          <t>Рогатинський дошкільний навчальний заклад (ясла-садок) №1"Малятко"</t>
         </is>
       </c>
       <c r="B231" s="5" t="n">
-        <v>173130</v>
+        <v>173086</v>
       </c>
       <c r="C231" s="6"/>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Струмочок"</t>
+          <t>Рогатинський ДНЗ (ясла-садок) №1 "Малятко"</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G231" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H231" s="6" t="inlineStr">
         <is>
-          <t>2624884601</t>
+          <t>2624410100</t>
         </is>
       </c>
       <c r="I231" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J231" s="4" t="inlineStr">
         <is>
-          <t>с. Ріпне, Рожнятівський район, Івано-Франківська область</t>
+          <t>Рогатин, Рогатинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K231" s="4" t="inlineStr">
         <is>
-          <t>вулиця Франка, 68/а</t>
+          <t>вулиця Шашкевича, 55</t>
         </is>
       </c>
       <c r="L231" s="6" t="inlineStr">
         <is>
-          <t>UA26060150080092195</t>
+          <t>UA26040270010067876</t>
         </is>
       </c>
       <c r="M231" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Ріпне</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, м. Рогатин</t>
         </is>
       </c>
       <c r="N231" s="7"/>
       <c r="O231" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P231" s="4"/>
       <c r="Q231" s="4"/>
       <c r="R231" s="4"/>
       <c r="S231" s="4"/>
       <c r="T231" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y231" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="4" t="inlineStr">
         <is>
-          <t>Рогатинський дошкільний навчальний заклад (ясла-садок) №1"Малятко"</t>
+          <t>Рогатинський дошкільний навчальний заклад (ясла-садок)№2 «Дзвіночок»</t>
         </is>
       </c>
       <c r="B232" s="5" t="n">
-        <v>173086</v>
+        <v>173087</v>
       </c>
       <c r="C232" s="6"/>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>Рогатинський ДНЗ (ясла-садок) №1 "Малятко"</t>
+          <t>Рогатинський ДНЗ(ясла-садок)№2 "Дзвіночок"</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G232" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H232" s="6" t="inlineStr">
         <is>
           <t>2624410100</t>
         </is>
       </c>
       <c r="I232" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J232" s="4" t="inlineStr">
         <is>
           <t>Рогатин, Рогатинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K232" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шашкевича, 55</t>
+          <t>вулиця Коновальця, 14</t>
         </is>
       </c>
       <c r="L232" s="6" t="inlineStr">
         <is>
           <t>UA26040270010067876</t>
         </is>
       </c>
       <c r="M232" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Івано-Франківський р-н, м. Рогатин</t>
         </is>
       </c>
       <c r="N232" s="7"/>
       <c r="O232" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P232" s="4"/>
       <c r="Q232" s="4"/>
       <c r="R232" s="4"/>
       <c r="S232" s="4"/>
       <c r="T232" s="4" t="inlineStr">
         <is>
           <t> </t>
@@ -23406,1380 +23462,1416 @@
       <c r="U232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y232" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="4" t="inlineStr">
         <is>
-          <t>Рогатинський дошкільний навчальний заклад (ясла-садок)№2 «Дзвіночок»</t>
+          <t>Рожнівський заклад дошкільної освіти (ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B233" s="5" t="n">
-        <v>173087</v>
+        <v>173073</v>
       </c>
       <c r="C233" s="6"/>
       <c r="D233" s="4" t="inlineStr">
         <is>
-          <t>Рогатинський ДНЗ(ясла-садок)№2 "Дзвіночок"</t>
+          <t>Рожнівський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G233" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H233" s="6" t="inlineStr">
         <is>
-          <t>2624410100</t>
+          <t>2623685201</t>
         </is>
       </c>
       <c r="I233" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J233" s="4" t="inlineStr">
         <is>
-          <t>Рогатин, Рогатинський район, Івано-Франківська область</t>
+          <t>с. Рожнів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K233" s="4" t="inlineStr">
         <is>
-          <t>вулиця Коновальця, 14</t>
+          <t>вулиця Героїв Небесної Сотні, 14Ж</t>
         </is>
       </c>
       <c r="L233" s="6" t="inlineStr">
         <is>
-          <t>UA26040270010067876</t>
+          <t>UA26100070010048614</t>
         </is>
       </c>
       <c r="M233" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, м. Рогатин</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Рожнів</t>
         </is>
       </c>
       <c r="N233" s="7"/>
       <c r="O233" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P233" s="4"/>
       <c r="Q233" s="4"/>
-      <c r="R233" s="4"/>
+      <c r="R233" s="4" t="inlineStr">
+        <is>
+          <t>rozhnivsadok@gmail.com</t>
+        </is>
+      </c>
       <c r="S233" s="4"/>
       <c r="T233" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y233" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="4" t="inlineStr">
         <is>
-          <t>Рожнівський заклад дошкільної освіти (ясла-садок) "Сонечко"</t>
+          <t>Дошкільний навчальний заклад Рожнятівський ясла-садок "Золота рибка" Рожнятівської селищної ради Рожнятівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B234" s="5" t="n">
-        <v>173073</v>
+        <v>173119</v>
       </c>
       <c r="C234" s="6"/>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>Рожнівський ЗДО "Сонечко"</t>
+          <t>Рожнятівський ясла-садок "Золота рибка"</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G234" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H234" s="6" t="inlineStr">
         <is>
-          <t>2623685201</t>
+          <t>2624855100</t>
         </is>
       </c>
       <c r="I234" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J234" s="4" t="inlineStr">
         <is>
-          <t>с. Рожнів, Косівський район, Івано-Франківська область</t>
+          <t>смт Рожнятів, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K234" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Небесної Сотні, 14Ж</t>
+          <t>вулиця Січових Стрільців, 64</t>
         </is>
       </c>
       <c r="L234" s="6" t="inlineStr">
         <is>
-          <t>UA26100070010048614</t>
+          <t>UA26060230010077999</t>
         </is>
       </c>
       <c r="M234" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Рожнів</t>
+          <t>Івано-Франківська обл., Калуський р-н, с-ще Рожнятів</t>
         </is>
       </c>
       <c r="N234" s="7"/>
       <c r="O234" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P234" s="4"/>
       <c r="Q234" s="4"/>
-      <c r="R234" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S234" s="4"/>
+      <c r="R234" s="4"/>
+      <c r="S234" s="4" t="inlineStr">
+        <is>
+          <t>немає</t>
+        </is>
+      </c>
       <c r="T234" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y234" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Рожнятівський ясла-садок "Золота рибка" Рожнятівської селищної ради Рожнятівського району Івано-Франківської області</t>
+          <t>Розтоківський дошкільний навчальний заклад (ясла-садок) "Арніка"</t>
         </is>
       </c>
       <c r="B235" s="5" t="n">
-        <v>173119</v>
+        <v>173188</v>
       </c>
       <c r="C235" s="6"/>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Рожнятівський ясла-садок "Золота рибка"</t>
+          <t>Розтоківський ДНЗ (ясла-садок) "Арніка"</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G235" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H235" s="6" t="inlineStr">
         <is>
-          <t>2624855100</t>
+          <t>2623685601</t>
         </is>
       </c>
       <c r="I235" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J235" s="4" t="inlineStr">
         <is>
-          <t>смт Рожнятів, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Розтоки, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K235" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 64</t>
+          <t>вулиця Луги, 789</t>
         </is>
       </c>
       <c r="L235" s="6" t="inlineStr">
         <is>
-          <t>UA26060230010077999</t>
+          <t>UA26100050040068659</t>
         </is>
       </c>
       <c r="M235" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с-ще Рожнятів</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Розтоки</t>
         </is>
       </c>
       <c r="N235" s="7"/>
       <c r="O235" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P235" s="4"/>
       <c r="Q235" s="4"/>
       <c r="R235" s="4"/>
-      <c r="S235" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S235" s="4"/>
       <c r="T235" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y235" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="4" t="inlineStr">
         <is>
-          <t>Розтоківський дошкільний навчальний заклад (ясла-садок) "Арніка"</t>
+          <t>Росохацький заклад дошкільної освіти (дитячий садок) "Малятко" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B236" s="5" t="n">
-        <v>173188</v>
-[...1 lines deleted...]
-      <c r="C236" s="6"/>
+        <v>173144</v>
+      </c>
+      <c r="C236" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>Розтоківський ДНЗ (ясла-садок) "Арніка"</t>
+          <t>Росохацький ЗДО (дитячий садок) "Малятко"</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G236" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H236" s="6" t="inlineStr">
         <is>
-          <t>2623685601</t>
+          <t>2621684301</t>
         </is>
       </c>
       <c r="I236" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J236" s="4" t="inlineStr">
         <is>
-          <t>с. Розтоки, Косівський район, Івано-Франківська область</t>
+          <t>с. Росохач, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K236" s="4" t="inlineStr">
         <is>
-          <t>вулиця Луги, 789</t>
+          <t>вулиця Ставищна, 1А</t>
         </is>
       </c>
       <c r="L236" s="6" t="inlineStr">
         <is>
-          <t>UA26100050040068659</t>
+          <t>UA26080030250071227</t>
         </is>
       </c>
       <c r="M236" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Розтоки</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Росохач</t>
         </is>
       </c>
       <c r="N236" s="7"/>
       <c r="O236" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P236" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P236" s="4" t="inlineStr">
+        <is>
+          <t>(050)7063556</t>
+        </is>
+      </c>
       <c r="Q236" s="4"/>
-      <c r="R236" s="4"/>
-      <c r="S236" s="4"/>
+      <c r="R236" s="4" t="inlineStr">
+        <is>
+          <t>gal.yatsiv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S236" s="4" t="inlineStr">
+        <is>
+          <t>sites.google.com/site/rosohathmalatko</t>
+        </is>
+      </c>
       <c r="T236" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Яців Галина Іванівна</t>
         </is>
       </c>
       <c r="U236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y236" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="4" t="inlineStr">
         <is>
-          <t>Росохацький дошкільний навчальний заклад (дитячий садок) "Малятко"</t>
+          <t>Саджавський заклад дошкільної освіти (ясла-садок) "Пролісок"</t>
         </is>
       </c>
       <c r="B237" s="5" t="n">
-        <v>173144</v>
+        <v>173205</v>
       </c>
       <c r="C237" s="6"/>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>Росохацький ДНЗ "Малятко"</t>
+          <t>Саджавський ЗДО "Пролісок"</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G237" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H237" s="6" t="inlineStr">
         <is>
-          <t>2621684301</t>
+          <t>2620488401</t>
         </is>
       </c>
       <c r="I237" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J237" s="4" t="inlineStr">
         <is>
-          <t>с. Росохач, Городенківський район, Івано-Франківська область</t>
+          <t>с. Саджава, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K237" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ставищна, 1А</t>
+          <t>вулиця Благого, 3</t>
         </is>
       </c>
       <c r="L237" s="6" t="inlineStr">
         <is>
-          <t>UA26080030250071227</t>
+          <t>UA26040030150083466</t>
         </is>
       </c>
       <c r="M237" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Росохач</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Саджава</t>
         </is>
       </c>
       <c r="N237" s="7"/>
       <c r="O237" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P237" s="4"/>
       <c r="Q237" s="4"/>
       <c r="R237" s="4"/>
-      <c r="S237" s="4"/>
+      <c r="S237" s="4" t="inlineStr">
+        <is>
+          <t>prolisok.e-schools.info</t>
+        </is>
+      </c>
       <c r="T237" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y237" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="4" t="inlineStr">
         <is>
-          <t>Саджавський заклад дошкільної освіти (ясла-садок) "Пролісок"</t>
+          <t>Саджавський заклад дошкільної освіти (ясла-садок) "Дударик" Коломийської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B238" s="5" t="n">
-        <v>173205</v>
+        <v>173225</v>
       </c>
       <c r="C238" s="6"/>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Саджавський ЗДО "Пролісок"</t>
+          <t>Саджавський ЗДО (ясла-садок) "Дударик"</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G238" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H238" s="6" t="inlineStr">
         <is>
-          <t>2620488401</t>
+          <t>2624086001</t>
         </is>
       </c>
       <c r="I238" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J238" s="4" t="inlineStr">
         <is>
-          <t>с. Саджава, Богородчанський район, Івано-Франківська область</t>
+          <t>с. Саджавка, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K238" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благого, 3</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця О.Кобилянської, 3а</t>
+        </is>
+      </c>
+      <c r="L238" s="6"/>
+      <c r="M238" s="4"/>
       <c r="N238" s="7"/>
       <c r="O238" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління освіти Коломийської міської ради</t>
         </is>
       </c>
       <c r="P238" s="4"/>
       <c r="Q238" s="4"/>
-      <c r="R238" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R238" s="4" t="inlineStr">
+        <is>
+          <t>dudaryksad@ukr.net</t>
+        </is>
+      </c>
+      <c r="S238" s="4"/>
       <c r="T238" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y238" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="4" t="inlineStr">
         <is>
-          <t>Саджавський заклад дошкільної освіти (ясла-садок) "Дударик" Коломийської міської ради Івано-Франківської області</t>
+          <t>ДНЗ Сваричівський дитячий садок "Колобок" Сваричівської сільської ради, Рожнятівського району</t>
         </is>
       </c>
       <c r="B239" s="5" t="n">
-        <v>173225</v>
+        <v>173121</v>
       </c>
       <c r="C239" s="6"/>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>Саджавський ЗДО (ясла-садок) "Дударик"</t>
+          <t>ДНЗ "Колобок"</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G239" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H239" s="6" t="inlineStr">
         <is>
-          <t>2624086001</t>
+          <t>2624885101</t>
         </is>
       </c>
       <c r="I239" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J239" s="4" t="inlineStr">
         <is>
-          <t>с. Саджавка, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Сваричів, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K239" s="4" t="inlineStr">
         <is>
-          <t>вулиця О.Кобилянської, 3а</t>
-[...3 lines deleted...]
-      <c r="M239" s="4"/>
+          <t>вулиця Довга, 189</t>
+        </is>
+      </c>
+      <c r="L239" s="6" t="inlineStr">
+        <is>
+          <t>UA26060230080077687</t>
+        </is>
+      </c>
+      <c r="M239" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Калуський р-н, с. Сваричів</t>
+        </is>
+      </c>
       <c r="N239" s="7"/>
       <c r="O239" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Коломийської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P239" s="4"/>
       <c r="Q239" s="4"/>
-      <c r="R239" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R239" s="4"/>
       <c r="S239" s="4"/>
       <c r="T239" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y239" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ Сваричівський дитячий садок "Колобок" Сваричівської сільської ради, Рожнятівського району</t>
+          <t>Семаківський заклад дошкільної освіти (дитячий садок) "Колосочок" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B240" s="5" t="n">
-        <v>173121</v>
-[...1 lines deleted...]
-      <c r="C240" s="6"/>
+        <v>173146</v>
+      </c>
+      <c r="C240" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Колобок"</t>
+          <t>Семаківський ЗДО (дитячий садок) "Колосочок"</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G240" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H240" s="6" t="inlineStr">
         <is>
-          <t>2624885101</t>
+          <t>2621684601</t>
         </is>
       </c>
       <c r="I240" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J240" s="4" t="inlineStr">
         <is>
-          <t>с. Сваричів, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Семаківці, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K240" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довга, 189</t>
+          <t>вулиця Дністровська, 9а</t>
         </is>
       </c>
       <c r="L240" s="6" t="inlineStr">
         <is>
-          <t>UA26060230080077687</t>
+          <t>UA26080030260087432</t>
         </is>
       </c>
       <c r="M240" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Сваричів</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Семаківці</t>
         </is>
       </c>
       <c r="N240" s="7"/>
       <c r="O240" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P240" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P240" s="4" t="inlineStr">
+        <is>
+          <t>(096)4597215</t>
+        </is>
+      </c>
       <c r="Q240" s="4"/>
-      <c r="R240" s="4"/>
-      <c r="S240" s="4"/>
+      <c r="R240" s="4" t="inlineStr">
+        <is>
+          <t>semakivskiy.dnz@ukr.net</t>
+        </is>
+      </c>
+      <c r="S240" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/semakivtcizdo</t>
+        </is>
+      </c>
       <c r="T240" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Богоніс Олександра Романівна</t>
         </is>
       </c>
       <c r="U240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y240" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="4" t="inlineStr">
         <is>
-          <t>Семаківський дошкільний навчальний заклад(дитячий садок) "Колосок "</t>
+          <t>Серафинецький заклад дошкільної освіти (дитячий садок)"Журавлик" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B241" s="5" t="n">
-        <v>173146</v>
-[...1 lines deleted...]
-      <c r="C241" s="6"/>
+        <v>173143</v>
+      </c>
+      <c r="C241" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>Семаківський ДНЗ "Колосочок"</t>
+          <t>Серафинецький ЗДО (дитячий садок)"Журавлик"</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G241" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H241" s="6" t="inlineStr">
         <is>
-          <t>2621684601</t>
+          <t>2621684901</t>
         </is>
       </c>
       <c r="I241" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J241" s="4" t="inlineStr">
         <is>
-          <t>с. Семаківці, Городенківський район, Івано-Франківська область</t>
+          <t>с. Серафинці, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K241" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дністровська, 9а</t>
+          <t>вулиця Л.Бачинського, 2</t>
         </is>
       </c>
       <c r="L241" s="6" t="inlineStr">
         <is>
-          <t>UA26080030260087432</t>
+          <t>UA26080030280011985</t>
         </is>
       </c>
       <c r="M241" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Семаківці</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Серафинці</t>
         </is>
       </c>
       <c r="N241" s="7"/>
       <c r="O241" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P241" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P241" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q241" s="4"/>
       <c r="R241" s="4" t="inlineStr">
         <is>
-          <t>semakivskiy.dnz@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S241" s="4"/>
+          <t>serafincizuravlik@gmail.com</t>
+        </is>
+      </c>
+      <c r="S241" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/serafineckijzdozuravlik</t>
+        </is>
+      </c>
       <c r="T241" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Яшан Любов Василівна</t>
         </is>
       </c>
       <c r="U241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y241" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="4" t="inlineStr">
         <is>
-          <t>Серафинецький дошкільний навчальний заклад (дитячий садок)"Журавлик"</t>
+          <t>Середньоберезівський дошкільний навчальний заклад (дитячий садок) "Березунчик"</t>
         </is>
       </c>
       <c r="B242" s="5" t="n">
-        <v>173143</v>
+        <v>173189</v>
       </c>
       <c r="C242" s="6"/>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>Серафинецький ДНЗ "Журавлик"</t>
+          <t>Середньоберезівський ДНЗ "Березунчик"</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G242" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H242" s="6" t="inlineStr">
         <is>
-          <t>2621684901</t>
+          <t>2623686501</t>
         </is>
       </c>
       <c r="I242" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J242" s="4" t="inlineStr">
         <is>
-          <t>с. Серафинці, Городенківський район, Івано-Франківська область</t>
+          <t>с. Середній Березів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K242" s="4" t="inlineStr">
         <is>
-          <t>вулиця Л.Бачинського, 2</t>
+          <t>вулиця Центр, 11-А</t>
         </is>
       </c>
       <c r="L242" s="6" t="inlineStr">
         <is>
-          <t>UA26080030280011985</t>
+          <t>UA26100090080070890</t>
         </is>
       </c>
       <c r="M242" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Серафинці</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Середній Березів</t>
         </is>
       </c>
       <c r="N242" s="7"/>
       <c r="O242" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P242" s="4"/>
       <c r="Q242" s="4"/>
-      <c r="R242" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R242" s="4"/>
       <c r="S242" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/serafineckijzdozuravlik</t>
+          <t>http://sbereziv-dnz.if.sch.in.ua</t>
         </is>
       </c>
       <c r="T242" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y242" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="4" t="inlineStr">
         <is>
-          <t>Середньоберезівський дошкільний навчальний заклад (дитячий садок) "Березунчик"</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Золотий ключик"</t>
         </is>
       </c>
       <c r="B243" s="5" t="n">
-        <v>173189</v>
+        <v>173251</v>
       </c>
       <c r="C243" s="6"/>
       <c r="D243" s="4" t="inlineStr">
         <is>
-          <t>Середньоберезівський ДНЗ "Березунчик"</t>
+          <t>ДНЗ (я/с) "Золотий ключик"</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G243" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H243" s="6" t="inlineStr">
         <is>
-          <t>2623686501</t>
+          <t>2625210100</t>
         </is>
       </c>
       <c r="I243" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J243" s="4" t="inlineStr">
         <is>
-          <t>с. Середній Березів, Косівський район, Івано-Франківська область</t>
+          <t>Снятин, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K243" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центр, 11-А</t>
+          <t>вулиця Воєводи Коснятина, 33</t>
         </is>
       </c>
       <c r="L243" s="6" t="inlineStr">
         <is>
-          <t>UA26100090080070890</t>
+          <t>UA26080230010020173</t>
         </is>
       </c>
       <c r="M243" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Середній Березів</t>
+          <t>Івано-Франківська обл., Коломийський р-н, м. Снятин</t>
         </is>
       </c>
       <c r="N243" s="7"/>
       <c r="O243" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P243" s="4"/>
       <c r="Q243" s="4"/>
       <c r="R243" s="4"/>
       <c r="S243" s="4" t="inlineStr">
         <is>
-          <t>http://sbereziv-dnz.if.sch.in.ua</t>
+          <t>sadok_sn@i.ua</t>
         </is>
       </c>
       <c r="T243" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y243" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Золотий ключик"</t>
+          <t>Соколівський заклад дошкільної освіти (дитячий садок) "Мрія" Соколівської сільської ради Косівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B244" s="5" t="n">
-        <v>173251</v>
+        <v>176304</v>
       </c>
       <c r="C244" s="6"/>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (я/с) "Золотий ключик"</t>
+          <t>Соколівський ЗДО "Мрія"</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G244" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H244" s="6" t="inlineStr">
         <is>
-          <t>2625210100</t>
+          <t>2623686301</t>
         </is>
       </c>
       <c r="I244" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J244" s="4" t="inlineStr">
         <is>
-          <t>Снятин, Снятинський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Соколівка, Косівський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K244" s="4"/>
       <c r="L244" s="6" t="inlineStr">
         <is>
-          <t>UA26080230010020173</t>
+          <t>UA26100010100040867</t>
         </is>
       </c>
       <c r="M244" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, м. Снятин</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Соколівка</t>
         </is>
       </c>
       <c r="N244" s="7"/>
       <c r="O244" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P244" s="4"/>
       <c r="Q244" s="4"/>
       <c r="R244" s="4"/>
-      <c r="S244" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S244" s="4"/>
       <c r="T244" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y244" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="4" t="inlineStr">
         <is>
-          <t>Соколівський заклад дошкільної освіти (дитячий садок) "Мрія" Соколівської сільської ради Косівського району Івано-Франківської області</t>
+          <t>Солотвинський дошкільний навчальний заклад дитячий садок №1 "Дзвіночок"</t>
         </is>
       </c>
       <c r="B245" s="5" t="n">
-        <v>176304</v>
+        <v>173203</v>
       </c>
       <c r="C245" s="6"/>
       <c r="D245" s="4" t="inlineStr">
         <is>
-          <t>Соколівський ЗДО "Мрія"</t>
+          <t>Солотвинський ДНЗ №1 "Дзвіночок"</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G245" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H245" s="6" t="inlineStr">
         <is>
-          <t>2623686301</t>
+          <t>2620455500</t>
         </is>
       </c>
       <c r="I245" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J245" s="4" t="inlineStr">
         <is>
-          <t>с. Соколівка, Косівський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K245" s="4"/>
+          <t>смт Солотвин, Богородчанський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K245" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шевченка, 22</t>
+        </is>
+      </c>
       <c r="L245" s="6" t="inlineStr">
         <is>
-          <t>UA26100010100040867</t>
+          <t>UA26040290010040509</t>
         </is>
       </c>
       <c r="M245" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Соколівка</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Солотвин</t>
         </is>
       </c>
       <c r="N245" s="7"/>
       <c r="O245" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P245" s="4"/>
       <c r="Q245" s="4"/>
       <c r="R245" s="4"/>
       <c r="S245" s="4"/>
       <c r="T245" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y245" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський дошкільний навчальний заклад дитячий садок №1 "Дзвіночок"</t>
+          <t>Солотвинський дошкільний навчальний заклад, ясла-садок "Струмочок"</t>
         </is>
       </c>
       <c r="B246" s="5" t="n">
-        <v>173203</v>
+        <v>173204</v>
       </c>
       <c r="C246" s="6"/>
       <c r="D246" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ДНЗ №1 "Дзвіночок"</t>
+          <t>Солотвинський ЗДО "Струмочок"</t>
         </is>
       </c>
       <c r="E246" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G246" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H246" s="6" t="inlineStr">
         <is>
           <t>2620455500</t>
         </is>
       </c>
       <c r="I246" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J246" s="4" t="inlineStr">
         <is>
           <t>смт Солотвин, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K246" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 22</t>
+          <t>вулиця Стуса, 86</t>
         </is>
       </c>
       <c r="L246" s="6" t="inlineStr">
         <is>
           <t>UA26040290010040509</t>
         </is>
       </c>
       <c r="M246" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Солотвин</t>
         </is>
       </c>
       <c r="N246" s="7"/>
       <c r="O246" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P246" s="4"/>
       <c r="Q246" s="4"/>
       <c r="R246" s="4"/>
       <c r="S246" s="4"/>
       <c r="T246" s="4" t="inlineStr">
         <is>
           <t> </t>
@@ -24788,4478 +24880,4207 @@
       <c r="U246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y246" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський дошкільний навчальний заклад, ясла-садок "Струмочок"</t>
+          <t>Солуківський заклад дошкільної освіти (ясла -садок)"Веселка"</t>
         </is>
       </c>
       <c r="B247" s="5" t="n">
-        <v>173204</v>
+        <v>173771</v>
       </c>
       <c r="C247" s="6"/>
       <c r="D247" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ЗДО "Струмочок"</t>
+          <t>Солуківський ЗДО</t>
         </is>
       </c>
       <c r="E247" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G247" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H247" s="6" t="inlineStr">
         <is>
-          <t>2620455500</t>
+          <t>2622086001</t>
         </is>
       </c>
       <c r="I247" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J247" s="4" t="inlineStr">
         <is>
-          <t>смт Солотвин, Богородчанський район, Івано-Франківська область</t>
+          <t>с. Солуків, Долинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K247" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стуса, 86</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L247" s="6" t="inlineStr">
         <is>
-          <t>UA26040290010040509</t>
+          <t>UA26060130180051045</t>
         </is>
       </c>
       <c r="M247" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с-ще Солотвин</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Солуків</t>
         </is>
       </c>
       <c r="N247" s="7"/>
       <c r="O247" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P247" s="4"/>
       <c r="Q247" s="4"/>
       <c r="R247" s="4"/>
       <c r="S247" s="4"/>
       <c r="T247" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y247" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="4" t="inlineStr">
         <is>
-          <t>Солуківський заклад дошкільної освіти (ясла -садок)"Веселка"</t>
+          <t>Спаський заклад дошкільної освіти(садок) "Сонечко"Спаської сільської ради обєднаної територіальної громади Івано - Франківської області</t>
         </is>
       </c>
       <c r="B248" s="5" t="n">
-        <v>173771</v>
+        <v>173097</v>
       </c>
       <c r="C248" s="6"/>
       <c r="D248" s="4" t="inlineStr">
         <is>
-          <t>Солуківський ЗДО</t>
+          <t>ЗДО(садок)"Сонечко"</t>
         </is>
       </c>
       <c r="E248" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G248" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H248" s="6" t="inlineStr">
         <is>
-          <t>2622086001</t>
+          <t>2624885501</t>
         </is>
       </c>
       <c r="I248" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J248" s="4" t="inlineStr">
         <is>
-          <t>с. Солуків, Долинський район, Івано-Франківська область</t>
+          <t>с. Спас, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K248" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Франка, 18-</t>
         </is>
       </c>
       <c r="L248" s="6" t="inlineStr">
         <is>
-          <t>UA26060130180051045</t>
+          <t>UA26060250010062648</t>
         </is>
       </c>
       <c r="M248" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Солуків</t>
+          <t>Івано-Франківська обл., Калуський р-н, с. Спас</t>
         </is>
       </c>
       <c r="N248" s="7"/>
       <c r="O248" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P248" s="4"/>
       <c r="Q248" s="4"/>
-      <c r="R248" s="4"/>
+      <c r="R248" s="4" t="inlineStr">
+        <is>
+          <t>sadochok18@ukr.net</t>
+        </is>
+      </c>
       <c r="S248" s="4"/>
       <c r="T248" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y248" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="4" t="inlineStr">
         <is>
-          <t>Сороківській дошкільний навчальний заклад (дитячий садок) "Дзвіночок"</t>
+          <t>Вербовецький дошкільний навчальний заклад (дитячий садок) "Росинка"</t>
         </is>
       </c>
       <c r="B249" s="5" t="n">
-        <v>173147</v>
+        <v>173181</v>
       </c>
       <c r="C249" s="6"/>
       <c r="D249" s="4" t="inlineStr">
         <is>
-          <t>Сороківський ДНЗ (дитячий садок) "Дзвіночок"</t>
+          <t>Вербовецький ДНЗ (дитячий садок) "Росинка"</t>
         </is>
       </c>
       <c r="E249" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G249" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H249" s="6" t="inlineStr">
         <is>
-          <t>2621685401</t>
+          <t>2623682403</t>
         </is>
       </c>
       <c r="I249" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J249" s="4" t="inlineStr">
         <is>
-          <t>с. Сороки, Городенківський район, Івано-Франківська область</t>
+          <t>с. Старий Косів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K249" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 24В</t>
+          <t>провулок Колюка, 2</t>
         </is>
       </c>
       <c r="L249" s="6" t="inlineStr">
         <is>
-          <t>UA26080030300057866</t>
+          <t>UA26100010110017520</t>
         </is>
       </c>
       <c r="M249" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Сороки</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Старий Косів</t>
         </is>
       </c>
       <c r="N249" s="7"/>
       <c r="O249" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P249" s="4"/>
       <c r="Q249" s="4"/>
-      <c r="R249" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R249" s="4"/>
       <c r="S249" s="4"/>
       <c r="T249" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y249" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="4" t="inlineStr">
         <is>
-          <t>Спаський заклад дошкільної освіти(садок) "Сонечко"Спаської сільської ради обєднаної територіальної громади Івано - Франківської області</t>
+          <t>Старолисецький дошкільний навчальний заклад дитячий садок "Малятко" загального розвитку</t>
         </is>
       </c>
       <c r="B250" s="5" t="n">
-        <v>173097</v>
+        <v>173430</v>
       </c>
       <c r="C250" s="6"/>
       <c r="D250" s="4" t="inlineStr">
         <is>
-          <t>ЗДО(садок)"Сонечко"</t>
+          <t>Старолисецький ДНЗ "Малятко"</t>
         </is>
       </c>
       <c r="E250" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G250" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H250" s="6" t="inlineStr">
         <is>
-          <t>2624885501</t>
+          <t>2625885801</t>
         </is>
       </c>
       <c r="I250" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J250" s="4" t="inlineStr">
         <is>
-          <t>с. Спас, Рожнятівський район, Івано-Франківська область</t>
+          <t>с. Старий Лисець, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K250" s="4" t="inlineStr">
         <is>
-          <t>вулиця Франка, 18-</t>
+          <t>вулиця Кобилянської, 45</t>
         </is>
       </c>
       <c r="L250" s="6" t="inlineStr">
         <is>
-          <t>UA26060250010062648</t>
+          <t>UA26040210030021383</t>
         </is>
       </c>
       <c r="M250" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Спас</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Старий Лисець</t>
         </is>
       </c>
       <c r="N250" s="7"/>
       <c r="O250" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P250" s="4"/>
       <c r="Q250" s="4"/>
-      <c r="R250" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S250" s="4"/>
+      <c r="R250" s="4"/>
+      <c r="S250" s="4" t="inlineStr">
+        <is>
+          <t>maliatko old-fox         maliatko1979@gmail.com</t>
+        </is>
+      </c>
       <c r="T250" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y250" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="4" t="inlineStr">
         <is>
-          <t>Вербовецький дошкільний навчальний заклад (дитячий садок) "Росинка"</t>
+          <t>Старомізунський заклад дошкільної освіти "Журавлик" Вигодської селищної ради</t>
         </is>
       </c>
       <c r="B251" s="5" t="n">
-        <v>173181</v>
+        <v>173770</v>
       </c>
       <c r="C251" s="6"/>
       <c r="D251" s="4" t="inlineStr">
         <is>
-          <t>Вербовецький ДНЗ (дитячий садок) "Росинка"</t>
+          <t>Старомізунський ЗДО "Журавлик"</t>
         </is>
       </c>
       <c r="E251" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G251" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H251" s="6" t="inlineStr">
         <is>
-          <t>2623682403</t>
+          <t>2622086201</t>
         </is>
       </c>
       <c r="I251" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J251" s="4" t="inlineStr">
         <is>
-          <t>с. Старий Косів, Косівський район, Івано-Франківська область</t>
+          <t>с. Старий Мізунь, Долинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K251" s="4" t="inlineStr">
         <is>
-          <t>провулок Колюка, 2</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця C. Стрільців, 48</t>
+        </is>
+      </c>
+      <c r="L251" s="6"/>
+      <c r="M251" s="4"/>
       <c r="N251" s="7"/>
       <c r="O251" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P251" s="4"/>
+          <t>Відділ освіти, молоді та спорту Вигодської селищної ради</t>
+        </is>
+      </c>
+      <c r="P251" s="4" t="inlineStr">
+        <is>
+          <t>(03477)61-3-08</t>
+        </is>
+      </c>
       <c r="Q251" s="4"/>
-      <c r="R251" s="4"/>
+      <c r="R251" s="4" t="inlineStr">
+        <is>
+          <t>www.oksana.2013@ukr.net</t>
+        </is>
+      </c>
       <c r="S251" s="4"/>
       <c r="T251" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y251" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="4" t="inlineStr">
         <is>
-          <t>Старолисецький дошкільний навчальний заклад дитячий садок "Малятко" загального розвитку</t>
+          <t>Старобогородчанський заклад дошкільної освіти ясла-садок "Джерельце"</t>
         </is>
       </c>
       <c r="B252" s="5" t="n">
-        <v>173430</v>
+        <v>172714</v>
       </c>
       <c r="C252" s="6"/>
       <c r="D252" s="4" t="inlineStr">
         <is>
-          <t>Старолисецький ДНЗ "Малятко"</t>
+          <t>Старобогородчанський ЗДО "Джерельце"</t>
         </is>
       </c>
       <c r="E252" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G252" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H252" s="6" t="inlineStr">
         <is>
-          <t>2625885801</t>
+          <t>2620488601</t>
         </is>
       </c>
       <c r="I252" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J252" s="4" t="inlineStr">
         <is>
-          <t>с. Старий Лисець, Тисменицький район, Івано-Франківська область</t>
+          <t>с. Старі Богородчани, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K252" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кобилянської, 45</t>
+          <t>вулиця Січових Стрільців, 85</t>
         </is>
       </c>
       <c r="L252" s="6" t="inlineStr">
         <is>
-          <t>UA26040210030021383</t>
+          <t>UA26040310010020838</t>
         </is>
       </c>
       <c r="M252" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Старий Лисець</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Старі Богородчани</t>
         </is>
       </c>
       <c r="N252" s="7"/>
       <c r="O252" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P252" s="4"/>
       <c r="Q252" s="4"/>
-      <c r="R252" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R252" s="4" t="inlineStr">
+        <is>
+          <t>sadok78.B@gmail.com</t>
+        </is>
+      </c>
+      <c r="S252" s="4"/>
       <c r="T252" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y252" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="4" t="inlineStr">
         <is>
-          <t>Старомізунський заклад дошкільної освіти "Журавлик" Вигодської селищної ради</t>
+          <t>Старокутський дошкільний навчальний заклад (ясла-садок) "Гуцулочка"</t>
         </is>
       </c>
       <c r="B253" s="5" t="n">
-        <v>173770</v>
+        <v>173190</v>
       </c>
       <c r="C253" s="6"/>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>Старомізунський ЗДО "Журавлик"</t>
+          <t>Старокутський ДНЗ (ясла-садок) "Гуцулочка"</t>
         </is>
       </c>
       <c r="E253" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G253" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H253" s="6" t="inlineStr">
         <is>
-          <t>2622086201</t>
+          <t>2623687001</t>
         </is>
       </c>
       <c r="I253" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J253" s="4" t="inlineStr">
         <is>
-          <t>с. Старий Мізунь, Долинський район, Івано-Франківська область</t>
+          <t>с. Старі Кути, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K253" s="4" t="inlineStr">
         <is>
-          <t>вулиця C. Стрільців, 48</t>
-[...3 lines deleted...]
-      <c r="M253" s="4"/>
+          <t>вулиця Довга, 55</t>
+        </is>
+      </c>
+      <c r="L253" s="6" t="inlineStr">
+        <is>
+          <t>UA26100050060091840</t>
+        </is>
+      </c>
+      <c r="M253" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Косівський р-н, с. Старі Кути</t>
+        </is>
+      </c>
       <c r="N253" s="7"/>
       <c r="O253" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Вигодської селищної ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P253" s="4"/>
       <c r="Q253" s="4"/>
-      <c r="R253" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S253" s="4"/>
+      <c r="R253" s="4"/>
+      <c r="S253" s="4" t="inlineStr">
+        <is>
+          <t>admin 9D8B30</t>
+        </is>
+      </c>
       <c r="T253" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y253" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="4" t="inlineStr">
         <is>
-          <t>Старобогородчанський заклад дошкільної освіти ясла-садок "Джерельце"</t>
+          <t>Стебнівський дошкільний навчальний заклад (дитячий садок) "Гуцулочка" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B254" s="5" t="n">
-        <v>172714</v>
+        <v>173248</v>
       </c>
       <c r="C254" s="6"/>
       <c r="D254" s="4" t="inlineStr">
         <is>
-          <t>Старобогородчанський ЗДО "Джерельце"</t>
+          <t>Стебнівський ДНЗ</t>
         </is>
       </c>
       <c r="E254" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G254" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H254" s="6" t="inlineStr">
         <is>
-          <t>2620488601</t>
+          <t>2620887001</t>
         </is>
       </c>
       <c r="I254" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J254" s="4" t="inlineStr">
         <is>
-          <t>с. Старі Богородчани, Богородчанський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Стебні, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K254" s="4"/>
       <c r="L254" s="6" t="inlineStr">
         <is>
-          <t>UA26040310010020838</t>
+          <t>UA26020010120021901</t>
         </is>
       </c>
       <c r="M254" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Старі Богородчани</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Стебні</t>
         </is>
       </c>
       <c r="N254" s="7"/>
       <c r="O254" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P254" s="4"/>
       <c r="Q254" s="4"/>
-      <c r="R254" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R254" s="4"/>
       <c r="S254" s="4"/>
       <c r="T254" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y254" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="4" t="inlineStr">
         <is>
-          <t>Старокутський дошкільний навчальний заклад (ясла-садок) "Гуцулочка"</t>
+          <t>Стецівський комунальний дошкільний навчальний заклад дитячий садок "Веселка"</t>
         </is>
       </c>
       <c r="B255" s="5" t="n">
-        <v>173190</v>
+        <v>173263</v>
       </c>
       <c r="C255" s="6"/>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>Старокутський ДНЗ (ясла-садок) "Гуцулочка"</t>
+          <t>Стецівський ДНЗ "Веселка"</t>
         </is>
       </c>
       <c r="E255" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G255" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H255" s="6" t="inlineStr">
         <is>
-          <t>2623687001</t>
+          <t>2625285101</t>
         </is>
       </c>
       <c r="I255" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J255" s="4" t="inlineStr">
         <is>
-          <t>с. Старі Кути, Косівський район, Івано-Франківська область</t>
+          <t>с. Стецева, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K255" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довга, 55</t>
+          <t>вулиця Миру, 2</t>
         </is>
       </c>
       <c r="L255" s="6" t="inlineStr">
         <is>
-          <t>UA26100050060091840</t>
+          <t>UA26080230220070739</t>
         </is>
       </c>
       <c r="M255" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Старі Кути</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Стецева</t>
         </is>
       </c>
       <c r="N255" s="7"/>
       <c r="O255" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P255" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P255" s="4" t="inlineStr">
+        <is>
+          <t>(03476)61527</t>
+        </is>
+      </c>
       <c r="Q255" s="4"/>
-      <c r="R255" s="4"/>
+      <c r="R255" s="4" t="inlineStr">
+        <is>
+          <t>veriga.n@ukr.net</t>
+        </is>
+      </c>
       <c r="S255" s="4" t="inlineStr">
         <is>
-          <t>admin 9D8B30</t>
+          <t>https://Dnzsetseva.ucoz.net</t>
         </is>
       </c>
       <c r="T255" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y255" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="4" t="inlineStr">
         <is>
-          <t>Стебнівський дошкільний навчальний заклад (дитячий садок) "Гуцулочка" Верховинської районної ради Івано-Франківської області</t>
+          <t>Стрільченський заклад дошкільної освіти (ясла-садок)"Казка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B256" s="5" t="n">
-        <v>173248</v>
-[...1 lines deleted...]
-      <c r="C256" s="6"/>
+        <v>173150</v>
+      </c>
+      <c r="C256" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
-          <t>Стебнівський ДНЗ</t>
+          <t>Стрільченський ЗДО (ясла-садок)"Казка"</t>
         </is>
       </c>
       <c r="E256" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G256" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H256" s="6" t="inlineStr">
         <is>
-          <t>2620887001</t>
+          <t>2621685501</t>
         </is>
       </c>
       <c r="I256" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J256" s="4" t="inlineStr">
         <is>
-          <t>с. Стебні, Верховинський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K256" s="4"/>
+          <t>с. Стрільче, Городенківський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K256" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шевченка, 7</t>
+        </is>
+      </c>
       <c r="L256" s="6" t="inlineStr">
         <is>
-          <t>UA26020010120021901</t>
+          <t>UA26080030310037217</t>
         </is>
       </c>
       <c r="M256" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Верховинський р-н, с. Стебні</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Стрільче</t>
         </is>
       </c>
       <c r="N256" s="7"/>
       <c r="O256" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P256" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P256" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q256" s="4"/>
       <c r="R256" s="4"/>
-      <c r="S256" s="4"/>
+      <c r="S256" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/strilcenskijzdokazka</t>
+        </is>
+      </c>
       <c r="T256" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Романська Марія Тарасівна</t>
         </is>
       </c>
       <c r="U256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y256" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="4" t="inlineStr">
         <is>
-          <t>Стецівський комунальний дошкільний навчальний заклад дитячий садок "Веселка"</t>
+          <t>Струпківський заклад дошкільної освітиsvi (ясла-садок) "Дюймовочка"</t>
         </is>
       </c>
       <c r="B257" s="5" t="n">
-        <v>173263</v>
+        <v>173164</v>
       </c>
       <c r="C257" s="6"/>
       <c r="D257" s="4" t="inlineStr">
         <is>
-          <t>Стецівський ДНЗ "Веселка"</t>
+          <t>Струпківський ЗДО "Дюймовочка"</t>
         </is>
       </c>
       <c r="E257" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G257" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H257" s="6" t="inlineStr">
         <is>
-          <t>2625285101</t>
+          <t>2623286801</t>
         </is>
       </c>
       <c r="I257" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J257" s="4" t="inlineStr">
         <is>
-          <t>с. Стецева, Снятинський район, Івано-Франківська область</t>
+          <t>с. Струпків, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K257" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 2</t>
+          <t>вулиця Шевченка, 7</t>
         </is>
       </c>
       <c r="L257" s="6" t="inlineStr">
         <is>
-          <t>UA26080230220070739</t>
+          <t>UA26080150160087497</t>
         </is>
       </c>
       <c r="M257" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Стецева</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Струпків</t>
         </is>
       </c>
       <c r="N257" s="7"/>
       <c r="O257" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P257" s="4"/>
       <c r="Q257" s="4"/>
       <c r="R257" s="4" t="inlineStr">
         <is>
-          <t>veriga.n@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>svitlana1.com@gmail.com</t>
+        </is>
+      </c>
+      <c r="S257" s="4"/>
       <c r="T257" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y257" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="4" t="inlineStr">
         <is>
-          <t>Стрільченський дошкільний навчальний заклад(ясла-садок)"Казка"</t>
+          <t>Тисменицький дошкільний навчальний заклад (ясла-садок) «Сонечко»</t>
         </is>
       </c>
       <c r="B258" s="5" t="n">
-        <v>173150</v>
+        <v>173425</v>
       </c>
       <c r="C258" s="6"/>
       <c r="D258" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (ясла-садок)"Казка"</t>
+          <t>Тисменицький ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E258" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G258" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H258" s="6" t="inlineStr">
         <is>
-          <t>2621685501</t>
+          <t>2625810100</t>
         </is>
       </c>
       <c r="I258" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J258" s="4" t="inlineStr">
         <is>
-          <t>с. Стрільче, Городенківський район, Івано-Франківська область</t>
+          <t>Тисмениця, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K258" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 7</t>
+          <t>вулиця Наливайка, 16</t>
         </is>
       </c>
       <c r="L258" s="6" t="inlineStr">
         <is>
-          <t>UA26080030310037217</t>
+          <t>UA26040330010091232</t>
         </is>
       </c>
       <c r="M258" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Стрільче</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, м. Тисмениця</t>
         </is>
       </c>
       <c r="N258" s="7"/>
       <c r="O258" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P258" s="4"/>
       <c r="Q258" s="4"/>
       <c r="R258" s="4"/>
-      <c r="S258" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S258" s="4"/>
       <c r="T258" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y258" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="4" t="inlineStr">
         <is>
-          <t>Струпківський заклад дошкільної освітиsvi (ясла-садок) "Дюймовочка"</t>
+          <t>Тисменичанський дошкільний навчальний заклад (ясла-садок) "Їжачок"</t>
         </is>
       </c>
       <c r="B259" s="5" t="n">
-        <v>173164</v>
+        <v>173227</v>
       </c>
       <c r="C259" s="6"/>
       <c r="D259" s="4" t="inlineStr">
         <is>
-          <t>Струпківський ЗДО "Дюймовочка"</t>
+          <t>Тисменичанський ДНЗ (ясла-садок) "Їжачок"</t>
         </is>
       </c>
       <c r="E259" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G259" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H259" s="6" t="inlineStr">
         <is>
-          <t>2623286801</t>
+          <t>2624086801</t>
         </is>
       </c>
       <c r="I259" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J259" s="4" t="inlineStr">
         <is>
-          <t>с. Струпків, Коломийський район, Івано-Франківська область</t>
+          <t>с. Тисменичани, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K259" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 7</t>
+          <t>вулиця Грушевського, 55</t>
         </is>
       </c>
       <c r="L259" s="6" t="inlineStr">
         <is>
-          <t>UA26080150160087497</t>
+          <t>UA26040190140018768</t>
         </is>
       </c>
       <c r="M259" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Струпків</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Тисменичани</t>
         </is>
       </c>
       <c r="N259" s="7"/>
       <c r="O259" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P259" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P259" s="4" t="inlineStr">
+        <is>
+          <t>0967080786</t>
+        </is>
+      </c>
       <c r="Q259" s="4"/>
       <c r="R259" s="4" t="inlineStr">
         <is>
-          <t>svitlana1.com@gmail.com</t>
+          <t>dnz-tysmenychany@ukr.net</t>
         </is>
       </c>
       <c r="S259" s="4"/>
       <c r="T259" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y259" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="4" t="inlineStr">
         <is>
-          <t>Тисменицький дошкільний навчальний заклад (ясла-садок) «Сонечко»</t>
+          <t>дошкільний навчальний заклад (ясла - садок) "Дюймовочка"</t>
         </is>
       </c>
       <c r="B260" s="5" t="n">
-        <v>173425</v>
+        <v>171800</v>
       </c>
       <c r="C260" s="6"/>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Тисменицький ДНЗ "Сонечко"</t>
+          <t>ДНЗ "Дюймовочка"</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G260" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H260" s="6" t="inlineStr">
         <is>
-          <t>2625810100</t>
+          <t>2625610100</t>
         </is>
       </c>
       <c r="I260" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J260" s="4" t="inlineStr">
         <is>
-          <t>Тисмениця, Тисменицький район, Івано-Франківська область</t>
+          <t>Тлумач, Тлумацький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K260" s="4" t="inlineStr">
         <is>
-          <t>вулиця Наливайка, 16</t>
+          <t>вулиця Берегового, 2</t>
         </is>
       </c>
       <c r="L260" s="6" t="inlineStr">
         <is>
-          <t>UA26040330010091232</t>
+          <t>UA26040350010070754</t>
         </is>
       </c>
       <c r="M260" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, м. Тисмениця</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, м. Тлумач</t>
         </is>
       </c>
       <c r="N260" s="7"/>
       <c r="O260" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P260" s="4"/>
+      <c r="P260" s="4" t="inlineStr">
+        <is>
+          <t>0347922445</t>
+        </is>
+      </c>
       <c r="Q260" s="4"/>
-      <c r="R260" s="4"/>
+      <c r="R260" s="4" t="inlineStr">
+        <is>
+          <t>buh.dyujmovochka@ukr.net</t>
+        </is>
+      </c>
       <c r="S260" s="4"/>
       <c r="T260" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y260" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="4" t="inlineStr">
         <is>
-          <t>Тисменичанський дошкільний навчальний заклад (ясла-садок) "Їжачок"</t>
+          <t>Тлумацький дошкільний навчальний заклад (ясла-садок) "Сонечко"</t>
         </is>
       </c>
       <c r="B261" s="5" t="n">
-        <v>173227</v>
+        <v>171799</v>
       </c>
       <c r="C261" s="6"/>
       <c r="D261" s="4" t="inlineStr">
         <is>
-          <t>Тисменичанський ДНЗ (ясла-садок) "Їжачок"</t>
+          <t>ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E261" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G261" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H261" s="6" t="inlineStr">
         <is>
-          <t>2624086801</t>
+          <t>2625610100</t>
         </is>
       </c>
       <c r="I261" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J261" s="4" t="inlineStr">
         <is>
-          <t>с. Тисменичани, Надвірнянський район, Івано-Франківська область</t>
+          <t>Тлумач, Тлумацький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K261" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 55</t>
+          <t>вулиця Шевченка, 18</t>
         </is>
       </c>
       <c r="L261" s="6" t="inlineStr">
         <is>
-          <t>UA26040190140018768</t>
+          <t>UA26040350010070754</t>
         </is>
       </c>
       <c r="M261" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Тисменичани</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, м. Тлумач</t>
         </is>
       </c>
       <c r="N261" s="7"/>
       <c r="O261" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P261" s="4" t="inlineStr">
         <is>
-          <t>0967080786</t>
+          <t>03479-2-14-61</t>
         </is>
       </c>
       <c r="Q261" s="4"/>
       <c r="R261" s="4" t="inlineStr">
         <is>
-          <t>dnz-tysmenychany@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S261" s="4"/>
+          <t>Tlumach_dnz@mail.ru</t>
+        </is>
+      </c>
+      <c r="S261" s="4" t="inlineStr">
+        <is>
+          <t>sonechko-tl.at.ua</t>
+        </is>
+      </c>
       <c r="T261" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y261" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="4" t="inlineStr">
         <is>
-          <t>дошкільний навчальний заклад (ясла - садок) "Дюймовочка"</t>
+          <t>Товмачицький заклад дошкільної освіти (дитячий садок) "Теремок" Коломийської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B262" s="5" t="n">
-        <v>171800</v>
+        <v>173165</v>
       </c>
       <c r="C262" s="6"/>
       <c r="D262" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Дюймовочка"</t>
+          <t>Товмачицький ЗДО"Теремок"</t>
         </is>
       </c>
       <c r="E262" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G262" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H262" s="6" t="inlineStr">
         <is>
-          <t>2625610100</t>
+          <t>2623287201</t>
         </is>
       </c>
       <c r="I262" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J262" s="4" t="inlineStr">
         <is>
-          <t>Тлумач, Тлумацький район, Івано-Франківська область</t>
+          <t>с. Товмачик, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K262" s="4" t="inlineStr">
         <is>
-          <t>вулиця Берегового, 2</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 5б</t>
+        </is>
+      </c>
+      <c r="L262" s="6"/>
+      <c r="M262" s="4"/>
       <c r="N262" s="7"/>
       <c r="O262" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Управління освіти Коломийської міської ради</t>
+        </is>
+      </c>
+      <c r="P262" s="4"/>
       <c r="Q262" s="4"/>
-      <c r="R262" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R262" s="4"/>
       <c r="S262" s="4"/>
       <c r="T262" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y262" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="4" t="inlineStr">
         <is>
-          <t>Тлумацький дошкільний навчальний заклад (ясла-садок) "Сонечко"</t>
+          <t>Торговицький заклад дошкільної освіти (ясла-садок) "Соколята"</t>
         </is>
       </c>
       <c r="B263" s="5" t="n">
-        <v>171799</v>
+        <v>173166</v>
       </c>
       <c r="C263" s="6"/>
       <c r="D263" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Сонечко"</t>
+          <t>Торговицький ЗДО "Соколята"</t>
         </is>
       </c>
       <c r="E263" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G263" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H263" s="6" t="inlineStr">
         <is>
-          <t>2625610100</t>
+          <t>2623287401</t>
         </is>
       </c>
       <c r="I263" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J263" s="4" t="inlineStr">
         <is>
-          <t>Тлумач, Тлумацький район, Івано-Франківська область</t>
+          <t>с. Торговиця, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K263" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 18</t>
+          <t>вулиця Середина, 8</t>
         </is>
       </c>
       <c r="L263" s="6" t="inlineStr">
         <is>
-          <t>UA26040350010070754</t>
+          <t>UA26080150170039364</t>
         </is>
       </c>
       <c r="M263" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, м. Тлумач</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Торговиця</t>
         </is>
       </c>
       <c r="N263" s="7"/>
       <c r="O263" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P263" s="4"/>
       <c r="Q263" s="4"/>
-      <c r="R263" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R263" s="4"/>
+      <c r="S263" s="4"/>
       <c r="T263" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y263" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="4" t="inlineStr">
         <is>
-          <t>Товмачицький заклад дошкільної освіти (дитячий садок) "Теремок" Коломийської міської ради Івано-Франківської області</t>
+          <t>Тростянецький дошкільний навчальний заклад "Малятко"</t>
         </is>
       </c>
       <c r="B264" s="5" t="n">
-        <v>173165</v>
+        <v>172742</v>
       </c>
       <c r="C264" s="6"/>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>Товмачицький ЗДО"Теремок"</t>
+          <t>Тростянецьке ДНЗ"Малятко"</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G264" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H264" s="6" t="inlineStr">
         <is>
-          <t>2623287201</t>
+          <t>2625285601</t>
         </is>
       </c>
       <c r="I264" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J264" s="4" t="inlineStr">
         <is>
-          <t>с. Товмачик, Коломийський район, Івано-Франківська область</t>
+          <t>с. Тростянець, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K264" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5б</t>
+          <t>вулиця І.Франка, 12</t>
         </is>
       </c>
       <c r="L264" s="6"/>
       <c r="M264" s="4"/>
       <c r="N264" s="7"/>
       <c r="O264" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Коломийської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P264" s="4"/>
       <c r="Q264" s="4"/>
       <c r="R264" s="4"/>
       <c r="S264" s="4"/>
       <c r="T264" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y264" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="4" t="inlineStr">
         <is>
-          <t>Топорівський дошкільний навчальний заклад " Світанок"</t>
+          <t>Тулуківський дошкільний навчальний заклад "Дюймовочка"</t>
         </is>
       </c>
       <c r="B265" s="5" t="n">
-        <v>173140</v>
+        <v>173264</v>
       </c>
       <c r="C265" s="6"/>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Топорівський ДНЗ " Світанок"</t>
+          <t>Тулуківський ДНЗ "Дюймовочка"</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G265" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H265" s="6" t="inlineStr">
         <is>
-          <t>2621685701</t>
+          <t>2625285901</t>
         </is>
       </c>
       <c r="I265" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J265" s="4" t="inlineStr">
         <is>
-          <t>с. Топорівці, Городенківський район, Івано-Франківська область</t>
+          <t>с. Тулуків, Снятинський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K265" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 2А</t>
+          <t>вулиця Василя Стуса, 57</t>
         </is>
       </c>
       <c r="L265" s="6" t="inlineStr">
         <is>
-          <t>UA26080030330081494</t>
+          <t>UA26080050180077356</t>
         </is>
       </c>
       <c r="M265" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Топорівці</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Тулуків</t>
         </is>
       </c>
       <c r="N265" s="7"/>
       <c r="O265" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P265" s="4"/>
+      <c r="P265" s="4" t="inlineStr">
+        <is>
+          <t>0968031150</t>
+        </is>
+      </c>
       <c r="Q265" s="4"/>
-      <c r="R265" s="4"/>
+      <c r="R265" s="4" t="inlineStr">
+        <is>
+          <t>tulukiv.dnz@gmail.com</t>
+        </is>
+      </c>
       <c r="S265" s="4"/>
       <c r="T265" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y265" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="4" t="inlineStr">
         <is>
-          <t>Торговицький заклад дошкільної освіти (ясла-садок) "Соколята"</t>
+          <t>Турківський дошкільний навчальний заклад (ясла-садок) "Малятко"</t>
         </is>
       </c>
       <c r="B266" s="5" t="n">
-        <v>173166</v>
+        <v>172505</v>
       </c>
       <c r="C266" s="6"/>
       <c r="D266" s="4" t="inlineStr">
         <is>
-          <t>Торговицький ЗДО "Соколята"</t>
+          <t>Турківський ДНЗ"Малятко"</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G266" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H266" s="6" t="inlineStr">
         <is>
-          <t>2623287401</t>
+          <t>2623287601</t>
         </is>
       </c>
       <c r="I266" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J266" s="4" t="inlineStr">
         <is>
-          <t>с. Торговиця, Коломийський район, Івано-Франківська область</t>
+          <t>с. Турка, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K266" s="4" t="inlineStr">
         <is>
-          <t>вулиця Середина, 8</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Першотравнева, 2</t>
+        </is>
+      </c>
+      <c r="L266" s="6"/>
+      <c r="M266" s="4"/>
       <c r="N266" s="7"/>
       <c r="O266" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P266" s="4"/>
       <c r="Q266" s="4"/>
       <c r="R266" s="4"/>
       <c r="S266" s="4"/>
       <c r="T266" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y266" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="4" t="inlineStr">
         <is>
-          <t>Тростянецький дошкільний навчальний заклад "Малятко"</t>
+          <t>Тустанський дошкільний навчальний заклад ясла-садок "Веселка"</t>
         </is>
       </c>
       <c r="B267" s="5" t="n">
-        <v>172742</v>
+        <v>173281</v>
       </c>
       <c r="C267" s="6"/>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Тростянецьке ДНЗ"Малятко"</t>
+          <t>Тустанський ДНЗ</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G267" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H267" s="6" t="inlineStr">
         <is>
-          <t>2625285601</t>
+          <t>2621287301</t>
         </is>
       </c>
       <c r="I267" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J267" s="4" t="inlineStr">
         <is>
-          <t>с. Тростянець, Снятинський район, Івано-Франківська область</t>
+          <t>с. Тустань, Галицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K267" s="4" t="inlineStr">
         <is>
-          <t>вулиця І.Франка, 12</t>
-[...3 lines deleted...]
-      <c r="M267" s="4"/>
+          <t>вулиця Незалежності, 4</t>
+        </is>
+      </c>
+      <c r="L267" s="6" t="inlineStr">
+        <is>
+          <t>UA26040130150093497</t>
+        </is>
+      </c>
+      <c r="M267" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Тустань</t>
+        </is>
+      </c>
       <c r="N267" s="7"/>
       <c r="O267" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Галицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P267" s="4"/>
       <c r="Q267" s="4"/>
       <c r="R267" s="4"/>
       <c r="S267" s="4"/>
       <c r="T267" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y267" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="4" t="inlineStr">
         <is>
-          <t>Тулуківський дошкільний навчальний заклад "Дюймовочка"</t>
+          <t>Тюдівський дошкільний навчальний заклад (ясла-садок) "Полуничка"</t>
         </is>
       </c>
       <c r="B268" s="5" t="n">
-        <v>173264</v>
+        <v>173191</v>
       </c>
       <c r="C268" s="6"/>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>Тулуківський ДНЗ "Дюймовочка"</t>
+          <t>Тюдівський ДНЗ (ясла-садок) "Полуничка"</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G268" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H268" s="6" t="inlineStr">
         <is>
-          <t>2625285901</t>
+          <t>2623687901</t>
         </is>
       </c>
       <c r="I268" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J268" s="4" t="inlineStr">
         <is>
-          <t>с. Тулуків, Снятинський район, Івано-Франківська область</t>
+          <t>с. Тюдів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K268" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Стуса, 57</t>
+          <t>вулиця Шевченка, 88</t>
         </is>
       </c>
       <c r="L268" s="6" t="inlineStr">
         <is>
-          <t>UA26080050180077356</t>
+          <t>UA26100050070043743</t>
         </is>
       </c>
       <c r="M268" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Тулуків</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Тюдів</t>
         </is>
       </c>
       <c r="N268" s="7"/>
       <c r="O268" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P268" s="4"/>
       <c r="Q268" s="4"/>
-      <c r="R268" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R268" s="4"/>
       <c r="S268" s="4"/>
       <c r="T268" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y268" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="4" t="inlineStr">
         <is>
-          <t>Турківський дошкільний навчальний заклад (ясла-садок) "Малятко"</t>
+          <t>Угорницький заклад дошкільної освіти (ясла-садок) "Сонечко" Угорницької сільської ради Коломийського райну Івано-Франківської області</t>
         </is>
       </c>
       <c r="B269" s="5" t="n">
-        <v>172505</v>
+        <v>173167</v>
       </c>
       <c r="C269" s="6"/>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>Турківський ДНЗ"Малятко"</t>
+          <t>Угорницький ЗДО"Сонечко"</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G269" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H269" s="6" t="inlineStr">
         <is>
-          <t>2623287601</t>
+          <t>2623287801</t>
         </is>
       </c>
       <c r="I269" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J269" s="4" t="inlineStr">
         <is>
-          <t>с. Турка, Коломийський район, Івано-Франківська область</t>
+          <t>с. Угорники, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K269" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 2</t>
-[...3 lines deleted...]
-      <c r="M269" s="4"/>
+          <t>вулиця Шевченка, 5</t>
+        </is>
+      </c>
+      <c r="L269" s="6" t="inlineStr">
+        <is>
+          <t>UA26080150180094481</t>
+        </is>
+      </c>
+      <c r="M269" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Угорники</t>
+        </is>
+      </c>
       <c r="N269" s="7"/>
       <c r="O269" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P269" s="4"/>
       <c r="Q269" s="4"/>
       <c r="R269" s="4"/>
-      <c r="S269" s="4"/>
+      <c r="S269" s="4" t="inlineStr">
+        <is>
+          <t>https://youcontrol.com.ua/catalog/company_details/35189084/</t>
+        </is>
+      </c>
       <c r="T269" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y269" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="4" t="inlineStr">
         <is>
-          <t>Тустанський дошкільний навчальний заклад ясла-садок "Веселка"</t>
+          <t>Устеріківський заклад дошкільної освіти (дитячий садок) "Вишиванка" Білоберізької сільської ради об'єднаної територіальної громади Верховинського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B270" s="5" t="n">
-        <v>173281</v>
+        <v>175997</v>
       </c>
       <c r="C270" s="6"/>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Тустанський ДНЗ</t>
+          <t>Устеріківський ЗДО</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G270" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H270" s="6" t="inlineStr">
         <is>
-          <t>2621287301</t>
+          <t>2620887501</t>
         </is>
       </c>
       <c r="I270" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J270" s="4" t="inlineStr">
         <is>
-          <t>с. Тустань, Галицький район, Івано-Франківська область</t>
-[...16 lines deleted...]
-      </c>
+          <t>с. Устеріки, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K270" s="4"/>
+      <c r="L270" s="6"/>
+      <c r="M270" s="4"/>
       <c r="N270" s="7"/>
       <c r="O270" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Галицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P270" s="4"/>
       <c r="Q270" s="4"/>
       <c r="R270" s="4"/>
       <c r="S270" s="4"/>
       <c r="T270" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y270" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="4" t="inlineStr">
         <is>
-          <t>Тюдівський дошкільний навчальний заклад (ясла-садок) "Полуничка"</t>
+          <t>Фитьківський заклад дошкільної освіти ( дитячий садок ) «СОНЕЧКО» Переріслянської сільської ради об'єднаної територіальної громади</t>
         </is>
       </c>
       <c r="B271" s="5" t="n">
-        <v>173191</v>
+        <v>175354</v>
       </c>
       <c r="C271" s="6"/>
       <c r="D271" s="4" t="inlineStr">
         <is>
-          <t>Тюдівський ДНЗ (ясла-садок) "Полуничка"</t>
+          <t>Фитківський ЗДО (дитячий садок) "Сонечко" Переріслянської сільської ради ОТГ</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G271" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H271" s="6" t="inlineStr">
         <is>
-          <t>2623687901</t>
+          <t>2624086901</t>
         </is>
       </c>
       <c r="I271" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J271" s="4" t="inlineStr">
         <is>
-          <t>с. Тюдів, Косівський район, Івано-Франківська область</t>
+          <t>с. Фитьків, Надвірнянський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K271" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 88</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Л. Українки, 23</t>
+        </is>
+      </c>
+      <c r="L271" s="6"/>
+      <c r="M271" s="4"/>
       <c r="N271" s="7"/>
       <c r="O271" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P271" s="4"/>
       <c r="Q271" s="4"/>
       <c r="R271" s="4"/>
       <c r="S271" s="4"/>
       <c r="T271" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y271" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="4" t="inlineStr">
         <is>
-          <t>Угорницький заклад дошкільної освіти (ясла-садок) "Сонечко" Угорницької сільської ради Коломийського райну Івано-Франківської області</t>
+          <t>Хімчинський заклад дошкільної освіти (дитячий садок) "Ластівка"</t>
         </is>
       </c>
       <c r="B272" s="5" t="n">
-        <v>173167</v>
+        <v>173075</v>
       </c>
       <c r="C272" s="6"/>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>Угорницький ЗДО"Сонечко"</t>
+          <t>Хімчинський ЗДО</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G272" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H272" s="6" t="inlineStr">
         <is>
-          <t>2623287801</t>
+          <t>2623688201</t>
         </is>
       </c>
       <c r="I272" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J272" s="4" t="inlineStr">
         <is>
-          <t>с. Угорники, Коломийський район, Івано-Франківська область</t>
+          <t>с. Химчин, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K272" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 5</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 6</t>
+        </is>
+      </c>
+      <c r="L272" s="6"/>
+      <c r="M272" s="4"/>
       <c r="N272" s="7"/>
       <c r="O272" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P272" s="4"/>
       <c r="Q272" s="4"/>
-      <c r="R272" s="4"/>
+      <c r="R272" s="4" t="inlineStr">
+        <is>
+          <t>himchun.lastiv.sad@gmail.com</t>
+        </is>
+      </c>
       <c r="S272" s="4" t="inlineStr">
         <is>
-          <t>https://youcontrol.com.ua/catalog/company_details/35189084/</t>
+          <t>https://sites.google.com/</t>
         </is>
       </c>
       <c r="T272" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y272" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="4" t="inlineStr">
         <is>
-          <t>Устеріківський заклад дошкільної освіти (дитячий садок) "Вишиванка" Білоберізької сільської ради об'єднаної територіальної громади Верховинського району Івано-Франківської області</t>
+          <t>дошкільний навчальний заклад (ясла-садок) "Дзвіночок"</t>
         </is>
       </c>
       <c r="B273" s="5" t="n">
-        <v>175997</v>
+        <v>173265</v>
       </c>
       <c r="C273" s="6"/>
       <c r="D273" s="4" t="inlineStr">
         <is>
-          <t>Устеріківський ЗДО</t>
+          <t>ДНЗ (я/с) "Дзвіночок"</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G273" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H273" s="6" t="inlineStr">
         <is>
-          <t>2620887501</t>
+          <t>2625286401</t>
         </is>
       </c>
       <c r="I273" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J273" s="4" t="inlineStr">
         <is>
-          <t>с. Устеріки, Верховинський район, Івано-Франківська область</t>
-[...4 lines deleted...]
-      <c r="M273" s="4"/>
+          <t>с. Хутір-Будилів, Снятинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K273" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Привокзальна, 2</t>
+        </is>
+      </c>
+      <c r="L273" s="6" t="inlineStr">
+        <is>
+          <t>UA26080230270054050</t>
+        </is>
+      </c>
+      <c r="M273" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Хутір-Будилів</t>
+        </is>
+      </c>
       <c r="N273" s="7"/>
       <c r="O273" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P273" s="4"/>
       <c r="Q273" s="4"/>
       <c r="R273" s="4"/>
       <c r="S273" s="4"/>
       <c r="T273" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y273" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="4" t="inlineStr">
         <is>
-          <t>Фитьківський заклад дошкільної освіти ( дитячий садок ) «СОНЕЧКО» Переріслянської сільської ради об'єднаної територіальної громади</t>
+          <t>Ценявський заклад дошкільної освіти (дитячий садок) "Сонечко" Ценявської сільської ради Коломийського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B274" s="5" t="n">
-        <v>175354</v>
+        <v>173168</v>
       </c>
       <c r="C274" s="6"/>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>Фитківський ЗДО (дитячий садок) "Сонечко" Переріслянської сільської ради ОТГ</t>
+          <t>Ценявський ЗДО"Сонечко"</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G274" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H274" s="6" t="inlineStr">
         <is>
-          <t>2624086901</t>
+          <t>2623288201</t>
         </is>
       </c>
       <c r="I274" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J274" s="4" t="inlineStr">
         <is>
-          <t>с. Фитьків, Надвірнянський район, Івано-Франківська область</t>
+          <t>с. Ценява, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K274" s="4" t="inlineStr">
         <is>
-          <t>вулиця Л. Українки, 23</t>
-[...3 lines deleted...]
-      <c r="M274" s="4"/>
+          <t>вулиця Шевченка, 11</t>
+        </is>
+      </c>
+      <c r="L274" s="6" t="inlineStr">
+        <is>
+          <t>UA26080210070094507</t>
+        </is>
+      </c>
+      <c r="M274" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Ценява</t>
+        </is>
+      </c>
       <c r="N274" s="7"/>
       <c r="O274" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P274" s="4"/>
+          <t>Відділ освіти Коломийської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P274" s="4" t="inlineStr">
+        <is>
+          <t>(098)2351607</t>
+        </is>
+      </c>
       <c r="Q274" s="4"/>
-      <c r="R274" s="4"/>
-      <c r="S274" s="4"/>
+      <c r="R274" s="4" t="inlineStr">
+        <is>
+          <t>zendnz@ukr.net</t>
+        </is>
+      </c>
+      <c r="S274" s="4" t="inlineStr">
+        <is>
+          <t>https://zendnz.e-schools.info/</t>
+        </is>
+      </c>
       <c r="T274" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y274" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="4" t="inlineStr">
         <is>
-          <t>Хімчинський заклад дошкільної освіти (дитячий садок) "Ластівка"</t>
+          <t>Дошкільний навчальний заклад Цінівський дитячий садок "Ромашка"</t>
         </is>
       </c>
       <c r="B275" s="5" t="n">
-        <v>173075</v>
+        <v>173124</v>
       </c>
       <c r="C275" s="6"/>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Хімчинський ЗДО</t>
+          <t>ДНЗ "Ромашка"</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G275" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H275" s="6" t="inlineStr">
         <is>
-          <t>2623688201</t>
+          <t>2624886201</t>
         </is>
       </c>
       <c r="I275" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J275" s="4" t="inlineStr">
         <is>
-          <t>с. Химчин, Косівський район, Івано-Франківська область</t>
+          <t>с. Цінева, Рожнятівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K275" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 6</t>
-[...3 lines deleted...]
-      <c r="M275" s="4"/>
+          <t>вулиця Миру, 28</t>
+        </is>
+      </c>
+      <c r="L275" s="6" t="inlineStr">
+        <is>
+          <t>UA26060150100022164</t>
+        </is>
+      </c>
+      <c r="M275" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Калуський р-н, с. Цінева</t>
+        </is>
+      </c>
       <c r="N275" s="7"/>
       <c r="O275" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P275" s="4"/>
       <c r="Q275" s="4"/>
-      <c r="R275" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R275" s="4"/>
+      <c r="S275" s="4"/>
       <c r="T275" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y275" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="4" t="inlineStr">
         <is>
-          <t>дошкільний навчальний заклад (ясла-садок) "Дзвіночок"</t>
+          <t>Комунальна організація (установа,заклад) Черганівський дошкільний навчальний заклад (ясла-садок) "Лісова колиска"</t>
         </is>
       </c>
       <c r="B276" s="5" t="n">
-        <v>173265</v>
+        <v>173192</v>
       </c>
       <c r="C276" s="6"/>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (я/с) "Дзвіночок"</t>
+          <t>Черганівський ДНЗ (ясла-садок) "Лісова колиска"</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G276" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H276" s="6" t="inlineStr">
         <is>
-          <t>2625286401</t>
+          <t>2623688301</t>
         </is>
       </c>
       <c r="I276" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J276" s="4" t="inlineStr">
         <is>
-          <t>с. Хутір-Будилів, Снятинський район, Івано-Франківська область</t>
+          <t>с. Черганівка, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K276" s="4" t="inlineStr">
         <is>
-          <t>вулиця Привокзальна, 2</t>
+          <t>вулиця Косівська, 5</t>
         </is>
       </c>
       <c r="L276" s="6" t="inlineStr">
         <is>
-          <t>UA26080230270054050</t>
+          <t>UA26100010120042703</t>
         </is>
       </c>
       <c r="M276" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Хутір-Будилів</t>
+          <t>Івано-Франківська обл., Косівський р-н, с. Черганівка</t>
         </is>
       </c>
       <c r="N276" s="7"/>
       <c r="O276" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P276" s="4"/>
       <c r="Q276" s="4"/>
       <c r="R276" s="4"/>
       <c r="S276" s="4"/>
       <c r="T276" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y276" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="4" t="inlineStr">
         <is>
-          <t>Ценявський заклад дошкільної освіти (дитячий садок) "Сонечко" Ценявської сільської ради Коломийського району Івано-Франківської області</t>
+          <t>Черемошнянський дошкільний навчальний заклад (ясла-садок) "Дзвіночок" Верховинської районної ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B277" s="5" t="n">
-        <v>173168</v>
+        <v>173249</v>
       </c>
       <c r="C277" s="6"/>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Ценявський ЗДО"Сонечко"</t>
+          <t>Черемошнянський ДНЗ</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G277" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H277" s="6" t="inlineStr">
         <is>
-          <t>2623288201</t>
+          <t>2620888003</t>
         </is>
       </c>
       <c r="I277" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J277" s="4" t="inlineStr">
         <is>
-          <t>с. Ценява, Коломийський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Черемошна, Верховинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K277" s="4"/>
       <c r="L277" s="6" t="inlineStr">
         <is>
-          <t>UA26080210070094507</t>
+          <t>UA26020010150036631</t>
         </is>
       </c>
       <c r="M277" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Ценява</t>
+          <t>Івано-Франківська обл., Верховинський р-н, с. Черемошна</t>
         </is>
       </c>
       <c r="N277" s="7"/>
       <c r="O277" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коломийської районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P277" s="4"/>
       <c r="Q277" s="4"/>
-      <c r="R277" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R277" s="4"/>
+      <c r="S277" s="4"/>
       <c r="T277" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y277" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Цінівський дитячий садок "Ромашка"</t>
+          <t>Чернелицький дошкільний навчальний заклад (ясла-садок)"Віночок"</t>
         </is>
       </c>
       <c r="B278" s="5" t="n">
-        <v>173124</v>
+        <v>173136</v>
       </c>
       <c r="C278" s="6"/>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Ромашка"</t>
+          <t>Чернелицький ДНЗ (ясла-садок)"Віночок"</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G278" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H278" s="6" t="inlineStr">
         <is>
-          <t>2624886201</t>
+          <t>2621655700</t>
         </is>
       </c>
       <c r="I278" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J278" s="4" t="inlineStr">
         <is>
-          <t>с. Цінева, Рожнятівський район, Івано-Франківська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>смт Чернелиця, Городенківський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K278" s="4"/>
       <c r="L278" s="6" t="inlineStr">
         <is>
-          <t>UA26060150100022164</t>
+          <t>UA26080250010021531</t>
         </is>
       </c>
       <c r="M278" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Калуський р-н, с. Цінева</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с-ще Чернелиця</t>
         </is>
       </c>
       <c r="N278" s="7"/>
       <c r="O278" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P278" s="4"/>
       <c r="Q278" s="4"/>
-      <c r="R278" s="4"/>
-      <c r="S278" s="4"/>
+      <c r="R278" s="4" t="inlineStr">
+        <is>
+          <t>zorana13021978@ukr.net</t>
+        </is>
+      </c>
+      <c r="S278" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/cernelickijzdo</t>
+        </is>
+      </c>
       <c r="T278" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y278" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа,заклад) Черганівський дошкільний навчальний заклад (ясла-садок) "Лісова колиска"</t>
+          <t>Черніївський комунальний заклад дошкільної освіти (дитячий садок) "Мрія" Івано-Франківської міської ради</t>
         </is>
       </c>
       <c r="B279" s="5" t="n">
-        <v>173192</v>
+        <v>173431</v>
       </c>
       <c r="C279" s="6"/>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>Черганівський ДНЗ (ясла-садок) "Лісова колиска"</t>
+          <t>Черніївський КЗДО "Мрія"</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G279" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H279" s="6" t="inlineStr">
         <is>
-          <t>2623688301</t>
+          <t>2625887801</t>
         </is>
       </c>
       <c r="I279" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J279" s="4" t="inlineStr">
         <is>
-          <t>с. Черганівка, Косівський район, Івано-Франківська область</t>
+          <t>с. Черніїв, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K279" s="4" t="inlineStr">
         <is>
-          <t>вулиця Косівська, 5</t>
+          <t>вулиця Стасюка, 1</t>
         </is>
       </c>
       <c r="L279" s="6" t="inlineStr">
         <is>
-          <t>UA26100010120042703</t>
+          <t>UA26040190180015208</t>
         </is>
       </c>
       <c r="M279" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с. Черганівка</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Черніїв</t>
         </is>
       </c>
       <c r="N279" s="7"/>
       <c r="O279" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Косівської районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P279" s="4"/>
       <c r="Q279" s="4"/>
       <c r="R279" s="4"/>
       <c r="S279" s="4"/>
       <c r="T279" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y279" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="4" t="inlineStr">
         <is>
-          <t>Черемошнянський дошкільний навчальний заклад (ясла-садок) "Дзвіночок" Верховинської районної ради Івано-Франківської області</t>
+          <t>Чернятинський заклад дошкільної освіти (ясла-садок) "Теремок" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B280" s="5" t="n">
-        <v>173249</v>
-[...1 lines deleted...]
-      <c r="C280" s="6"/>
+        <v>172687</v>
+      </c>
+      <c r="C280" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>Черемошнянський ДНЗ</t>
+          <t>Чернятинський ЗДО (ясла-садок) "Теремок" Городенківської міської ради</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G280" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H280" s="6" t="inlineStr">
         <is>
-          <t>2620888003</t>
+          <t>2621687001</t>
         </is>
       </c>
       <c r="I280" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J280" s="4" t="inlineStr">
         <is>
-          <t>с. Черемошна, Верховинський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K280" s="4"/>
+          <t>с. Чернятин, Городенківський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K280" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Миру, 3</t>
+        </is>
+      </c>
       <c r="L280" s="6" t="inlineStr">
         <is>
-          <t>UA26020010150036631</t>
+          <t>UA26080030370045939</t>
         </is>
       </c>
       <c r="M280" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Верховинський р-н, с. Черемошна</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Чернятин</t>
         </is>
       </c>
       <c r="N280" s="7"/>
       <c r="O280" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P280" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P280" s="4" t="inlineStr">
+        <is>
+          <t>(03430)27215</t>
+        </is>
+      </c>
       <c r="Q280" s="4"/>
-      <c r="R280" s="4"/>
-      <c r="S280" s="4"/>
+      <c r="R280" s="4" t="inlineStr">
+        <is>
+          <t>dnzteremok2015@gmail.com</t>
+        </is>
+      </c>
+      <c r="S280" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com</t>
+        </is>
+      </c>
       <c r="T280" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Штограм Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y280" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="4" t="inlineStr">
         <is>
-          <t>Чернелицький дошкільний навчальний заклад (ясла-садок)"Віночок"</t>
+          <t>Черченський дошкільний навчальний заклад ясла-садок "Дзвіночок"</t>
         </is>
       </c>
       <c r="B281" s="5" t="n">
-        <v>173136</v>
+        <v>173092</v>
       </c>
       <c r="C281" s="6"/>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>Чернелицький ДНЗ (ясла-садок)"Віночок"</t>
+          <t>Черченський ДНЗ ясла-садок "Дзвіночок"</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G281" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H281" s="6" t="inlineStr">
         <is>
-          <t>2621655700</t>
+          <t>2624487201</t>
         </is>
       </c>
       <c r="I281" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J281" s="4" t="inlineStr">
         <is>
-          <t>смт Чернелиця, Городенківський район, Івано-Франківська область</t>
-[...2 lines deleted...]
-      <c r="K281" s="4"/>
+          <t>с. Черче, Рогатинський район, Івано-Франківська область</t>
+        </is>
+      </c>
+      <c r="K281" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Т. Шевченка, 65</t>
+        </is>
+      </c>
       <c r="L281" s="6" t="inlineStr">
         <is>
-          <t>UA26080250010021531</t>
+          <t>UA26040270620034888</t>
         </is>
       </c>
       <c r="M281" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с-ще Чернелиця</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Черче</t>
         </is>
       </c>
       <c r="N281" s="7"/>
       <c r="O281" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P281" s="4"/>
       <c r="Q281" s="4"/>
-      <c r="R281" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R281" s="4"/>
+      <c r="S281" s="4"/>
       <c r="T281" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y281" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="4" t="inlineStr">
         <is>
-          <t>Черніївський комунальний заклад дошкільної освіти (дитячий садок) "Мрія" Івано-Франківської міської ради</t>
+          <t>Чортовецький заклад дошкільної освіти (ясла-садок) "Ромашка" Городенківської міської ради</t>
         </is>
       </c>
       <c r="B282" s="5" t="n">
-        <v>173431</v>
-[...1 lines deleted...]
-      <c r="C282" s="6"/>
+        <v>173151</v>
+      </c>
+      <c r="C282" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>Черніївський КЗДО "Мрія"</t>
+          <t>Чортовецький ЗДО (ясла-садок) "Ромашка"</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G282" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H282" s="6" t="inlineStr">
         <is>
-          <t>2625887801</t>
+          <t>2621682101</t>
         </is>
       </c>
       <c r="I282" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J282" s="4" t="inlineStr">
         <is>
-          <t>с. Черніїв, Тисменицький район, Івано-Франківська область</t>
+          <t>с. Чортовець, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K282" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стасюка, 1</t>
+          <t>вулиця Довженка, 1</t>
         </is>
       </c>
       <c r="L282" s="6" t="inlineStr">
         <is>
-          <t>UA26040190180015208</t>
+          <t>UA26080030380074401</t>
         </is>
       </c>
       <c r="M282" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Черніїв</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Чортовець</t>
         </is>
       </c>
       <c r="N282" s="7"/>
       <c r="O282" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P282" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P282" s="4" t="inlineStr">
+        <is>
+          <t>(000)0000000</t>
+        </is>
+      </c>
       <c r="Q282" s="4"/>
       <c r="R282" s="4"/>
       <c r="S282" s="4"/>
       <c r="T282" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Завідувач Лукащук Мар'яна Петрівна</t>
         </is>
       </c>
       <c r="U282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y282" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="4" t="inlineStr">
         <is>
-          <t>Чернятинський ДНЗ (ясла-садок) "Теремок"</t>
+          <t>Шепарівцівський заклад дошкільної освіти (дитячий садок) "Лісовичок"</t>
         </is>
       </c>
       <c r="B283" s="5" t="n">
-        <v>172687</v>
+        <v>173173</v>
       </c>
       <c r="C283" s="6"/>
       <c r="D283" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Теремок"</t>
+          <t>Шепарівцівський ЗДО "Лісовичок"</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G283" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H283" s="6" t="inlineStr">
         <is>
-          <t>2621687001</t>
+          <t>2623288701</t>
         </is>
       </c>
       <c r="I283" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J283" s="4" t="inlineStr">
         <is>
-          <t>с. Чернятин, Городенківський район, Івано-Франківська область</t>
+          <t>с. Шепарівці, Коломийський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K283" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 3</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 70А</t>
+        </is>
+      </c>
+      <c r="L283" s="6"/>
+      <c r="M283" s="4"/>
       <c r="N283" s="7"/>
       <c r="O283" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Управління освіти Коломийської міської ради</t>
+        </is>
+      </c>
+      <c r="P283" s="4"/>
       <c r="Q283" s="4"/>
-      <c r="R283" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R283" s="4"/>
+      <c r="S283" s="4"/>
       <c r="T283" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y283" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="4" t="inlineStr">
         <is>
-          <t>Черченський дошкільний навчальний заклад ясла-садок "Дзвіночок"</t>
+          <t>Яблунівський заклад дошкільної освіти (ясла-садок) "Писанка" Яблунівської селищної ради об'єднаної територіальної громади Косівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B284" s="5" t="n">
-        <v>173092</v>
+        <v>173266</v>
       </c>
       <c r="C284" s="6"/>
       <c r="D284" s="4" t="inlineStr">
         <is>
-          <t>Черченський ДНЗ ясла-садок "Дзвіночок"</t>
+          <t>Яблунівський ЗДО (ясла-садок) "Писанка"</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G284" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H284" s="6" t="inlineStr">
         <is>
-          <t>2624487201</t>
+          <t>2623655800</t>
         </is>
       </c>
       <c r="I284" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J284" s="4" t="inlineStr">
         <is>
-          <t>с. Черче, Рогатинський район, Івано-Франківська область</t>
+          <t>смт Яблунів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K284" s="4" t="inlineStr">
         <is>
-          <t>вулиця Т. Шевченка, 65</t>
+          <t>вулиця Івана Франка, 98</t>
         </is>
       </c>
       <c r="L284" s="6" t="inlineStr">
         <is>
-          <t>UA26040270620034888</t>
+          <t>UA26100090010053589</t>
         </is>
       </c>
       <c r="M284" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Черче</t>
+          <t>Івано-Франківська обл., Косівський р-н, с-ще Яблунів</t>
         </is>
       </c>
       <c r="N284" s="7"/>
       <c r="O284" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P284" s="4"/>
+      <c r="P284" s="4" t="inlineStr">
+        <is>
+          <t>0973544968</t>
+        </is>
+      </c>
       <c r="Q284" s="4"/>
-      <c r="R284" s="4"/>
+      <c r="R284" s="4" t="inlineStr">
+        <is>
+          <t>pusankanatalia@ukr.net</t>
+        </is>
+      </c>
       <c r="S284" s="4"/>
       <c r="T284" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y284" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="4" t="inlineStr">
         <is>
-          <t>Чортовецький дошкільний навчальний заклад (ясла-садок) "Ромашка"</t>
+          <t>Яблунський дошкільний навчальний заклад ясла-садок "Едельвейс"</t>
         </is>
       </c>
       <c r="B285" s="5" t="n">
-        <v>173151</v>
+        <v>173211</v>
       </c>
       <c r="C285" s="6"/>
       <c r="D285" s="4" t="inlineStr">
         <is>
-          <t>Чортовецький ДНЗ (ясла-садок) "Ромашка"</t>
+          <t>Яблунський ДНЗ "Eдельвейс"</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G285" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H285" s="6" t="inlineStr">
         <is>
-          <t>2621682101</t>
+          <t>2620489201</t>
         </is>
       </c>
       <c r="I285" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J285" s="4" t="inlineStr">
         <is>
-          <t>с. Чортовець, Городенківський район, Івано-Франківська область</t>
+          <t>с. Яблунька, Богородчанський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K285" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довженка, 1</t>
+          <t>вулиця Могильницького, 87</t>
         </is>
       </c>
       <c r="L285" s="6" t="inlineStr">
         <is>
-          <t>UA26080030380074401</t>
+          <t>UA26040290130031929</t>
         </is>
       </c>
       <c r="M285" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Коломийський р-н, с. Чортовець</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Яблунька</t>
         </is>
       </c>
       <c r="N285" s="7"/>
       <c r="O285" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P285" s="4"/>
       <c r="Q285" s="4"/>
       <c r="R285" s="4"/>
       <c r="S285" s="4"/>
       <c r="T285" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y285" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="4" t="inlineStr">
         <is>
-          <t>Шепарівцівський заклад дошкільної освіти (дитячий садок) "Лісовичок"</t>
+          <t>Яворівський дошкільний навчальний заклад (ясла-садок) "Гуцулята"</t>
         </is>
       </c>
       <c r="B286" s="5" t="n">
-        <v>173173</v>
+        <v>173193</v>
       </c>
       <c r="C286" s="6"/>
       <c r="D286" s="4" t="inlineStr">
         <is>
-          <t>Шепарівцівський ЗДО "Лісовичок"</t>
+          <t>Яворівський ДНЗ (ясла-садок) "Гуцулята"</t>
         </is>
       </c>
       <c r="E286" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G286" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H286" s="6" t="inlineStr">
         <is>
-          <t>2623288701</t>
+          <t>2623689101</t>
         </is>
       </c>
       <c r="I286" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J286" s="4" t="inlineStr">
         <is>
-          <t>с. Шепарівці, Коломийський район, Івано-Франківська область</t>
+          <t>с. Яворів, Косівський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K286" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 70А</t>
-[...3 lines deleted...]
-      <c r="M286" s="4"/>
+          <t>вулиця Стоянів, 310а</t>
+        </is>
+      </c>
+      <c r="L286" s="6" t="inlineStr">
+        <is>
+          <t>UA26100010150096657</t>
+        </is>
+      </c>
+      <c r="M286" s="4" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл., Косівський р-н, с. Яворів</t>
+        </is>
+      </c>
       <c r="N286" s="7"/>
       <c r="O286" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Коломийської міської ради</t>
+          <t>Відділ освіти Косівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P286" s="4"/>
       <c r="Q286" s="4"/>
       <c r="R286" s="4"/>
       <c r="S286" s="4"/>
       <c r="T286" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y286" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="4" t="inlineStr">
         <is>
-          <t>Яблунівський заклад дошкільної освіти (ясла-садок) "Писанка" Яблунівської селищної ради об'єднаної територіальної громади Косівського району Івано-Франківської області</t>
+          <t>Заклад дошкільної освіти "зіронька" Ямницької сільської ради обєднаної територіальноїгромади</t>
         </is>
       </c>
       <c r="B287" s="5" t="n">
-        <v>173266</v>
+        <v>173108</v>
       </c>
       <c r="C287" s="6"/>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>Яблунівський ЗДО (ясла-садок) "Писанка"</t>
+          <t>Ямницький ЗДО "Зіронька"</t>
         </is>
       </c>
       <c r="E287" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G287" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H287" s="6" t="inlineStr">
         <is>
-          <t>2623655800</t>
+          <t>2625888601</t>
         </is>
       </c>
       <c r="I287" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J287" s="4" t="inlineStr">
         <is>
-          <t>смт Яблунів, Косівський район, Івано-Франківська область</t>
+          <t>с. Ямниця, Тисменицький район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K287" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Франка, 98</t>
+          <t>вулиця Лесі Українки, 12-А</t>
         </is>
       </c>
       <c r="L287" s="6" t="inlineStr">
         <is>
-          <t>UA26100090010053589</t>
+          <t>UA26040390010046852</t>
         </is>
       </c>
       <c r="M287" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Косівський р-н, с-ще Яблунів</t>
+          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Ямниця</t>
         </is>
       </c>
       <c r="N287" s="7"/>
       <c r="O287" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P287" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P287" s="4"/>
       <c r="Q287" s="4"/>
-      <c r="R287" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S287" s="4"/>
+      <c r="R287" s="4"/>
+      <c r="S287" s="4" t="inlineStr">
+        <is>
+          <t>yamzironka@ukr.net</t>
+        </is>
+      </c>
       <c r="T287" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y287" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="4" t="inlineStr">
         <is>
-          <t>Яблунський дошкільний навчальний заклад ясла-садок "Едельвейс"</t>
+          <t>Ясеневопільнівський Дошкільний навчальний заклад (дитячий садок) "Ластівка"</t>
         </is>
       </c>
       <c r="B288" s="5" t="n">
-        <v>173211</v>
-[...1 lines deleted...]
-      <c r="C288" s="6"/>
+        <v>173138</v>
+      </c>
+      <c r="C288" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>Яблунський ДНЗ "Eдельвейс"</t>
+          <t>Ясеневопільнівський ДНЗ (дитячий садок) "Ластівка"</t>
         </is>
       </c>
       <c r="E288" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G288" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H288" s="6" t="inlineStr">
         <is>
-          <t>2620489201</t>
+          <t>2621688601</t>
         </is>
       </c>
       <c r="I288" s="4" t="inlineStr">
         <is>
           <t>Івано-Франківська область</t>
         </is>
       </c>
       <c r="J288" s="4" t="inlineStr">
         <is>
-          <t>с. Яблунька, Богородчанський район, Івано-Франківська область</t>
+          <t>с. Ясенів-Пільний, Городенківський район, Івано-Франківська область</t>
         </is>
       </c>
       <c r="K288" s="4" t="inlineStr">
         <is>
-          <t>вулиця Могильницького, 87</t>
+          <t>вулиця Шевченка, 85</t>
         </is>
       </c>
       <c r="L288" s="6" t="inlineStr">
         <is>
-          <t>UA26040290130031929</t>
+          <t>UA26080030390067221</t>
         </is>
       </c>
       <c r="M288" s="4" t="inlineStr">
         <is>
-          <t>Івано-Франківська обл., Івано-Франківський р-н, с. Яблунька</t>
+          <t>Івано-Франківська обл., Коломийський р-н, с. Ясенів-Пільний</t>
         </is>
       </c>
       <c r="N288" s="7"/>
       <c r="O288" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P288" s="4"/>
+          <t>Відділ освіти Городенківської міської ради</t>
+        </is>
+      </c>
+      <c r="P288" s="4" t="inlineStr">
+        <is>
+          <t>(03430)57246</t>
+        </is>
+      </c>
       <c r="Q288" s="4"/>
       <c r="R288" s="4"/>
       <c r="S288" s="4"/>
       <c r="T288" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y288" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
-[...297 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y291"/>
+  <autoFilter ref="A1:Y288"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>