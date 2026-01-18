--- v0 (2025-10-19)
+++ v1 (2026-01-18)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Новопрокопівський заклад загальної середньої освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135410</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Новопрокопівський ЗЗСО</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2325283201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Новопрокопівка, Токмацький район, Запорізька область</t>