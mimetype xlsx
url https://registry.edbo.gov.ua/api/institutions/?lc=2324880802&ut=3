--- v0 (2025-11-03)
+++ v1 (2026-03-14)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна (Леніна), 18</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23020090080014944</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Бердянський р-н, с. Радолівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(068)2836635</t>
+          <t>(068)9005164</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>radolivskagimnazia@gmail.com</t>
+          <t>nadya.romanishina@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/radschool</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Білак Олексій Михайлович</t>
+          <t>Директор Лузіна Надія Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>