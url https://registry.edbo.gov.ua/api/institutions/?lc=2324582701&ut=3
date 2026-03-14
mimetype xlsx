--- v0 (2025-11-01)
+++ v1 (2026-03-14)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Опорний навчальний заклад "Гірсівська загальноосвітня школа I-III ступенів Олександрівської сільської ради Запорізької області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134394</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ОНЗ "Гірсівська ЗОШ І-ІІІ ступенів"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2324582701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Гірсівка, Приазовський район, Запорізька область</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, спорту, туризму та архівної роботи Олександрівської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06133)93219</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>girsskola@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://girs.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Дорол Наталія Петрівна</t>
+          <t>Директор - - -</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>