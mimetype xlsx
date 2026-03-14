--- v0 (2025-10-19)
+++ v1 (2026-03-14)
@@ -446,51 +446,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Приазовська філія Опорного закладу загальної середньої освіти Приазовський ліцей Приазовської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134445</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Приазовська філія ОЗЗСО Приазовський ліцей</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2324555100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Приазовське, Приазовський район, Запорізька область</t>