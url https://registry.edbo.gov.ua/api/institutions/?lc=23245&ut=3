--- v0 (2025-12-15)
+++ v1 (2026-03-18)
@@ -1011,51 +1011,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Опорний навчальний заклад "Гірсівська загальноосвітня школа I-III ступенів Олександрівської сільської ради Запорізької області"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>134394</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>ОНЗ "Гірсівська ЗОШ І-ІІІ ступенів"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>2324582701</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Гірсівка, Приазовський район, Запорізька область</t>
@@ -1078,97 +1078,97 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, спорту, туризму та архівної роботи Олександрівської сільської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(06133)93219</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>girsskola@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://girs.at.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Дорол Наталія Петрівна</t>
+          <t>Директор - - -</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Дівнинська загальноосвітня школа I-III ступенів Олександрівської сільської ради Приазовського району Запорізької області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>134650</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Дівнинська ЗОШ</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>2324583401</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Дівнинське, Приазовський район, Запорізька область</t>
@@ -1237,51 +1237,51 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Дунаївська філія І-ІІ ступенів ОНЗ "Гірсівська загальноосвітня школа І-ІІІ ступенів Олександрівської сільської ради Запорізької області"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>134701</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Дунаївська філія І-ІІ ступенів ОНЗ "Гірсівська ЗОШ І-ІІІ ступенів"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>2324583001</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Дунаївка, Приазовський район, Запорізька область</t>
@@ -1451,51 +1451,51 @@
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Новокостянтинівська загальноосвітня школа І-ІІ ступенів Олександрівської сільської ради Запорізької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>135239</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Новокостянтинівська ЗОШ І-ІІ ст.</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>2324583901</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Новокостянтинівка, Приазовський район, Запорізька область</t>
@@ -1677,51 +1677,51 @@
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Олександрівська загальноосвітня школа І-ІІІ ступенів Олександрівської сільської ради Приазовського району Запорізької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>135417</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>Олександрівська ЗОШ</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>2324580301</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>с. Олександрівка, Приазовський район, Запорізька область</t>
@@ -1899,51 +1899,51 @@
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>Приазовська філія Опорного закладу загальної середньої освіти Приазовський ліцей Приазовської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>134445</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Приазовська філія ОЗЗСО Приазовський ліцей</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>2324555100</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>смт Приазовське, Приазовський район, Запорізька область</t>
@@ -2125,51 +2125,51 @@
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>Степанівська Перша загальноосвітня школа I-III ступенів Олександрівської сільської ради Запорізької області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>136534</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Степанівська Перша ЗОШ</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>2324586201</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>с. Степанівка Перша, Приазовський район, Запорізька область</t>