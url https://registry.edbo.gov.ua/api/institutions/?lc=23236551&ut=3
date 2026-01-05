--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Опорний навчальний заклад Новомиколаївська спеціалізована загальноосвітня школа І-ІІІ ступенів №1 Новомиколаївської селищної ради Запорізького району Запорізької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134939</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>ОНЗ Новомиколаївська СЗОШ №1</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2323655100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Новомиколаївка, Новомиколаївський район, Запорізька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Українська, 47</t>
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Новомиколаївської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(06144)9-17-18</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>shkola1_nnik@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://novonikolaevka.pp.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Смірнова Вікторія Олександрівна</t>
+          <t>В.о. директора Лисенко Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>