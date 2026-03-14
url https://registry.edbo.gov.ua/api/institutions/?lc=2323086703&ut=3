--- v0 (2025-10-22)
+++ v1 (2026-03-14)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Долинське, Мелітопольський район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Широка, 74</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23080110030025449</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Долинське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Новенська сільська рада</t>
+          <t>Новенська селищна рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0619)495625</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dolynska_gymnasium@gukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://znzdolinskoe.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Духаніна Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>