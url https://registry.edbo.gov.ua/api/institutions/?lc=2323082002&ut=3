--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -332,113 +332,113 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Відродженська філія І-ІІ ступенів КЗ ЗСО І-ІІІ ст. "Успіх" Новобогданівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134465</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Відродженська філія І-ІІ ст. КЗ ЗСО "Успіх"</t>
+          <t>Відродженська філія Новобогданівської гімназії "Успіх"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2323082002</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с-ще Відродження, Мелітопольський район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Горького, 13</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23080130060098726</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с-ще Відродження</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Новобогданівська сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0619)445340</t>
+          <t>(097)4491287</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>wozrog@meta.ua</t>
+          <t>uspih@novobogdanivska-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://vidrodgenskafl.blogspot.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Горбенко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>