--- v0 (2025-12-21)
+++ v1 (2026-03-21)
@@ -884,51 +884,51 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Данило-Іванівська гімназія Новенської сільської ради</t>
+          <t>Данило-Іванівська гімназія Новенської селищної ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>135656</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Данило-Іванівська гімназія НСР</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -948,51 +948,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Данило-Іванівка, Мелітопольський район, Запорізька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 21-А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA23080110020075616</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Данило-Іванівка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Новенська сільська рада</t>
+          <t>Новенська селищна рада</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(0619)499825</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>jana.dm@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://dischool.klasna.com/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Дмитрук Жанна Василівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
@@ -1061,51 +1061,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Долинське, Мелітопольський район, Запорізька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Широка, 74</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA23080110030025449</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Долинське</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Новенська сільська рада</t>
+          <t>Новенська селищна рада</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0619)495625</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>dolynska_gymnasium@gukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://znzdolinskoe.klasna.com</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Духаніна Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
@@ -1336,115 +1336,115 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Мордвинівська гімназія Новенської сільської ради</t>
+          <t>Молочненська гімназія Новенської селищної ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>135153</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Мордвинівська гімназія НСР</t>
+          <t>Молочненська гімназія НСР</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>2323081501</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Мордвинівка, Мелітопольський район, Запорізька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 1/2</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA23080110050078941</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Молочне</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Новенська сільська рада</t>
+          <t>Новенська селищна рада</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0619)496548</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>mrdvka2022@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>https://mordvinovkam.e-schools.info</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Карнаух Тетяна Сергіївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
@@ -1626,51 +1626,51 @@
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с-ще Нове, Мелітопольський район, Запорізька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Продольна, 2/1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA23080110010071971</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с-ще Нове</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Новенська сільська рада</t>
+          <t>Новенська селищна рада</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(097)0541506</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>novensakaja1955@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>http://novenskaja.klasna.com/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Дмитрук Жанна Василівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>