--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти ясла-садок "Смерічка" Комиш - Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>164967</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ЗДО я/с"Смерічка"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2322788001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Шевченківське, Більмацький район, Запорізька область</t>
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, с. Шевченківське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Комиш-Зорянської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(066)0077768</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dnz7156@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Цисар Людмила Володимирівна</t>
+          <t>Директор - - -</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>