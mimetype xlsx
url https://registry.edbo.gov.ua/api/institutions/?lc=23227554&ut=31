--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти ясла-садок "Ромашка" Комиш-Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>164964</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ЗДО я/с"Ромашка"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2322755400</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Комиш-Зоря, Більмацький район, Запорізька область</t>