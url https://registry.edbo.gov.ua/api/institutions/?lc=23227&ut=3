--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Білоцерківський заклад загальної середньої освіти I-III ступенів Комиш-Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137449</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Білоцерківський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2322780801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Білоцерківка, Більмацький район, Запорізька область</t>
@@ -404,97 +404,97 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Комиш-Зорянської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(061)477-52-46</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>blczosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://bcschool.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Нехайчук Ярослав Дмитрович</t>
+          <t>Т.в.о. директора Ордюнова Віра Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Благовіщенський заклад загальної середньої освіти I-IIІ ступенів Комиш-Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>137229</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Благовіщенський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2322781801</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Благовіщенка, Більмацький район, Запорізька область</t>
@@ -676,51 +676,51 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Комиш-Зорянський заклад загальної середньої освіти І-ІІІ ступенів Комиш-Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>137566</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Комиш-Зорянський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>2322755400</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>смт Комиш-Зоря, Більмацький район, Запорізька область</t>
@@ -743,51 +743,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Комиш-Зорянської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(06147)73249</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>kz.school@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://kzschool.at.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Сердюк Сергій Миколайович</t>
+          <t>Т.в.о. директора Гвоздьова Лілія Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">