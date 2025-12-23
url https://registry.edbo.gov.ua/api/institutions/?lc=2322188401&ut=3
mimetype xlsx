--- v0 (2025-10-20)
+++ v1 (2025-12-23)
@@ -367,88 +367,88 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2322188401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Розумівка, Запорізький район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кузнечна, 3-А</t>
+          <t>вулиця Світла, 3-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23060050060058769</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Запорізький р-н, с. Розумівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Долинської сільської ради Запорізького району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(061)2232013</t>
+          <t>(063)7025705</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>rozumivka@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/schoolrozumivka/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Холод Марина Василівна</t>
+          <t>В.о. директора Зизкун Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>