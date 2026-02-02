--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23060010040025696</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Запорізький р-н, с. Лисогірка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Біленьківської сільської ради Запорізького району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(061)2875625</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>lnvk@meta.ua</t>
+          <t>lnvk25@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://lysogorka.wix.com/school</t>
+          <t>https://sites.google.com/view/lnvk/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Петік Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>