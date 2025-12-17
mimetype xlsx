--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -367,72 +367,72 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2322183505</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Нове Запоріжжя, Запорізький район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 50</t>
+          <t>вулиця Центральна, 50</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23060050040013899</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Запорізький р-н, с. Нове Запоріжжя</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Долинської сільської ради Запорізького району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(061)2232893</t>
+          <t>(066)8337851</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>newzpschool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://nz-school.zp.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Шевченко Марина Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>