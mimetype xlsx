--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Перемоги, 20</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23100070290063348</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, с. Успенівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0614)599425</t>
+          <t>(099)6413925</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>uspschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://uspenivka-school.pp.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Буряк Ігор Григорович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>