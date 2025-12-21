--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -337,102 +337,102 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Темирівська початкова школа Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134770</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Темирівська початкова школа ГМР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2321887001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Темирівка, Гуляйпільський район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 48-г</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23100070280086482</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, с. Темирівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0614)590525</t>
+          <t>(098)8488510</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>tnvc@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://temyrivka-school.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Котухова Людмила Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>