--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Лавренкова, 28</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23100070040051004</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, с. Гуляйпільське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0614)597567</t>
+          <t>(095)34-61-209</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>knvc@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://www.gpzosch.pp.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Заїченко Сергій Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>