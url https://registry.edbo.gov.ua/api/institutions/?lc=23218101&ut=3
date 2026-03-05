--- v0 (2025-10-17)
+++ v1 (2026-03-05)
@@ -455,97 +455,97 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад «Опорний заклад загальної середньої освіти «Лідер» Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134811</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>КЗ "Опорний заклад загальної середньої освіти "Лідер" ГМР</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2321810100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Гуляйполе, Гуляйпільський район, Запорізька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Цвітна, 5</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA23100070010036682</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, м. Гуляйполе</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(0614)541909</t>
+          <t>(095)613-53-94</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>colegium_lider@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://www.gplider.pp.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Лопатіна Людмила Валентинівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
@@ -568,97 +568,97 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Гуляйпільська спеціалізована загальноосвітня школа I-III ступенів" Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>134799</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Гуляйпільська спеціалізована загальноосвітня школа І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>2321810100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Гуляйполе, Гуляйпільський район, Запорізька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Захисників України/Урожайна, 11/2</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA23100070010036682</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, м. Гуляйполе</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(0614)541546</t>
+          <t>(050)5691634</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>szosch@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://gpszosch.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Самарська Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
@@ -681,97 +681,97 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Опорний заклад загальної середньої освіти "Престиж" Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>134747</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>КЗ "Опорний заклад загальної середньої освіти "Престиж" ГМР</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>2321810100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Гуляйполе, Гуляйпільський район, Запорізька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборна, 48</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23100070010036682</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, м. Гуляйполе</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гуляйпільської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(0614)541108</t>
+          <t>(050)9066472</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>gpschool_1@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://gpzosh1.klasna.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Каткова Любов Єгорівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>