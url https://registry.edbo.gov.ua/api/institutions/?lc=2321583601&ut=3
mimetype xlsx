--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Ліцей "Всесвіт" Матвіївської сільської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134493</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Ліцей "Всесвіт" МСР</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2321583601</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Матвіївка, Вільнянський район, Запорізька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 73-А</t>
@@ -512,51 +512,51 @@
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Запорізький р-н, с. Матвіївка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Матвіївської сільської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(061)4394310</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>vsesvit.znvk@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://znvkvsesvit.zp.ua</t>
+          <t>http://znvkvsesvit.in.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Фесенко Олена Сергіївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>