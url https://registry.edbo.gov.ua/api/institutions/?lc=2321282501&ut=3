--- v0 (2025-11-03)
+++ v1 (2026-03-04)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Корніївка, Веселівський район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 123-В</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23080290070093065</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Корніївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Гаврилівська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06156)73323</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>korneevka2012@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Черномурко Ліна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">