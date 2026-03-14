--- v0 (2025-11-03)
+++ v1 (2026-03-14)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Калинівка, Веселівський район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 17</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23080290060023923</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Калинівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Гаврилівська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06136)72525</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kalinowka.16@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://kalynivkaschool.e-schools.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Корнієнко Тетяна Костянтинівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>