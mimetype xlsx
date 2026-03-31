--- v0 (2025-10-31)
+++ v1 (2026-03-31)
@@ -722,51 +722,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Зелений Гай, Веселівський район, Запорізька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 27</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23080290040076779</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Зелений Гай</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Гаврилівська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(06136)75349</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>sg2009s@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/kzzelenogaievskazosiiistupeniv/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Бабич Євгенія Михайлівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -835,51 +835,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Калинівка, Веселівський район, Запорізька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 17</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA23080290060023923</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Калинівка</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Гаврилівська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(06136)72525</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>kalinowka.16@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://kalynivkaschool.e-schools.info</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Корнієнко Тетяна Костянтинівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
@@ -948,51 +948,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Корніївка, Веселівський район, Запорізька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 123-В</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA23080290070093065</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Мелітопольський р-н, с. Корніївка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Гаврилівська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(06156)73323</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>korneevka2012@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Черномурко Ліна Миколаївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">