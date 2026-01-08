--- v0 (2025-11-03)
+++ v1 (2026-01-08)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Великобілозерська загальноосвітня школа I-II ступенів №4 Великобілозерської сільської ради Василівського району Запорізької області</t>
+          <t>Великобілозерська гімназія №2 з початковою школою Великобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136072</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Великобілозерська ЗОШ І-ІІ ступенів № 4</t>
+          <t>Великобілозерська гімназія №2</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2321180101</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Велика Білозерка(частина 1 Села), Великобілозерський район, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 290</t>
@@ -533,292 +533,292 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Філія №3 Великобілозерської гімназії №1 з початковою школою Великобілозерської сільської ради Василівського району Запорізької області</t>
+          <t>Філія №2 Великобілозерської гімназії №1 з початковою школою Великобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>137103</v>
+        <v>136032</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Філія №3 Великобілозерської гімназії №1</t>
+          <t>Філія №2 Великобілозерської гімназії №1</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>2321180101</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Велика Білозерка(частина 1 Села), Великобілозерський район, Запорізька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лугова, 2</t>
+          <t>вулиця Соборна, 12</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA23040050010097416</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Василівський р-н, с. Велика Білозерка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, охорони культурної спадщини, молоді та спорту Великобілозерської сільської ради Великобілозерського району Запорізької області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06156)25181</t>
+          <t>(06156)2-31-22</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>v-belozshkola3@meta.ua</t>
+          <t>vb-zosch2@meta.ua</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Перевало Ольга Миколаївна</t>
+          <t>Завідувач філією Маликіна Тетяна Василівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Філія Великобілозерського навчально - виховного комплексу №1 (школа - дитячий садок) Великобілозерської сільської ради Василівського району Запорізької області Великобілозерська загальноосвітня школа І-ІІ ступенів №2</t>
+          <t>Філія №3 Великобілозерської гімназії №1 з початковою школою Великобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>136032</v>
+        <v>137103</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Філія Великобілозерського НВК №1 ЗОШ №2</t>
+          <t>Філія №3 Великобілозерської гімназії №1</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>2321180101</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Велика Білозерка(частина 1 Села), Великобілозерський район, Запорізька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 12</t>
+          <t>вулиця Лугова, 2</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23040050010097416</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Василівський р-н, с. Велика Білозерка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, охорони культурної спадщини, молоді та спорту Великобілозерської сільської ради Великобілозерського району Запорізької області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(06156)2-31-22</t>
+          <t>(06156)25181</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>vb-zosch2@meta.ua</t>
+          <t>v-belozshkola3@meta.ua</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Маликіна Тетяна Василівна</t>
+          <t>Завідувач філією Перевало Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Філія Великобілозерського навчально- виховного комплексу № 1 (школа-дитячий садок) Великобілозерської сільської ради Василівського району Запорізької області Великобілозерська загальноосвітня школа I-II ступенів №5</t>
+          <t>Філія №4 Великобілозерської гімназії №1 з початковою школою Великобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>136042</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Філія Великобілозерського НВК №1 ЗОШ №5</t>
+          <t>Філія №4 Великобілозерської гімназії №1</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>2321180101</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Велика Білозерка(частина 1 Села), Великобілозерський район, Запорізька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Пархоменко, 65</t>