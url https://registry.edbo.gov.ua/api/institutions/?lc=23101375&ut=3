--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$29</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$38</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y29"/>
+  <dimension ref="A1:Y38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -319,3209 +319,4218 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №101 Запорізької міської ради</t>
+          <t>Бердянська гімназія №11 Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>139646</v>
+        <v>134925</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №101 ЗМР</t>
+          <t>Бердянська гімназія № 11</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бочарова, 10Б</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-40</t>
+          <t>(067)6975499</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>zosh101@meta.ua</t>
+          <t>brdschool11@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/101.zp.ua/site/home</t>
+          <t>https://www.berdschool11.zp.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Вітковська Ірина Олександрівна</t>
+          <t>Директор Міщенко Максим Вікторович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №111 Запорізької міської ради</t>
+          <t>Бердянська гімназія №16 Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>137811</v>
+        <v>134723</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №111 ЗМР</t>
+          <t>Бердянська гімназія №16</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 8А</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-74</t>
+          <t>(050)2443358</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>school111zp@ukr.net</t>
+          <t>berd16@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>https://school111zp.wixsite.com/website</t>
+          <t>http://school16.zp.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Кіченко Сергій Михайлович</t>
+          <t>Директор Греб Володимир Ярославович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №12 Запорізької міської ради</t>
+          <t>Бердянська гімназія №20 "Інтелект" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>137327</v>
+        <v>134719</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №12 ЗМР</t>
+          <t>Бердянська гімназія № 20 "Інтелект"</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>проспект Моторобудівників, 60</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-86</t>
+          <t>(099)3816165</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>gimnaziazaporizka12@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>osvita@school20.in.ua</t>
+        </is>
+      </c>
+      <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Нежива Марина Андріївна</t>
+          <t>Директор Дімітров Віктор Васильович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №19 Запорізької міської ради</t>
+          <t>Бердянська гімназія №5 "Перлина" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>137823</v>
+        <v>134402</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №19</t>
+          <t>Бердянська гімназія №5 "Перлина"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Військбуд, 13</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(061)227-05-55</t>
+          <t>(096)2950292</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>zps19@ukr.net</t>
+          <t>school_5_berd@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://school19.zp.ua</t>
+          <t>https://brdschool5.e-schools.info</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Могилін Олександр Володимирович</t>
+          <t>Директор Саютіна Віта Миколаївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №4 Запорізької міської ради</t>
+          <t>Бердянська гімназія №7 "Меотида" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>137813</v>
+        <v>134389</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №4</t>
+          <t>гімназія № 7</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Андрія Лободи, 30</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-67</t>
+          <t>(066)7439754</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>school4zp@gmail.com</t>
+          <t>school7berd@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://s4.osvita.zp.ua</t>
+          <t>https://sites.google.com/view/brd-school7</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Мостова Світлана Василівна</t>
+          <t>Директор Білай Юрій Вікторович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №42 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Гармонія" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>136720</v>
+        <v>134780</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №42</t>
+          <t>Бердянська гімназія «Гармонія»</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 277А</t>
+          <t>вулиця Червона, 24А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-60</t>
+          <t>(098)8815476</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>zg42@ukr.net</t>
+          <t>gharmony.brd@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://znvk42.zp.ua</t>
+          <t>https://gimnaziya2.wixsite.com/gimnaziya2brd</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Поливанюк Оксана Миколаївна</t>
+          <t> Данилова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №52 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Лідер" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>137292</v>
+        <v>134720</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №52 ЗМР</t>
+          <t>Бердянська гімназія "Лідер"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 241В</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-58</t>
+          <t>(050)7652980</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>grenyar52@gmail.com</t>
+          <t>Berdschool_1@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/grenyar52.ukr.education/school-52/</t>
+          <t>https://sites.google.com/berdschool1.ukr.education/lider</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Шендрик Світлана Григорівна</t>
+          <t>Директор Волкова Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №55 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Тріумф"Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>137818</v>
+        <v>134401</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №55</t>
+          <t>Бердянська гімназія "Тріумф"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Передатна, 17А</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-79</t>
+          <t>(099)6166937</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>zosh55@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>studschool3brd@ukr.net</t>
+        </is>
+      </c>
+      <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Вікторія Дмитрівна</t>
+          <t>В.о. директора Іздебська Світлана Іванівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №60 Запорізької міської ради</t>
+          <t>Бердянський ліцей "Сузір'я" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>137019</v>
+        <v>134392</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №60</t>
+          <t>Бердянський ліцей "Сузір'я"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 55-ї бригади, 27</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-88</t>
+          <t>(095)7502025</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>zg_60@ukr.net</t>
+          <t>gymnasium3suziria@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/znvk60.zp.ua/school60zp/</t>
+          <t>gymnasium3-brd.blogspot.com</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Власюк Світлана Михайлівна</t>
+          <t>Директор Кривунь Оксана Василівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №63 Запорізької міської ради</t>
+          <t>Запорізька гімназія №101 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>137812</v>
+        <v>139646</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №63 ЗМР</t>
+          <t>ЗГ №101 ЗМР</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пархоменка, 12А</t>
+          <t>вулиця Бочарова, 10Б</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-30</t>
+          <t>(061)286-24-40</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>znvk63@i.ua</t>
+          <t>zosh101@meta.ua</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://gimnasium63zp.pp.ua/</t>
+          <t>https://sites.google.com/101.zp.ua/site/home</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Циганов Геннадій Володимирович</t>
+          <t>Директор Вітковська Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №64 Запорізької міської ради</t>
+          <t>Запорізька гімназія №111 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>137242</v>
+        <v>137811</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №64 ЗМР</t>
+          <t>ЗГ №111 ЗМР</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молочна, 36</t>
+          <t>вулиця Центральна, 8А</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-80</t>
+          <t>(061)286-24-74</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>znvk64zpua@gmail.com</t>
+          <t>school111zp@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://school64.ucoz.ua</t>
+          <t>https://school111zp.wixsite.com/website</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Глєзєрова Луіза Василівна</t>
+          <t>Директор Кіченко Сергій Михайлович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №65 Запорізької міської ради</t>
+          <t>Запорізька гімназія №12 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>137838</v>
+        <v>137327</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №65 ЗМР</t>
+          <t>ЗГ №12 ЗМР</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>проспект Моторобудівників, 26</t>
+          <t>проспект Моторобудівників, 60</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-52</t>
+          <t>(061)286-24-86</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>school-65@ukr.net</t>
+          <t>gimnaziazaporizka12@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://school65.zp.ua</t>
+          <t>https://zpschool12.wordpress.com</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Чомова Світлана Валеріївна</t>
+          <t>В.о. директора Нежива Марина Андріївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №68 Запорізької міської ради</t>
+          <t>Запорізька гімназія №19 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>137817</v>
+        <v>137823</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №68 ЗМР</t>
+          <t>ЗГ №19</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Харчова, 35</t>
+          <t>вулиця Військбуд, 13</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(061)702-33-89</t>
+          <t>(061)227-05-55</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>school68zg@gmail.com</t>
+          <t>zps19@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>https://znvk68.wixsite.com/znvk68site</t>
+          <t>http://school19.zp.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Рябенко Лариса Іванівна</t>
+          <t>Директор Буркот Лариса Петрівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №77 Запорізької міської ради</t>
+          <t>Запорізька гімназія №4 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>137824</v>
+        <v>137813</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №77 ЗМР</t>
+          <t>ЗГ №4</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Памірська, 91</t>
+          <t>вулиця Андрія Лободи, 30</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-55</t>
+          <t>(061)286-24-67</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>school@z77.zp.ua</t>
+          <t>school4zp@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>https://www.school77.zp.ua</t>
+          <t>http://s4.osvita.zp.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Пузина Сергій Вікторович</t>
+          <t>Директор Мостова Світлана Василівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №93 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №42 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>137142</v>
+        <v>136720</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №93</t>
+          <t>ЗГ №42</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Полякова, 9</t>
+          <t>вулиця Шевченка, 277А</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-37</t>
+          <t>(061)286-24-60</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>school93-60@ukr.net</t>
+          <t>zg42@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://g93.osvita.zp.ua</t>
+          <t>http://znvk42.zp.ua</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Гаркуша Оксана Анатоліївна</t>
+          <t>Директор Поливанюк Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №95 Запорізької міської ради</t>
+          <t>Запорізька гімназія №52 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>137822</v>
+        <v>137292</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №95 ЗМР</t>
+          <t>ЗГ №52 ЗМР</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Завади, 16</t>
+          <t>вулиця Шевченка, 241В</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-90</t>
+          <t>(061)286-24-58</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>school95@meta.ua</t>
+          <t>grenyar52@gmail.com</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/sc95.zp.ua/school95zp</t>
+          <t>https://sites.google.com/grenyar52.ukr.education/school-52/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Нечет-Симакова Алла Олегівна</t>
+          <t>Директор Могиліна Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Запорізька загальноосвітня школа I-II ступенів №53 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №55 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>151547</v>
+        <v>137818</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>ЗЗШ №53 ЗМР ЗО</t>
+          <t>ЗГ №55</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 123</t>
+          <t>вулиця Передатна, 17А</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-99</t>
+          <t>(061)286-24-79</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>sch_53@ukr.net</t>
+          <t>zosh55@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/schoolzp53</t>
+          <t>http://zzsh55.org.ua</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Гринь Людмила Дмитрівна</t>
+          <t>Директор Шевченко Вікторія Дмитрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Мрія" ім. О.М. Поради Запорізької міської ради</t>
+          <t>Запорізька гімназія №60 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>140824</v>
+        <v>137019</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>ЗПШ "Мрія"</t>
+          <t>ЗГ №60</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Корищенка, 38А</t>
+          <t>вулиця Героїв 55-ї бригади, 27</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-65</t>
+          <t>(061)286-24-88</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>centr_mria@ukr.net</t>
+          <t>zg_60@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>https://mriazpnew.wixsite.com/znvkmria</t>
+          <t>https://sites.google.com/znvk60.zp.ua/school60zp/</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Корольова Людмила Михайлівна</t>
+          <t>Директор Власюк Світлана Михайлівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Натхнення" Запорізької міської ради</t>
+          <t>Запорізька гімназія №63 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>176577</v>
+        <v>137812</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D20" s="4"/>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>ЗГ №63 ЗМР</t>
+        </is>
+      </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Завади, 6А</t>
+          <t>вулиця Пархоменка, 12А</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-61</t>
+          <t>(061)286-23-30</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>nathnenya2021@gmail.com</t>
+          <t>znvk63@i.ua</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/zpsh-nathnennya/</t>
+          <t>http://gimnasium63zp.pp.ua/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Кліпко Ольга Миколаївна</t>
+          <t>Директор Циганов Геннадій Володимирович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Прогрес" Запорізької міської ради</t>
+          <t>Запорізька гімназія №64 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>135429</v>
+        <v>137242</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>ЗПШ "Прогрес"</t>
+          <t>ЗГ №64 ЗМР</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бочарова, 5А</t>
+          <t>вулиця Молочна, 36</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-85</t>
+          <t>(061)286-24-80</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>schoolprogress2000@ukr.net</t>
+          <t>znvk64zpua@gmail.com</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>https://www.progres.zp.ua/</t>
+          <t>http://school64.ucoz.ua</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Сукач Світлана Іванівна</t>
+          <t>Директор Глєзєрова Луіза Василівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Світанок" Запорізької міської ради</t>
+          <t>Запорізька гімназія №65 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>139744</v>
+        <v>137838</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>ЗПШ "Світанок"</t>
+          <t>ЗГ №65 ЗМР</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фортечна, 92А</t>
+          <t>проспект Моторобудівників, 26</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-36</t>
+          <t>(061)286-24-52</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>znvksvitanok@ukr.net</t>
+          <t>school-65@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>https://zpsh-svitanok.wixsite.com/site</t>
+          <t>http://school65.zp.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Ряпісова Наталя Вікторівна</t>
+          <t>Директор Чомова Світлана Валеріївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Запорізька спеціалізована школа фізичної культури І-ІІІ ступенів №18 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №68 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>139648</v>
+        <v>137817</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>ЗСШФК №18 ЗМР ЗО</t>
+          <t>ЗГ №68 ЗМР</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Краківська, 8А</t>
+          <t>вулиця Харчова, 35</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-37</t>
+          <t>(061)702-33-89</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>18_school@ukr.net</t>
+          <t>school68zg@gmail.com</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>http://sport18.zp.ua</t>
+          <t>https://znvk68.wixsite.com/znvk68site</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Кардинал Лілія Олегівна</t>
+          <t>Директор Рябенко Лариса Іванівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №34 Запорізької міської ради</t>
+          <t>Запорізька гімназія №77 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>137825</v>
+        <v>137824</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>ЗАЛ №34</t>
+          <t>ЗГ №77 ЗМР</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Завади, 8</t>
+          <t>вулиця Памірська, 91</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-33</t>
+          <t>(061)286-24-55</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>zplicey34@gmail.com</t>
+          <t>school@z77.zp.ua</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://zplicey34.at.ua</t>
+          <t>https://www.school77.zp.ua</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Дацінько Євдокія Григорівна</t>
+          <t>Директор Пузина Сергій Вікторович</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей "Вибір" Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №95 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>139647</v>
+        <v>137822</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Академічний ліцей "Вибір"</t>
+          <t>ЗГ №95 ЗМР</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пархоменка, 19</t>
+          <t>вулиця Богдана Завади, 16</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-05</t>
+          <t>(061)286-24-90</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>ztlvybor@ukr.net</t>
+          <t>school95@meta.ua</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>http://vybor.zp.ua</t>
+          <t>https://sites.google.com/sc95.zp.ua/school95zp</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Ребрик Алла Олексіївна</t>
+          <t>Директор Нечет-Симакова Алла Олегівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей "Перспектива" Запорізької міської ради</t>
+          <t>Запорізька загальноосвітня школа I-II ступенів №53 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>140256</v>
+        <v>151547</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ЗАЛ «Перспектива»</t>
+          <t>ЗЗШ №53 ЗМР ЗО</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 55-ї бригади, 3Б</t>
+          <t>вулиця Шевченка, 123</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-48</t>
+          <t>(061)286-24-99</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>zblzmr1@gmail.com</t>
+          <t>sch_53@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>https://www.perspectivazp.com</t>
+          <t>https://sites.google.com/site/schoolzp53</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Саміло Костянтин Миколайович</t>
+          <t>Директор Гринь Людмила Дмитрівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат №2" Запорізької обласної ради</t>
+          <t>Запорізька початкова школа "Мрія" ім. О.М. Поради Запорізької міської ради</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>136998</v>
+        <v>140824</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ЗСЗШ-І № 2" ЗОР</t>
+          <t>ЗПШ "Мрія"</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця І. Сікорського, 267</t>
+          <t>вулиця Миколи Корищенка, 38А</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(061)239-70-50, (061)239-70-51, (061)2397055</t>
+          <t>(061)286-24-65</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>zshi@ukr.net</t>
+          <t>centr_mria@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://zshi2.org.ua/</t>
+          <t>https://mriazpnew.wixsite.com/znvkmria</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Кисла Наталія Михайлівна</t>
+          <t>Директор Корольова Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Джерело" Запорізької обласної ради</t>
+          <t>Запорізька початкова школа "Натхнення" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>136715</v>
+        <v>176577</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D28" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D28" s="4"/>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тарасівська, 2</t>
+          <t>вулиця Богдана Завади, 6А</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(061)707-55-15</t>
+          <t>(061)286-24-61</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>zsdjerelo@ukr.net</t>
+          <t>nathnenya2021@gmail.com</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://dzherelo.zp.sch.in.ua/</t>
+          <t>https://sites.google.com/view/zpsh-nathnennya/</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Нішенко Олександр Володимирович</t>
+          <t>Директор Кліпко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізький обласний ліцей-інтернат з посиленою військово-фізичною підготовкою "Захисник" Запорізької обласної ради</t>
+          <t>Запорізька початкова школа "Прогрес" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>137425</v>
+        <v>135429</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>КЗ ЗОЛ "Захисник" ЗОР</t>
+          <t>ЗПШ "Прогрес"</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Військбуд, 570</t>
+          <t>вулиця Бочарова, 5А</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(061)226-23-52, (061)226-23-53, (096)272-82-18</t>
+          <t>(061)286-24-85</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>zahisnik.zp@gmail.com</t>
+          <t>schoolprogress2000@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>www.zahisnik.zp.ua</t>
+          <t>https://www.progres.zp.ua/</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t> Кулька Руслан Миколайович</t>
+          <t>Директор Сукач Світлана Іванівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька початкова школа "Світанок" Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="B30" s="5" t="n">
+        <v>139744</v>
+      </c>
+      <c r="C30" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>ЗПШ "Світанок"</t>
+        </is>
+      </c>
+      <c r="E30" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>початкова школа</t>
+        </is>
+      </c>
+      <c r="G30" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H30" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I30" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J30" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K30" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Фортечна, 92А</t>
+        </is>
+      </c>
+      <c r="L30" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M30" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N30" s="7"/>
+      <c r="O30" s="4" t="inlineStr">
+        <is>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+        </is>
+      </c>
+      <c r="P30" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-23-36</t>
+        </is>
+      </c>
+      <c r="Q30" s="4"/>
+      <c r="R30" s="4" t="inlineStr">
+        <is>
+          <t>znvksvitanok@ukr.net</t>
+        </is>
+      </c>
+      <c r="S30" s="4" t="inlineStr">
+        <is>
+          <t>https://zpsh-svitanok.wixsite.com/site</t>
+        </is>
+      </c>
+      <c r="T30" s="4" t="inlineStr">
+        <is>
+          <t>Директор Ряпісова Наталя Вікторівна</t>
+        </is>
+      </c>
+      <c r="U30" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V30" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W30" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X30" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y30" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька спеціалізована школа фізичної культури І-ІІІ ступенів №18 Запорізької міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B31" s="5" t="n">
+        <v>139648</v>
+      </c>
+      <c r="C31" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>ЗСШФК №18 ЗМР ЗО</t>
+        </is>
+      </c>
+      <c r="E31" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>спеціалізована школа</t>
+        </is>
+      </c>
+      <c r="G31" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H31" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I31" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J31" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K31" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Краківська, 8А</t>
+        </is>
+      </c>
+      <c r="L31" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M31" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N31" s="7"/>
+      <c r="O31" s="4" t="inlineStr">
+        <is>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+        </is>
+      </c>
+      <c r="P31" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-23-37</t>
+        </is>
+      </c>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="4" t="inlineStr">
+        <is>
+          <t>sport@18school.zp.ua</t>
+        </is>
+      </c>
+      <c r="S31" s="4" t="inlineStr">
+        <is>
+          <t>http://sport18.zp.ua</t>
+        </is>
+      </c>
+      <c r="T31" s="4" t="inlineStr">
+        <is>
+          <t>Директор Кардинал Лілія Олегівна</t>
+        </is>
+      </c>
+      <c r="U31" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V31" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W31" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X31" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y31" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький академічний ліцей №34 Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="B32" s="5" t="n">
+        <v>137825</v>
+      </c>
+      <c r="C32" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>ЗАЛ №34</t>
+        </is>
+      </c>
+      <c r="E32" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G32" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H32" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I32" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J32" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K32" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Богдана Завади, 8</t>
+        </is>
+      </c>
+      <c r="L32" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M32" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N32" s="7"/>
+      <c r="O32" s="4" t="inlineStr">
+        <is>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+        </is>
+      </c>
+      <c r="P32" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-24-33</t>
+        </is>
+      </c>
+      <c r="Q32" s="4"/>
+      <c r="R32" s="4" t="inlineStr">
+        <is>
+          <t>zplicey34@gmail.com</t>
+        </is>
+      </c>
+      <c r="S32" s="4" t="inlineStr">
+        <is>
+          <t>http://zplicey34.at.ua</t>
+        </is>
+      </c>
+      <c r="T32" s="4" t="inlineStr">
+        <is>
+          <t>Директор Дацінько Євдокія Григорівна</t>
+        </is>
+      </c>
+      <c r="U32" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V32" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W32" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X32" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y32" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький академічний ліцей №93 Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="B33" s="5" t="n">
+        <v>137142</v>
+      </c>
+      <c r="C33" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький академічний ліцей №93</t>
+        </is>
+      </c>
+      <c r="E33" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G33" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H33" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I33" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J33" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K33" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Полякова, 9</t>
+        </is>
+      </c>
+      <c r="L33" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M33" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N33" s="7"/>
+      <c r="O33" s="4" t="inlineStr">
+        <is>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+        </is>
+      </c>
+      <c r="P33" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-24-37</t>
+        </is>
+      </c>
+      <c r="Q33" s="4"/>
+      <c r="R33" s="4" t="inlineStr">
+        <is>
+          <t>school93-60@ukr.net</t>
+        </is>
+      </c>
+      <c r="S33" s="4" t="inlineStr">
+        <is>
+          <t>http://g93.osvita.zp.ua</t>
+        </is>
+      </c>
+      <c r="T33" s="4" t="inlineStr">
+        <is>
+          <t>Директор Гаркуша Оксана Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U33" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V33" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W33" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X33" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y33" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький академічний ліцей "Вибір" Запорізької міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B34" s="5" t="n">
+        <v>139647</v>
+      </c>
+      <c r="C34" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>Академічний ліцей "Вибір"</t>
+        </is>
+      </c>
+      <c r="E34" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G34" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H34" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I34" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J34" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K34" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Пархоменка, 19</t>
+        </is>
+      </c>
+      <c r="L34" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M34" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N34" s="7"/>
+      <c r="O34" s="4" t="inlineStr">
+        <is>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+        </is>
+      </c>
+      <c r="P34" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-23-05</t>
+        </is>
+      </c>
+      <c r="Q34" s="4"/>
+      <c r="R34" s="4" t="inlineStr">
+        <is>
+          <t>ztlvybor@ukr.net</t>
+        </is>
+      </c>
+      <c r="S34" s="4" t="inlineStr">
+        <is>
+          <t>http://vybor.zp.ua</t>
+        </is>
+      </c>
+      <c r="T34" s="4" t="inlineStr">
+        <is>
+          <t>Директор Ребрик Алла Олексіївна</t>
+        </is>
+      </c>
+      <c r="U34" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V34" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W34" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X34" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y34" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький академічний ліцей "Перспектива" Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="B35" s="5" t="n">
+        <v>140256</v>
+      </c>
+      <c r="C35" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>ЗАЛ «Перспектива»</t>
+        </is>
+      </c>
+      <c r="E35" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G35" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H35" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I35" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J35" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K35" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Героїв 55-ї бригади, 3Б</t>
+        </is>
+      </c>
+      <c r="L35" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M35" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N35" s="7"/>
+      <c r="O35" s="4" t="inlineStr">
+        <is>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+        </is>
+      </c>
+      <c r="P35" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-24-48</t>
+        </is>
+      </c>
+      <c r="Q35" s="4"/>
+      <c r="R35" s="4" t="inlineStr">
+        <is>
+          <t>zblzmr1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S35" s="4" t="inlineStr">
+        <is>
+          <t>https://www.perspectivazp.com</t>
+        </is>
+      </c>
+      <c r="T35" s="4" t="inlineStr">
+        <is>
+          <t>Директор Саміло Костянтин Миколайович</t>
+        </is>
+      </c>
+      <c r="U35" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V35" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W35" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X35" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y35" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="4" t="inlineStr">
+        <is>
+          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат №2" Запорізької обласної ради</t>
+        </is>
+      </c>
+      <c r="B36" s="5" t="n">
+        <v>136998</v>
+      </c>
+      <c r="C36" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>КЗ "ЗСЗШ-І № 2" ЗОР</t>
+        </is>
+      </c>
+      <c r="E36" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>спеціальна школа-інтернат</t>
+        </is>
+      </c>
+      <c r="G36" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H36" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I36" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J36" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K36" s="4" t="inlineStr">
+        <is>
+          <t>вулиця І. Сікорського, 267</t>
+        </is>
+      </c>
+      <c r="L36" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M36" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N36" s="7"/>
+      <c r="O36" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P36" s="4" t="inlineStr">
+        <is>
+          <t>(061)239-70-50, (061)239-70-51, (061)2397055</t>
+        </is>
+      </c>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4" t="inlineStr">
+        <is>
+          <t>zshi@ukr.net</t>
+        </is>
+      </c>
+      <c r="S36" s="4" t="inlineStr">
+        <is>
+          <t>http://zshi2.org.ua/</t>
+        </is>
+      </c>
+      <c r="T36" s="4" t="inlineStr">
+        <is>
+          <t>Т.в.о. директора Кисла Наталія Михайлівна</t>
+        </is>
+      </c>
+      <c r="U36" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V36" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W36" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X36" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="Y36" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="4" t="inlineStr">
+        <is>
+          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Джерело" Запорізької обласної ради</t>
+        </is>
+      </c>
+      <c r="B37" s="5" t="n">
+        <v>136715</v>
+      </c>
+      <c r="C37" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька школа-інтернат "Джерело"</t>
+        </is>
+      </c>
+      <c r="E37" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>спеціальна школа-інтернат</t>
+        </is>
+      </c>
+      <c r="G37" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H37" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I37" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J37" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K37" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Тарасівська, 2</t>
+        </is>
+      </c>
+      <c r="L37" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M37" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N37" s="7"/>
+      <c r="O37" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P37" s="4" t="inlineStr">
+        <is>
+          <t>(061)707-55-15</t>
+        </is>
+      </c>
+      <c r="Q37" s="4"/>
+      <c r="R37" s="4" t="inlineStr">
+        <is>
+          <t>zsdjerelo@ukr.net</t>
+        </is>
+      </c>
+      <c r="S37" s="4" t="inlineStr">
+        <is>
+          <t>http://dzherelo.zp.sch.in.ua/</t>
+        </is>
+      </c>
+      <c r="T37" s="4" t="inlineStr">
+        <is>
+          <t>Директор Нішенко Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U37" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V37" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W37" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X37" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="Y37" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="4" t="inlineStr">
+        <is>
+          <t>комунальний заклад "Запорізький обласний ліцей-інтернат з посиленою військово-фізичною підготовкою "Захисник" Запорізької обласної ради</t>
+        </is>
+      </c>
+      <c r="B38" s="5" t="n">
+        <v>137425</v>
+      </c>
+      <c r="C38" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>КЗ ЗОЛ "Захисник" ЗОР</t>
+        </is>
+      </c>
+      <c r="E38" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>ліцей-інтернат</t>
+        </is>
+      </c>
+      <c r="G38" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H38" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I38" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J38" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K38" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Військбуд, 570</t>
+        </is>
+      </c>
+      <c r="L38" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M38" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N38" s="7"/>
+      <c r="O38" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P38" s="4" t="inlineStr">
+        <is>
+          <t>(061)226-23-52, (061)226-23-53, (096)272-82-18</t>
+        </is>
+      </c>
+      <c r="Q38" s="4"/>
+      <c r="R38" s="4" t="inlineStr">
+        <is>
+          <t>zahisnik.zp@gmail.com</t>
+        </is>
+      </c>
+      <c r="S38" s="4" t="inlineStr">
+        <is>
+          <t>www.zahisnik.zp.ua</t>
+        </is>
+      </c>
+      <c r="T38" s="4" t="inlineStr">
+        <is>
+          <t> Кулька Руслан Миколайович</t>
+        </is>
+      </c>
+      <c r="U38" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V38" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W38" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X38" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="Y38" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y29"/>
+  <autoFilter ref="A1:Y38"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>