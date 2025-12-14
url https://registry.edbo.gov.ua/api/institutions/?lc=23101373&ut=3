--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -1185,51 +1185,51 @@
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(061)2260616</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>scool91@i.ua</t>
+          <t>zpgym91@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://www.school91.inf.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Іваницька Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>