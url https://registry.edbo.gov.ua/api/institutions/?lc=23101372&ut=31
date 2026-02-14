--- v0 (2025-11-02)
+++ v1 (2026-02-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$44</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y38"/>
+  <dimension ref="A1:Y44"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -2394,1642 +2394,1642 @@
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 13 "Сонечко" ( ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 11 "Калинонька" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>164989</v>
+        <v>164987</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 13 "Сонечко" ММР ЗО</t>
+          <t>ЗДО №11 "Калинонька" ММР ЗО</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ вул. Якова Новицького, 143/7</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0619)421270</t>
+          <t>(098)9715869</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>melyozdo43@gmail.com</t>
+          <t>melyozdo40@gmail.com</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>www.melitopol-dnz43.edukit.zp.ua</t>
+          <t>dnz40.wordpress.com</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Зеленковська Олена Юріївна</t>
+          <t>Директор Пантова Ганна Віталіївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 17 "Ведмедик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 12 "Веселка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>164992</v>
+        <v>164990</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 17 ММР ЗО</t>
+          <t>ЗДО № 12 "Веселка" ММР ЗО</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/ вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0619)43-90-97</t>
+          <t>(067)1166769</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>melyozdo48@gmail.com</t>
+          <t>44meluo@gmail.com</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>https://dnzvedmedik48.wixsite.com/health</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Лєвіна Анастасія Валеріївна</t>
+          <t>Директор Обуховська Наталя Григорівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 18 "Горобинка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 13 "Сонечко" ( ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>164993</v>
+        <v>164989</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 18 "Горобинка" ММР ЗО</t>
+          <t>ЗДО № 13 "Сонечко" ММР ЗО</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0619)43-03-12</t>
+          <t>(0619)421270</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>melyozdo49@gmail.com</t>
+          <t>melyozdo43@gmail.com</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>dnz49.ucoz.ua</t>
+          <t>www.melitopol-dnz43.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Маринова Юлія Юріївна</t>
+          <t>Директор Зеленковська Олена Юріївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 19 "Медовий" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 16 "Вогник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>164995</v>
+        <v>164994</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 19 ММР ЗО</t>
+          <t>ЗДО № 16 "Вогник" ММР ЗО</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(061)9477315</t>
+          <t>(063)6974265</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>melyozdo99@gmail.com</t>
+          <t>melosvitadnz78@gmail.com</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://zirojka99.wixsite.com/home</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t> Захарова Юлія Валеріївна</t>
+          <t> Кійко Наталя Ігорівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 20 "Золотий півник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 17 "Ведмедик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>164982</v>
+        <v>164992</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 20 ММР ЗО</t>
+          <t>ЗДО № 17 ММР ЗО</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0619)422839</t>
+          <t>(0619)43-90-97</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>melyozdo29@gmail.com</t>
+          <t>melyozdo48@gmail.com</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>https://liliyazdo.wixsite.com/dnz29melitopol</t>
+          <t>https://dnzvedmedik48.wixsite.com/health</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Кашкарьова Анна Валентинівна</t>
+          <t>Директор Лєвіна Анастасія Валеріївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 26 "Світанок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 18 "Горобинка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>164981</v>
+        <v>164993</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 23 "Світанок" ММР ЗО</t>
+          <t>ЗДО № 18 "Горобинка" ММР ЗО</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова, 7</t>
+          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(098)1047091</t>
+          <t>(0619)43-03-12</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>melyozdo26@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S26" s="4"/>
+          <t>melyozdo49@gmail.com</t>
+        </is>
+      </c>
+      <c r="S26" s="4" t="inlineStr">
+        <is>
+          <t>dnz49.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Засипко Наталя Миколаївна</t>
+          <t>Директор Маринова Юлія Юріївна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 3 "Зайчик" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 19 "Медовий" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>164972</v>
+        <v>164995</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 3 "Зайчик" ММР ЗО</t>
+          <t>ЗДО № 19 ММР ЗО</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицього Якова, 143/7</t>
+          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(066)7216943</t>
+          <t>(061)9477315</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>melyozdo20@gmail.com</t>
+          <t>melyozdo99@gmail.com</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://perlinamelitopolsk.wix.com/perlina</t>
+          <t>http://zirojka99.wixsite.com/home</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Добряк Марина Віталіївна</t>
+          <t> Захарова Юлія Валеріївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 4 "Ластівка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 20 "Золотий півник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>164980</v>
+        <v>164982</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 4 "Ластівка" ММР ЗО № 24</t>
+          <t>ЗДО № 20 "Золотий півник" ММР ЗО</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(096)3289185</t>
+          <t>(0619)422839</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>melyozdo24@gmail.com</t>
+          <t>melyozdo29@gmail.com</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://lastivka.jimdo.com/</t>
+          <t>https://liliyazdo.wixsite.com/dnz29melitopol</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопович Вікторина Михайлівна</t>
+          <t>Директор Кашкарьова Анна Валентинівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 47 "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 21 "Вербонька" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>164991</v>
+        <v>164979</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 47 "Посмішка" ММР ЗО</t>
+          <t>ЗДО № 21 "Вербонька" ММР ЗО</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(093)3415651</t>
+          <t>(093)5209834</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>melyozdo47@gmail.com</t>
+          <t>osvitadnz21@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>berizka.zp.ua</t>
+          <t>http://verbonka.wix.com/dnz21/</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Поліщук Оксана Анатоліївна</t>
+          <t>Директор Корпусова Інна Євгенівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 5 "Мрія" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 22"Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>164976</v>
+        <v>164984</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 5 "Мрія" ММР ЗО</t>
+          <t>ЗДО № 22 "Берізка" ММР ЗО</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/Новицького вулиця, 143/7</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(097)5024164</t>
+          <t>(0619)448211</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>melyozdo14@gmail.com</t>
+          <t>melyozdo36@gmail.com</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>www.melitopol-dnz14.edukit.zp.ua</t>
+          <t>http://melitopol-dnz36.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Прийма Наталя Вікторівна</t>
+          <t>Директор Іванова Інна Валеріївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 8 "Зірочка"(ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 26 "Світанок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>164974</v>
+        <v>164981</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 8 "Зіроочка" ММР ЗО</t>
+          <t>ЗДО № 23 "Світанок" ММР ЗО</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ Новицького Якова, 7</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(096)8033421</t>
+          <t>(098)1047091</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>melyozdo8@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>melyozdo26@gmail.com</t>
+        </is>
+      </c>
+      <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Білик Наталя Олександрівна</t>
+          <t>Директор Засипко Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 9 "Лелеченя" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 3 "Зайчик" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>164975</v>
+        <v>164972</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 9 "Лелеченя"</t>
+          <t>ЗДО № 3 "Зайчик" ММР ЗО</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицього Якова, 143/7</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(067)7527764</t>
+          <t>(066)7216943</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>melyozdo9@gmail.com</t>
+          <t>melyozdo20@gmail.com</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://dnz9dnz9.wixsite.com/lele</t>
+          <t>http://perlinamelitopolsk.wix.com/perlina</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Супрун Ірина Іванівна</t>
+          <t>Директор Добряк Марина Віталіївна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 4 "Ластівка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>164984</v>
+        <v>164980</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 22 "Берізка" ММР ЗО</t>
+          <t>ЗДО № 4 "Ластівка" ММР ЗО № 24</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького вулиця, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0619)448211</t>
+          <t>(096)3289185</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>melyozdo36@gmail.com</t>
+          <t>melyozdo24@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>http://melitopol-dnz36.edukit.zp.ua</t>
+          <t>http://lastivka.jimdo.com/</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Інна Валеріївна</t>
+          <t>Директор Прокопович Вікторина Михайлівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №10 "Попелюшка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 5 "Мрія" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>164985</v>
+        <v>164976</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 10 "Попелюшка" ММР ЗО</t>
+          <t>ЗДО № 5 "Мрія" ММР ЗО</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(096)6938582</t>
+          <t>(097)5024164</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>melyozdo38@gmail.com</t>
+          <t>melyozdo14@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>http://www.melitopol-dnz38.edukit.zp.ua</t>
+          <t>www.melitopol-dnz14.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Столбова Тамара Євгенівна</t>
+          <t>Директор Прийма Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №30 "Світлячок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 7 "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>164983</v>
+        <v>164991</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №30 "Світлячок" ММР ЗО</t>
+          <t>ЗДО № 7 "Посмішка" ММР ЗО</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4041,420 +4041,1102 @@
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(096)6927010</t>
+          <t>(093)3415651</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>nelina1996@gmail.com</t>
+          <t>melyozdo47@gmail.com</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>http://afalina12.wixsite.com/svet</t>
+          <t>berizka.zp.ua</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Тьор Анастасія Олегівна</t>
+          <t>Директор Поліщук Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільноїосвіти №2 "Дюймовочка" (ясла-садок) комбінованого типу Мелітопольськоїміської ради Запорізькоїобласті</t>
+          <t>Заклад дошкільної освіти № 8 "Зірочка"(ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>164977</v>
+        <v>164974</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №2 "Дюймовочка" ММР ЗО</t>
+          <t>ЗДО № 8 "Зіроочка" ММР ЗО</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ вулиця Новицього Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(067)9479356</t>
+          <t>(096)8033421</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>melyozdo17@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S36" s="4"/>
+          <t>melyozdo8@gmail.com</t>
+        </is>
+      </c>
+      <c r="S36" s="4" t="inlineStr">
+        <is>
+          <t>http://melitopol-dnz8.edukit.zp.ua/</t>
+        </is>
+      </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрійченко Ганна Миколаївна</t>
+          <t>Директор Білик Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) №146 "Вербичка" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 9 "Лелеченя" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>168290</v>
-[...1 lines deleted...]
-      <c r="C37" s="6"/>
+        <v>164975</v>
+      </c>
+      <c r="C37" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ №146</t>
+          <t>ЗДО № 9 "Лелеченя"</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 85в</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(061)7085815</t>
+          <t>(067)7527764</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>verbichka146@ukr.net</t>
+          <t>melyozdo9@gmail.com</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>http://zp-verbichka.at.ua</t>
+          <t>https://dnz9dnz9.wixsite.com/lele</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Супрун Ірина Іванівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Товариства з обмеженою відповідальностю "Яслі-сад "ЕйдоС"</t>
+          <t>Заклад дошкільної освіти №10 "Попелюшка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>168303</v>
-[...1 lines deleted...]
-      <c r="C38" s="6"/>
+        <v>164985</v>
+      </c>
+      <c r="C38" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Яслі-сад "ЕйдоС"</t>
+          <t>ЗДО № 10 "Попелюшка" ММР ЗО</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нижньодніпровська, 4а</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(061)239-65-60</t>
+          <t>(096)6938582</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>eidos.zp.ua@gmail.com</t>
+          <t>melyozdo38@gmail.com</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>http://www.eidos.zp.ua/sadik</t>
+          <t>http://www.melitopol-dnz38.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Столбова Тамара Євгенівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="4" t="inlineStr">
+        <is>
+          <t>Заклад дошкільної освіти №14 "Барвінок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B39" s="5" t="n">
+        <v>164988</v>
+      </c>
+      <c r="C39" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО №14 "Барвінок" ММР ЗО</t>
+        </is>
+      </c>
+      <c r="E39" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
+        </is>
+      </c>
+      <c r="G39" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H39" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I39" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J39" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K39" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
+        </is>
+      </c>
+      <c r="L39" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M39" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N39" s="7"/>
+      <c r="O39" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="P39" s="4" t="inlineStr">
+        <is>
+          <t>(098)1049875</t>
+        </is>
+      </c>
+      <c r="Q39" s="4"/>
+      <c r="R39" s="4" t="inlineStr">
+        <is>
+          <t>zdomelyo41@gmail.com</t>
+        </is>
+      </c>
+      <c r="S39" s="4" t="inlineStr">
+        <is>
+          <t>https://surl.li/hanuvb</t>
+        </is>
+      </c>
+      <c r="T39" s="4" t="inlineStr">
+        <is>
+          <t> Данченко Галина Іванівна</t>
+        </is>
+      </c>
+      <c r="U39" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V39" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W39" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X39" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y39" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="4" t="inlineStr">
+        <is>
+          <t>Заклад дошкільної освіти №2 "Дюймовочка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B40" s="5" t="n">
+        <v>164977</v>
+      </c>
+      <c r="C40" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО №2 "Дюймовочка" ММР ЗО</t>
+        </is>
+      </c>
+      <c r="E40" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
+        </is>
+      </c>
+      <c r="G40" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H40" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I40" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J40" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K40" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний/ вулиця Новицього Якова, 143/7</t>
+        </is>
+      </c>
+      <c r="L40" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M40" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N40" s="7"/>
+      <c r="O40" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="P40" s="4" t="inlineStr">
+        <is>
+          <t>(067)9479356</t>
+        </is>
+      </c>
+      <c r="Q40" s="4"/>
+      <c r="R40" s="4" t="inlineStr">
+        <is>
+          <t>melyozdo17@gmail.com</t>
+        </is>
+      </c>
+      <c r="S40" s="4" t="inlineStr">
+        <is>
+          <t>https://surl.li/hanuvb</t>
+        </is>
+      </c>
+      <c r="T40" s="4" t="inlineStr">
+        <is>
+          <t>Директор Андрійченко Ганна Миколаївна</t>
+        </is>
+      </c>
+      <c r="U40" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V40" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W40" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X40" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y40" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="4" t="inlineStr">
+        <is>
+          <t>Заклад дошкільної освіти №25 "Віночок" (ясла- садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B41" s="5" t="n">
+        <v>172462</v>
+      </c>
+      <c r="C41" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 25 "Віночок" ММР ЗО</t>
+        </is>
+      </c>
+      <c r="E41" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
+        </is>
+      </c>
+      <c r="G41" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H41" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I41" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J41" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K41" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний/ вул. Новицького Якова, 143/7</t>
+        </is>
+      </c>
+      <c r="L41" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M41" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N41" s="7"/>
+      <c r="O41" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="P41" s="4" t="inlineStr">
+        <is>
+          <t>(06192)71690</t>
+        </is>
+      </c>
+      <c r="Q41" s="4"/>
+      <c r="R41" s="4" t="inlineStr">
+        <is>
+          <t>melyozdo46@gmail.com</t>
+        </is>
+      </c>
+      <c r="S41" s="4" t="inlineStr">
+        <is>
+          <t>http://dnz46vinochok.wixsite.com/sait</t>
+        </is>
+      </c>
+      <c r="T41" s="4" t="inlineStr">
+        <is>
+          <t> Малєнко Юлія Сергіївна</t>
+        </is>
+      </c>
+      <c r="U41" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V41" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W41" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X41" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y41" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="4" t="inlineStr">
+        <is>
+          <t>Заклад дошкільної освіти №30 "Світлячок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B42" s="5" t="n">
+        <v>164983</v>
+      </c>
+      <c r="C42" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО №30 "Світлячок" ММР ЗО</t>
+        </is>
+      </c>
+      <c r="E42" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
+        </is>
+      </c>
+      <c r="G42" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H42" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I42" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J42" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K42" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+        </is>
+      </c>
+      <c r="L42" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M42" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N42" s="7"/>
+      <c r="O42" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="P42" s="4" t="inlineStr">
+        <is>
+          <t>(096)6927010</t>
+        </is>
+      </c>
+      <c r="Q42" s="4"/>
+      <c r="R42" s="4" t="inlineStr">
+        <is>
+          <t>nelina1996@gmail.com</t>
+        </is>
+      </c>
+      <c r="S42" s="4" t="inlineStr">
+        <is>
+          <t>http://afalina12.wixsite.com/svet</t>
+        </is>
+      </c>
+      <c r="T42" s="4" t="inlineStr">
+        <is>
+          <t>Директор Тьор Анастасія Олегівна</t>
+        </is>
+      </c>
+      <c r="U42" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V42" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W42" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X42" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y42" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="4" t="inlineStr">
+        <is>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) №146 "Вербичка" Запорізької міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B43" s="5" t="n">
+        <v>168290</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>СДНЗ №146</t>
+        </is>
+      </c>
+      <c r="E43" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G43" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H43" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I43" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J43" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K43" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Перемоги, 85в</t>
+        </is>
+      </c>
+      <c r="L43" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M43" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N43" s="7"/>
+      <c r="O43" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P43" s="4" t="inlineStr">
+        <is>
+          <t>(061)7085815</t>
+        </is>
+      </c>
+      <c r="Q43" s="4"/>
+      <c r="R43" s="4" t="inlineStr">
+        <is>
+          <t>verbichka146@ukr.net</t>
+        </is>
+      </c>
+      <c r="S43" s="4" t="inlineStr">
+        <is>
+          <t>http://zp-verbichka.at.ua</t>
+        </is>
+      </c>
+      <c r="T43" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U43" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V43" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W43" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X43" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y43" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="4" t="inlineStr">
+        <is>
+          <t>Товариства з обмеженою відповідальностю "Яслі-сад "ЕйдоС"</t>
+        </is>
+      </c>
+      <c r="B44" s="5" t="n">
+        <v>168303</v>
+      </c>
+      <c r="C44" s="6"/>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "Яслі-сад "ЕйдоС"</t>
+        </is>
+      </c>
+      <c r="E44" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G44" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H44" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I44" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J44" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K44" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Нижньодніпровська, 4а</t>
+        </is>
+      </c>
+      <c r="L44" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M44" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N44" s="7"/>
+      <c r="O44" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P44" s="4" t="inlineStr">
+        <is>
+          <t>(061)239-65-60</t>
+        </is>
+      </c>
+      <c r="Q44" s="4"/>
+      <c r="R44" s="4" t="inlineStr">
+        <is>
+          <t>eidos.zp.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S44" s="4" t="inlineStr">
+        <is>
+          <t>http://www.eidos.zp.ua/sadik</t>
+        </is>
+      </c>
+      <c r="T44" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U44" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V44" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W44" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X44" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y44" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y38"/>
+  <autoFilter ref="A1:Y44"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>