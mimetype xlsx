--- v0 (2025-12-04)
+++ v1 (2026-02-01)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$95</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$102</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y95"/>
+  <dimension ref="A1:Y102"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -1175,51 +1175,51 @@
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(099)9151548</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>berdgimnaziya9@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Закоморний Микола Миколайович</t>
+          <t>Директор Піперкова Валентина Яківна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1865,354 +1865,354 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №20 Запорізької міської ради</t>
+          <t>Долинська гімназія-філії комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>135461</v>
+        <v>151502</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D16" s="4"/>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>Долинська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+        </is>
+      </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>бульвар Шевченка, 49</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0612)326360, (0612)326226, (0612)325929</t>
+          <t>(06175)55431</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>shkolazp20@gmail.com</t>
+          <t>licej.suziria.1952@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://znvk20.klasna.com</t>
+          <t>http://dolinskaschool.blogspot.com</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Паніна Світлана Савеліївна</t>
+          <t>Завідувач філією Остапенко Людмила Григорівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №25 Запорізької міської ради</t>
+          <t>Запорізька гімназія №20 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>135460</v>
+        <v>135461</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Патріотична, 76</t>
+          <t>бульвар Шевченка, 49</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(061)2260558, (061)2260559</t>
+          <t>(0612)326360, (0612)326226, (0612)325929</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>zp25gimn@ukr.net</t>
+          <t>shkolazp20@gmail.com</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://gymnasium25.zp.ua/</t>
+          <t>http://znvk20.klasna.com</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Луценко Марина Федорівна</t>
+          <t>Директор Паніна Світлана Савеліївна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №28 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №25 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>135463</v>
+        <v>135460</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вячеслава Зайцева, 16</t>
+          <t>вулиця Патріотична, 76</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(061)2335125, (061)2332553, (061)2331338</t>
-[...6 lines deleted...]
-      </c>
+          <t>(061)2260558, (061)2260559</t>
+        </is>
+      </c>
+      <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>zp28gimn@ukr.net</t>
+          <t>zp25gimn@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://www.school28.zp.ua</t>
+          <t>http://gymnasium25.zp.ua/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Бурма Ірина Миколаївна</t>
+          <t>Директор Луценко Марина Федорівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
@@ -3201,851 +3201,851 @@
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Запорізький класичний ліцей Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей №28 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>135606</v>
+        <v>135463</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D28" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D28" s="4"/>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леоніда Жаботинського, 23</t>
+          <t>вулиця Вячеслава Зайцева, 16</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(061)2398682, (061)2331144</t>
-[...2 lines deleted...]
-      <c r="Q28" s="4"/>
+          <t>(061)2335125, (061)2332553, (061)2331338</t>
+        </is>
+      </c>
+      <c r="Q28" s="4" t="inlineStr">
+        <is>
+          <t>(061)2332553</t>
+        </is>
+      </c>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>lyceumsekret@ukr.net</t>
+          <t>zp28gimn@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://classlyceum.zp.ua</t>
+          <t>http://www.school28.zp.ua</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Марія Михайлівна</t>
+          <t>Директор Бурма Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей №71 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей "Логос" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>135670</v>
+        <v>135434</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей №71</t>
+          <t>ЗАЛ "ЛОГОС" ЗМР</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>бульвар Марії Примаченко, 8</t>
+          <t>вулиця Рекордна, 27-А</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(061)2338111, (061)2338711</t>
+          <t>(061)7648877, (061)7016609</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>school-71@ukr.net</t>
+          <t>zllog90@gmail.com</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>http://school-71.zp.ua</t>
+          <t>http://www.zllogos.zp.ua</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Терновська Людмила Іванівна</t>
+          <t>Директор Могилін Олександр Володимирович</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "Логос" Запорізької міської ради Запорізької області</t>
+          <t>Запорізький класичний ліцей Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>135434</v>
+        <v>135606</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>ЗЛ "ЛОГОС" ЗМР ЗО</t>
+          <t>Запорізький класичний ліцей</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рекордна, 27-А</t>
+          <t>вулиця Леоніда Жаботинського, 23</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(061)7648877, (061)7016609</t>
+          <t>(061)2398682, (061)2331144</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>zllog90@gmail.com</t>
+          <t>lyceumsekret@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://www.zllogos.zp.ua</t>
+          <t>http://classlyceum.zp.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Могилін Олександр Володимирович</t>
+          <t>Директор Гончаренко Марія Михайлівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "ОРТ-Алєф" Запорізької міської ради</t>
+          <t>Запорізький ліцей №71 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>135259</v>
+        <v>135670</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D31" s="4"/>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький ліцей №71</t>
+        </is>
+      </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>бульвар Марії Примаченко, 14</t>
+          <t>бульвар Марії Примаченко, 8</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(061)2268309, (061)2395032</t>
+          <t>(061)2338111, (061)2338711</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>ortalef@ort.zp.ua</t>
+          <t>school-71@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>http://ort.zp.ua</t>
+          <t>http://school-71.zp.ua</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Шальміна Доліна Михайлівна</t>
+          <t>Директор Терновська Людмила Іванівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський опорний заклад загальної середньої освіти І-ІІІ ступенів Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Запорізький ліцей "ОРТ-Алєф" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>136366</v>
+        <v>135259</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D32" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D32" s="4"/>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 11</t>
+          <t>бульвар Марії Примаченко, 14</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(066)2310310</t>
+          <t>(061)2268309, (061)2395032</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>kyubzosh@gmail.com</t>
+          <t>ortalef@ort.zp.ua</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>http://kuib-school2.at.ua/</t>
+          <t>http://ort.zp.ua</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Паржиховська Вікторія Владиславівна</t>
+          <t>Директор Шальміна Доліна Михайлівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський спеціалізований заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Кам'янський опорний заклад загальної середньої освіти І-ІІІ ступенів Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>136362</v>
+        <v>136366</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Більмацький спеціалізований ЗЗСО "Інтелект"</t>
+          <t>Кам'янський опорний ЗЗСО</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
           <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(066)5874698</t>
+          <t>(066)2310310</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>intelektzosh@gmail.com</t>
+          <t>kyubzosh@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/intelektzosh</t>
+          <t>http://kuib-school2.at.ua/</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Заярський Олександр Васильович</t>
+          <t>Директор Паржиховська Вікторія Владиславівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Вербівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Кам'янський спеціалізований заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>136381</v>
+        <v>136362</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>КУ "Вербівський ліцей"</t>
+          <t>Більмацький спеціалізований ЗЗСО "Інтелект"</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(061)6538140</t>
+          <t>(066)5874698</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>verbivsko@gmail.com</t>
+          <t>intelektzosh@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>http://verb2school.ho.ua</t>
+          <t>https://sites.google.com/view/intelektzosh</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Пода Андрій Сергійович</t>
+          <t>Т.в.о. директора Заярський Олександр Васильович</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Інженерненський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Комунальна установа "Вербівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>136371</v>
+        <v>136381</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>КУ "Інженерненський ліцей"</t>
+          <t>КУ "Вербівський ліцей"</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4057,108 +4057,108 @@
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(06165)35940</t>
+          <t>(061)6538140</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>ingenernezosh@ukr.net</t>
+          <t>verbivsko@gmail.com</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>https://ku-inzenernenskij-licej.webnode.com.ua/</t>
+          <t>http://verb2school.ho.ua</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Цикало Наталія Анатоліївна</t>
+          <t>Директор Пода Андрій Сергійович</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Костянтинівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Комунальна установа "Інженерненський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>136286</v>
+        <v>136371</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>КУ "Костянтинівська гімназія"</t>
+          <t>КУ "Інженерненський ліцей"</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4170,104 +4170,108 @@
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(061)6539740</t>
+          <t>(06165)35940</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>konstanschool@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S36" s="4"/>
+          <t>ingenernezosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S36" s="4" t="inlineStr">
+        <is>
+          <t>https://ku-inzenernenskij-licej.webnode.com.ua/</t>
+        </is>
+      </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Соколовська Людмила Олексіївна</t>
+          <t>Директор Кононенко Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Новокарлівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Костянтинівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>135840</v>
+        <v>136286</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>КУ "Новокарлівський ліцей"</t>
+          <t>КУ "Костянтинівська гімназія"</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4279,108 +4283,104 @@
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(06165)57212</t>
+          <t>(061)6539740</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>novokarlivska111@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>konstanschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Цикало Віталій Вікторович</t>
+          <t>Директор Соколовська Людмила Олексіївна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №1" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Новокарлівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>136386</v>
+        <v>135840</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей № 1"</t>
+          <t>КУ "Новокарлівський ліцей"</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4392,104 +4392,108 @@
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(06165)22413</t>
+          <t>(06165)57212</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>pology.kolegium1@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S38" s="4"/>
+          <t>novokarlivska111@gmail.com</t>
+        </is>
+      </c>
+      <c r="S38" s="4" t="inlineStr">
+        <is>
+          <t>https://ku-novokarlivska-zosh-i-iii-st.webnode.com.ua/</t>
+        </is>
+      </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Кучер Олександр Федорович</t>
+          <t>Директор Цикало Віталій Вікторович</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №2" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей №1" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>136388</v>
+        <v>136386</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей №2"</t>
+          <t>КУ "Пологівський ліцей № 1"</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4501,108 +4505,104 @@
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(06165)50008, (06165)55850</t>
+          <t>(06165)22413</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>pologyschool2@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>pology.kolegium1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S39" s="4"/>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Волощук Богдан Миколайович</t>
+          <t>Директор Кучер Олександр Федорович</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Пологівський ліцей №4" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей №2" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>136393</v>
+        <v>136388</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей №4"</t>
+          <t>КУ "Пологівський ліцей №2"</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4614,104 +4614,108 @@
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(06165)22619, (06165)50007</t>
+          <t>(06165)50008, (06165)55850</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>litsey4pology@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S40" s="4"/>
+          <t>pologyschool2@gmail.com</t>
+        </is>
+      </c>
+      <c r="S40" s="4" t="inlineStr">
+        <is>
+          <t>http://polohy-school2.edukit.zp.ua</t>
+        </is>
+      </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Хижняк Станіслав Володимирович</t>
+          <t>Директор Волощук Богдан Миколайович</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №5" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Комунальна установа "Пологівський ліцей №4" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>135918</v>
+        <v>136393</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей № 5"</t>
+          <t>КУ "Пологівський ліцей №4"</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4723,108 +4727,104 @@
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(066)5457056</t>
+          <t>(06165)22619, (06165)50007</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>pology.litsei.5@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>litsey4pology@gmail.com</t>
+        </is>
+      </c>
+      <c r="S41" s="4"/>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зуй Ірина Степанівна</t>
+          <t>Директор Хижняк Станіслав Володимирович</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей "Основа" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей №5" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>136392</v>
+        <v>135918</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей "Основа"</t>
+          <t>КУ "Пологівський ліцей № 5"</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4836,108 +4836,108 @@
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(06165)23815</t>
+          <t>(066)5457056</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>pologyschool3@gmail.com</t>
+          <t>pology.litsei.5@gmail.com</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>http://polohy-osnova.zp.sch.in.ua/</t>
+          <t>http://pologi-nvk.jimdo.com/</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Приходько Лілія Юріївна</t>
+          <t>В.о. директора Зуй Ірина Степанівна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Тарасівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей "Основа" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>136377</v>
+        <v>136392</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>КУ "Тарасівська гімназія"</t>
+          <t>КУ "Пологівський ліцей "Основа"</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4949,2587 +4949,2587 @@
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(061)6536426</t>
+          <t>(06165)23815</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>tarasiv.zosh@ukr.net</t>
+          <t>pologyschool3@gmail.com</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>http://Tarassc.zz.mu</t>
+          <t>http://polohy-osnova.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Діденко Олександр Васильович</t>
+          <t>Директор Приходько Лілія Юріївна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Берестівська гімназія" Берестівської сільської ради Бердянського району Запорізької області</t>
+          <t>комунальна установа "Тарасівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>134948</v>
+        <v>136377</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>КЗ «Берестівська гімназія»</t>
+          <t>КУ "Тарасівська гімназія"</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Берестівської сільської ради</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(06153)96-2-60</t>
+          <t>(061)6536426</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>berestove.school@meta.ua</t>
+          <t>tarasiv.zosh@ukr.net</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://berestovoechool.at.ua</t>
+          <t>http://Tarassc.zz.mu</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Грицай Євгеній Миколайович</t>
+          <t>Директор Діденко Олександр Васильович</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Благовіщенська загальноосвітня школа І-ІІІ ступенів" Благовіщенської сільської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Берестівська гімназія" Берестівської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>134793</v>
+        <v>134948</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>КЗ"Благовіщенська ЗОШ"</t>
+          <t>КЗ «Берестівська гімназія»</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, фізичної культури та спорту Благовіщенської сільської ради Василівського району Запорізької області</t>
+          <t>Відділ освіти, культури, молоді та спорту Берестівської сільської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(061)3896616, (061)3896533</t>
+          <t>(06153)96-2-60</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>blagschool1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S45" s="4"/>
+          <t>berestove.school@meta.ua</t>
+        </is>
+      </c>
+      <c r="S45" s="4" t="inlineStr">
+        <is>
+          <t>http://berestovoechool.at.ua</t>
+        </is>
+      </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t> Звягін Віталій Петрович</t>
+          <t>Директор Грицай Євгеній Миколайович</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Гімназія № 1 м. Приморська" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Благовіщенська загальноосвітня школа І-ІІІ ступенів" Благовіщенської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>137983</v>
+        <v>134793</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Гімназія № 1 м. Приморська"</t>
+          <t>КЗ"Благовіщенська ЗОШ"</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Відділ освіти, фізичної культури та спорту Благовіщенської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(06137)72139</t>
+          <t>(061)3896616, (061)3896533</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>prim.school1@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>blagschool1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S46" s="4"/>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Македонська Світлана Іванівна</t>
+          <t> Звягін Віталій Петрович</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Гімназія №2 м. Приморськ" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №1" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>137980</v>
+        <v>134261</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Гімназія № 2 м. Приморськ"</t>
+          <t>КЗ "Василівська ЗОШ І-ІІІ ступенів №1" ВМР ЗО</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>вулиця Грищенка Володимира, 9</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(06137)73606</t>
+          <t>(097)453-31-32</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>zosh-2-primorsk@ukr.net</t>
+          <t>natasha_kit@ukr.net</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>http://prim2school.ucoz.ua/</t>
+          <t>http://vasschool1.at.ua</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Донченко Сергій Євгенович</t>
+          <t>В.о. директора Кіт Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська гімназія "Софія" - загальноосвітня школа І-ІІІ ступенів № 1" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №3" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>134360</v>
+        <v>134443</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Дніпрорудненська гімназія "Софія" - ЗОШ І-ІІІ ступенів № 1" ДМР ВР ЗО</t>
+          <t>КЗ "Василівська ЗОШ І - ІІІ ступенів № 3" ВМР ЗО</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(0617)576282</t>
+          <t>(096)219-64-56</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>priyomnaya.czsofia@ukr.net</t>
+          <t>annasschulle@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>http://sofiya-dn.com/</t>
+          <t>http://vastretya.ucoz.site</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t> Притула Світлана Олександрівна</t>
+          <t>Т.в.о. директора Куткова Анна В'ячеславівна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Світоч" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>комунальний заклад "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>134260</v>
+        <v>134507</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ДСШ І-ІІІ ст. "Світоч" ДМР ВР ЗО</t>
+          <t>КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(098)7809706</t>
+          <t>(097)48-74-776</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>kzsvitoch@gmail.com</t>
+          <t>licej.suziria.1952@gmail.com</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>http://www.shkolasvitoch.com.ua/</t>
+          <t>http://suzirya.do.am</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t> Розумейко Тетяна Миколаївна</t>
+          <t>Директор Познякова Анжела Павлівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Талант" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>комунальний заклад "Верхньокриничанська загальноосвітня школа I-II ступенів" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>134270</v>
+        <v>134448</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ДСШ І-ІІІ ст. "Талант" ДМР ВР ЗО</t>
+          <t>КЗ "Верхньокриничанська ЗОШ І-ІІ ст." ВМР ЗО</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(093)6214060</t>
+          <t>(093)493-13-85</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>sh3_dnr@ukr.net</t>
+          <t>verschol@ukr.net</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>https://talant.eddy.school</t>
+          <t>http://krynytsya-nvk.at.ua/</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t> Герасименко Людмила Іванівна</t>
+          <t>Директор Тютюненко Олена Миколаївна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Орієнтир" Запорізької обласної ради</t>
+          <t>Комунальний заклад "Гімназія № 1 м. Приморська" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>137203</v>
+        <v>137983</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ЗСЗШІ "Орієнтир" ЗОР</t>
+          <t>КЗ "Гімназія № 1 м. Приморська"</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сарматська, 17</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(066)403-57-10</t>
+          <t>(06137)72139</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>internat.orientir@gmail.com</t>
+          <t>prim.school1@gmail.com</t>
         </is>
       </c>
       <c r="S51" s="4" t="inlineStr">
         <is>
-          <t>orientyr.org.ua</t>
+          <t>https://sites.google.com/prim.school1.ukr.education/znz1/</t>
         </is>
       </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t> Тихомирова Ганна Володимирівна</t>
+          <t>Директор Македонська Світлана Іванівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізький обласний спортивний ліцей" Запорізької обласної ради</t>
+          <t>Комунальний заклад "Гімназія №2 м. Приморськ" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>146714</v>
+        <v>137980</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ЗСЗШІСП" ЗОР</t>
+          <t>КЗ "Гімназія № 2 м. Приморськ"</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>школа-інтернат</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Патріотична, 7</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(0612)326650</t>
+          <t>(06137)73606</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>sport@zapisp.com</t>
+          <t>zosh-2-primorsk@ukr.net</t>
         </is>
       </c>
       <c r="S52" s="4" t="inlineStr">
         <is>
-          <t>http://www.zapisp.com</t>
+          <t>http://prim2school.ucoz.ua/</t>
         </is>
       </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t> Білова Лариса Василівна</t>
+          <t>Директор Донченко Сергій Євгенович</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Зеленівський ліцей" Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Дніпрорудненська гімназія "Софія" - загальноосвітня школа І-ІІІ ступенів № 1" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>135529</v>
+        <v>134360</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Зеленівський ліцей"</t>
+          <t>КЗ "Дніпрорудненська гімназія "Софія" - ЗОШ І-ІІІ ступенів № 1" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 58</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(099)3285908</t>
+          <t>(0617)576282</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>zelenivskijlicej@gmail.com</t>
+          <t>priyomnaya.czsofia@ukr.net</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/zelenovskayaschool/</t>
+          <t>http://sofiya-dn.com/</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Іотова Наталія Петрівна</t>
+          <t>Директор Притула Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Кам'янсько-Дніпровська загальноосвітня школа І-ІІІ ступенів №3" Кам'янсько-Дніпровської міської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Світоч" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>134724</v>
+        <v>134260</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Кам'янсько-Дніпровська ЗОШ І-ІІІ ступенів №3"</t>
+          <t>КЗ "ДСШ І-ІІІ ст. "Світоч" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Кам`янсько-Дніпровської міської ради Василівського району Запорізької області</t>
+          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(095)53-37-851</t>
+          <t>(098)7809706</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>school-3@kd-ovita.zp.ua</t>
-[...2 lines deleted...]
-      <c r="S54" s="4"/>
+          <t>kzsvitoch@gmail.com</t>
+        </is>
+      </c>
+      <c r="S54" s="4" t="inlineStr">
+        <is>
+          <t>http://www.shkolasvitoch.com.ua/</t>
+        </is>
+      </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Різниченко Юлія Сергіївна</t>
+          <t>Директор Розумейко Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Нестерянська спеціалізована різнопрофільна загальноосвітня школа I-III ступенів" Оріхівської міської ради</t>
+          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Талант" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>135297</v>
+        <v>134270</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Нестерянська СРЗОШ І-ІІІ ст."</t>
+          <t>КЗ "ДСШ І-ІІІ ст. "Талант" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 43-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Оріхівської міської ради Запорізької області</t>
+          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(06141)49290</t>
+          <t>(093)6214060</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>nesterianka2@ukr.net</t>
+          <t>sh3_dnr@ukr.net</t>
         </is>
       </c>
       <c r="S55" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/sckilnipodij/</t>
+          <t>https://talant.eddy.school</t>
         </is>
       </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Закарлюка Наталія Олександрівна</t>
+          <t>Директор Герасименко Людмила Іванівна</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Новоукраїнська гімназія" Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Орієнтир" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>136708</v>
+        <v>137203</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Новоукраїнська гімназія"</t>
+          <t>КЗ "ЗСЗШІ "Орієнтир" ЗОР</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 11</t>
+          <t>вулиця Сарматська, 17</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
-          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(06147)75630</t>
+          <t>(066)403-57-10</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>novukrzosh@gmail.com</t>
+          <t>internat.orientir@gmail.com</t>
         </is>
       </c>
       <c r="S56" s="4" t="inlineStr">
         <is>
-          <t>http://novoykrainkazoh.ucoz.ua/</t>
+          <t>orientyr.org.ua</t>
         </is>
       </c>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Яковлєва Тетяна Геннадіївна</t>
+          <t> Тихомирова Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Преславська гімназія імені академіка Миколи Державіна" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>комунальний заклад "Запорізький обласний спортивний ліцей" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>136360</v>
+        <v>146714</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Преславська гімназія імені академіка Миколи Державіна"</t>
+          <t>КЗ "ЗСЗШІСП" ЗОР</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа-інтернат</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>вулиця Патріотична, 7</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(06137)76132</t>
+          <t>(0612)326650</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>preslav_zoh@ukr.net</t>
+          <t>sport@zapisp.com</t>
         </is>
       </c>
       <c r="S57" s="4" t="inlineStr">
         <is>
-          <t>https://preslavzoh.wixsite.com/kz-preslav</t>
+          <t>http://www.zapisp.com</t>
         </is>
       </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Саввова Тетяна Іванівна</t>
+          <t> Білова Лариса Василівна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Приморський регіональний українсько-болгарський багатопрофільний ліцей ІІ-ІІІ ступенів" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Зеленівський ліцей" Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>136364</v>
+        <v>135529</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Приморський ліцей"</t>
+          <t>КЗ "Зеленівський ліцей"</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>провулок Соборний, 145</t>
+          <t>вулиця Незалежної України, 58</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(06137)73547</t>
+          <t>(099)3285908</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>prubml2015@gmail.com</t>
+          <t>zelenivskijlicej@gmail.com</t>
         </is>
       </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>https://prubml.e-schools.info/</t>
+          <t>https://sites.google.com/view/zelenovskayaschool/</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Вишневецький Василь Олександрович</t>
+          <t>Директор Іотова Наталія Петрівна</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Софіївська гімназія" Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Кам'янсько-Дніпровська загальноосвітня школа І-ІІІ ступенів №3" Кам'янсько-Дніпровської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>135888</v>
+        <v>134724</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Софіївська гімназія"</t>
+          <t>КЗ "Кам'янсько-Дніпровська ЗОШ І-ІІІ ступенів №3"</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 58</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Кам`янсько-Дніпровської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(099)9707765</t>
+          <t>(095)53-37-851</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>oleksandstoev@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school-3@kd-ovita.zp.ua</t>
+        </is>
+      </c>
+      <c r="S59" s="4"/>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Стоєв Олександр Михайлович</t>
+          <t>Директор Різниченко Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Костянтинівський ліцей "Ерудит" Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Комунальний заклад "Нестерянська спеціалізована різнопрофільна загальноосвітня школа I-III ступенів" Оріхівської міської ради</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>134778</v>
+        <v>135297</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>Костянтинівський ліцей "Ерудит"</t>
+          <t>КЗ "Нестерянська СРЗОШ І-ІІІ ст."</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Незалежної України, 43-А</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Оріхівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(068)0692055</t>
+          <t>(06141)49290</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>koosh2.erudit@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S60" s="4"/>
+          <t>nesterianka2@ukr.net</t>
+        </is>
+      </c>
+      <c r="S60" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/sckilnipodij/</t>
+        </is>
+      </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Неліпа Світлана Василівна</t>
+          <t>Директор Закарлюка Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 10 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Новоукраїнська гімназія" Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>135810</v>
+        <v>136708</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 10 ММР ЗО</t>
+          <t>КЗ "Новоукраїнська гімназія"</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(06147)75630</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>licey10mlt@gmail.com</t>
+          <t>novukrzosh@gmail.com</t>
         </is>
       </c>
       <c r="S61" s="4" t="inlineStr">
         <is>
-          <t>https://liceum10.wixsite.com/site</t>
+          <t>http://novoykrainkazoh.ucoz.ua/</t>
         </is>
       </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Директор Вольнюк Ірина Анатоліївна</t>
+          <t>Директор Яковлєва Тетяна Геннадіївна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 16 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Преславська гімназія імені академіка Миколи Державіна" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>135860</v>
+        <v>136360</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 16 ММР ЗО</t>
+          <t>КЗ "Преславська гімназія імені академіка Миколи Державіна"</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(093)6671076</t>
+          <t>(06137)76132</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>nvk16_mel@ukr.net</t>
+          <t>preslav_zoh@ukr.net</t>
         </is>
       </c>
       <c r="S62" s="4" t="inlineStr">
         <is>
-          <t>https://nvk16mel.wixsite.com/site</t>
+          <t>https://preslavzoh.wixsite.com/kz-preslav</t>
         </is>
       </c>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Наталя Миколаївна</t>
+          <t>Директор Саввова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 19 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Приморський регіональний українсько-болгарський багатопрофільний ліцей ІІ-ІІІ ступенів" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>135861</v>
+        <v>136364</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 19 ММР ЗО</t>
+          <t>КЗ "Приморський ліцей"</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>провулок Соборний, 145</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(06137)73547</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>licey19mlt@gmail.com</t>
+          <t>prubml2015@gmail.com</t>
         </is>
       </c>
       <c r="S63" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum19.wixsite.com/site</t>
+          <t>https://prubml.e-schools.info/</t>
         </is>
       </c>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>Директор Мельник Світлана Володимирівна</t>
+          <t>Директор Вишневецький Василь Олександрович</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 24 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Софіївська гімназія" Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>135323</v>
+        <v>135888</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 24 ММР ЗО</t>
+          <t>КЗ "Софіївська гімназія"</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Незалежної України, 58</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(068)3762811</t>
+          <t>(099)9707765</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>mlt.znz24@gmail.com</t>
+          <t>oleksandstoev@gmail.com</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/lyceum-24mlt</t>
+          <t>https://sites.google.com/view/sofiivskahymnazia</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Гарабажій Ірина Миколаївна</t>
+          <t>Директор Стоєв Олександр Михайлович</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 5 Мелітопольської міської ради Запорізької області</t>
+          <t>Костянтинівський ліцей "Ерудит" Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>135805</v>
+        <v>134778</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 5 ММР ЗО</t>
+          <t>Костянтинівський ліцей "Ерудит"</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(067)9405276</t>
+          <t>(068)0692055</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>liceum5mel@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>koosh2.erudit@gmail.com</t>
+        </is>
+      </c>
+      <c r="S65" s="4"/>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Суптеля Тетяна Олександрівна</t>
+          <t>Директор Неліпа Світлана Василівна</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 9 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 10 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>135809</v>
+        <v>135810</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 9 ММР ЗО</t>
+          <t>Ліцей № 10 ММР ЗО</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
@@ -7542,560 +7542,564 @@
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>melitg9@gmail.com</t>
+          <t>licey10mlt@gmail.com</t>
         </is>
       </c>
       <c r="S66" s="4" t="inlineStr">
         <is>
-          <t>http://www.gimnaziya9.zp.ua</t>
+          <t>https://liceum10.wixsite.com/site</t>
         </is>
       </c>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Директор Чугай Людмила Віталіївна</t>
+          <t>Директор Вольнюк Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська гімназія №1 Малобілозерської сільської ради Василівського району Запорізької області</t>
+          <t>Ліцей № 16 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>134516</v>
+        <v>135860</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська гімназія №1 МСР ВР ЗО</t>
+          <t>Ліцей № 16 ММР ЗО</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(06175)54-1-54</t>
+          <t>(093)6671076</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>bel2007@meta.ua</t>
+          <t>nvk16_mel@ukr.net</t>
         </is>
       </c>
       <c r="S67" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/belozerka12011</t>
+          <t>https://nvk16mel.wixsite.com/site</t>
         </is>
       </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Директор Овчаренко Світлана Вікторівна</t>
+          <t>Директор Савченко Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівська гімназія Плодородненської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Ліцей № 19 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>136306</v>
+        <v>135861</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівська гімназія</t>
+          <t>Ліцей № 19 ММР ЗО</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козача, 35</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
-          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(06132)26712</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>mar_nvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S68" s="4"/>
+          <t>licey19mlt@gmail.com</t>
+        </is>
+      </c>
+      <c r="S68" s="4" t="inlineStr">
+        <is>
+          <t>https://lyceum19.wixsite.com/site</t>
+        </is>
+      </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Ходирєва Інна Олександрівна</t>
+          <t>Директор Мельник Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 1 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 24 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>135595</v>
+        <v>135323</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 1 ММР ЗО</t>
+          <t>Ліцей № 24 ММР ЗО</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(068)3336065</t>
+          <t>(068)3762811</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>1schoolmlt.com@gmail.com</t>
+          <t>mlt.znz24@gmail.com</t>
         </is>
       </c>
       <c r="S69" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/g1.ukr.education/mlt-g1</t>
+          <t>https://sites.google.com/view/lyceum-24mlt</t>
         </is>
       </c>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Болбат Владислав Віталійович</t>
+          <t>Директор Гарабажій Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 11 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 5 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>136035</v>
+        <v>135805</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 11 ММР ЗО</t>
+          <t>Ліцей № 5 ММР ЗО</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(067)9405276</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>melgimnazia11@gmail.com</t>
+          <t>liceum5mel@gmail.com</t>
         </is>
       </c>
       <c r="S70" s="4" t="inlineStr">
         <is>
-          <t>http://www.znz11.com.ua</t>
+          <t>https://liceum.melliceum5.ukr.education/</t>
         </is>
       </c>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Овсянникова Маргарита Сталіківна</t>
+          <t>Директор Суптеля Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 13 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 9 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>135084</v>
+        <v>135809</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 13 ММР ЗО</t>
+          <t>Ліцей № 9 ММР ЗО</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
@@ -8103,328 +8107,324 @@
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>abcd@mg13.ukr.education</t>
+          <t>melitg9@gmail.com</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>https://mg13mltosvita.wixsite.com/mg13</t>
+          <t>http://www.gimnaziya9.zp.ua</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Галацан Олена Володимирівна</t>
+          <t>Директор Чугай Людмила Віталіївна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 14 Мелітопольської міської ради Запорізької області</t>
+          <t>Малобілозерська гімназія №1 Малобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>135821</v>
+        <v>134516</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 14 ММР ЗО</t>
+          <t>Малобілозерська гімназія №1 МСР ВР ЗО</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(06175)54-1-54</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>school14mel@gmail.com</t>
+          <t>bel2007@meta.ua</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
-          <t>http://surl.li/gwsrx</t>
+          <t>https://sites.google.com/site/belozerka12011</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Дервіш Ольга Вячеславівна</t>
+          <t>Директор Овчаренко Світлана Вікторівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 20 Мелітопольської міської ради Запорізької області</t>
+          <t>Мар'янівська гімназія Райхенфельдської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>135967</v>
+        <v>136306</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 20 ММР ЗО</t>
+          <t>Мар'янівська гімназія</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Козача, 35</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(06132)26712</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>mail@melschool20.ukr.education</t>
-[...6 lines deleted...]
-      </c>
+          <t>mar_nvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S73" s="4"/>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Карандаш Микола Михайлович</t>
+          <t>Директор Ходирєва Інна Олександрівна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 22 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 1 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>135968</v>
+        <v>135595</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 22 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 1 ММР ЗО</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -8436,108 +8436,108 @@
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(068)3336065</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>gimnazija22mlt@gmail.com</t>
+          <t>1schoolmlt.com@gmail.com</t>
         </is>
       </c>
       <c r="S74" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/melschool22</t>
+          <t>https://sites.google.com/g1.ukr.education/mlt-g1</t>
         </is>
       </c>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Лук’янова Марія Володимирівна</t>
+          <t>В.о. директора Болбат Владислав Віталійович</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 23 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 11 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>136094</v>
+        <v>136035</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 23 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 11 ММР ЗО</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -8549,108 +8549,108 @@
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(068)7063430</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>melgimnasium23@gmail.com</t>
+          <t>melgimnazia11@gmail.com</t>
         </is>
       </c>
       <c r="S75" s="4" t="inlineStr">
         <is>
-          <t>https://school23mlt.com</t>
+          <t>http://www.znz11.com.ua</t>
         </is>
       </c>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>Директор Покуса Інна Миколаївна</t>
+          <t>Директор Овсянникова Маргарита Сталіківна</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 25 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 13 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B76" s="5" t="n">
-        <v>136029</v>
+        <v>135084</v>
       </c>
       <c r="C76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 25 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 13 ММР ЗО</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H76" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -8668,220 +8668,220 @@
       </c>
       <c r="L76" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N76" s="7"/>
       <c r="O76" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q76" s="4"/>
       <c r="R76" s="4" t="inlineStr">
         <is>
-          <t>melschcool25@gmail.com</t>
+          <t>abcd@mg13.ukr.education</t>
         </is>
       </c>
       <c r="S76" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/gimnasia25mel</t>
+          <t>https://mg13mltosvita.wixsite.com/mg13</t>
         </is>
       </c>
       <c r="T76" s="4" t="inlineStr">
         <is>
-          <t>Директор Клименко Марина Миколаївна</t>
+          <t>Директор Галацан Олена Володимирівна</t>
         </is>
       </c>
       <c r="U76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 4 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 14 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>135784</v>
+        <v>135821</v>
       </c>
       <c r="C77" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 4 ММР ЗО</t>
+          <t>Гімназія № 14 ММР ЗО</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H77" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L77" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M77" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N77" s="7"/>
       <c r="O77" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P77" s="4" t="inlineStr">
         <is>
-          <t>(096)0722186</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q77" s="4"/>
       <c r="R77" s="4" t="inlineStr">
         <is>
-          <t>ukrmelznz4@gmail.com</t>
+          <t>school14mel@gmail.com</t>
         </is>
       </c>
       <c r="S77" s="4" t="inlineStr">
         <is>
-          <t>http://melitopol-zosh4.zp.sch.in.ua</t>
+          <t>http://surl.li/gwsrx</t>
         </is>
       </c>
       <c r="T77" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваленко Анжеліна Михайлівна</t>
+          <t>Директор Дервіш Ольга Вячеславівна</t>
         </is>
       </c>
       <c r="U77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 6 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 20 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B78" s="5" t="n">
-        <v>134865</v>
+        <v>135967</v>
       </c>
       <c r="C78" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 6 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 20 ММР ЗО</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H78" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
@@ -8894,102 +8894,102 @@
       </c>
       <c r="L78" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N78" s="7"/>
       <c r="O78" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q78" s="4"/>
       <c r="R78" s="4" t="inlineStr">
         <is>
-          <t>melgymnasium6@gmail.com</t>
+          <t>mail@melschool20.ukr.education</t>
         </is>
       </c>
       <c r="S78" s="4" t="inlineStr">
         <is>
-          <t>http://melznz6.at.ua</t>
+          <t>https://gymnasium20mlt.wixsite.com/g20mlt</t>
         </is>
       </c>
       <c r="T78" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Баландюк Артем Олександрович</t>
+          <t>Директор Карандаш Микола Михайлович</t>
         </is>
       </c>
       <c r="U78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 7 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 22 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B79" s="5" t="n">
-        <v>136106</v>
+        <v>135968</v>
       </c>
       <c r="C79" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 7 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 22 ММР ЗО</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H79" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I79" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -9007,215 +9007,215 @@
       </c>
       <c r="L79" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N79" s="7"/>
       <c r="O79" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q79" s="4"/>
       <c r="R79" s="4" t="inlineStr">
         <is>
-          <t>osvita.g7@gmail.com</t>
+          <t>gimnazija22mlt@gmail.com</t>
         </is>
       </c>
       <c r="S79" s="4" t="inlineStr">
         <is>
-          <t>https://7.mlznz7.net.ua/</t>
+          <t>https://sites.google.com/view/melschool22</t>
         </is>
       </c>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопець Катерина Віталіївна</t>
+          <t>В.о. директора Лук’янова Марія Володимирівна</t>
         </is>
       </c>
       <c r="U79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 8 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 23 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B80" s="5" t="n">
-        <v>135806</v>
+        <v>136094</v>
       </c>
       <c r="C80" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 8 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 23 ММР ЗО</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G80" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H80" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I80" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J80" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K80" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L80" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M80" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N80" s="7"/>
       <c r="O80" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P80" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(068)7063430</t>
         </is>
       </c>
       <c r="Q80" s="4"/>
       <c r="R80" s="4" t="inlineStr">
         <is>
-          <t>osvita8mlt@gmail.com</t>
+          <t>melgimnasium23@gmail.com</t>
         </is>
       </c>
       <c r="S80" s="4" t="inlineStr">
         <is>
-          <t>http://www.osvita4.wixsite.com/znz8</t>
+          <t>https://school23mlt.com</t>
         </is>
       </c>
       <c r="T80" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Нагай Анастасія Вікторівна</t>
+          <t>Директор Покуса Інна Миколаївна</t>
         </is>
       </c>
       <c r="U80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія №15 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 25 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B81" s="5" t="n">
-        <v>135822</v>
+        <v>136029</v>
       </c>
       <c r="C81" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 15 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 25 ММР ЗО</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H81" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I81" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -9227,1671 +9227,2458 @@
         </is>
       </c>
       <c r="K81" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L81" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M81" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N81" s="7"/>
       <c r="O81" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P81" s="4" t="inlineStr">
         <is>
-          <t>(096)2853909</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q81" s="4"/>
       <c r="R81" s="4" t="inlineStr">
         <is>
-          <t>znz15mlt@melitznz15.ukr.education</t>
+          <t>melschcool25@gmail.com</t>
         </is>
       </c>
       <c r="S81" s="4" t="inlineStr">
         <is>
-          <t>https://melitznz15.ukr.education/</t>
+          <t>https://sites.google.com/view/gimnasia25mel</t>
         </is>
       </c>
       <c r="T81" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткаченко Олена Вікторівна</t>
+          <t>Директор Клименко Марина Миколаївна</t>
         </is>
       </c>
       <c r="U81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 1 Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 4 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B82" s="5" t="n">
-        <v>134264</v>
+        <v>135784</v>
       </c>
       <c r="C82" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 1</t>
+          <t>Мелітопольська гімназія № 4 ММР ЗО</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G82" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H82" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I82" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J82" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K82" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L82" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M82" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N82" s="7"/>
       <c r="O82" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P82" s="4" t="inlineStr">
         <is>
-          <t>(097)432-39-39</t>
+          <t>(096)0722186</t>
         </is>
       </c>
       <c r="Q82" s="4"/>
       <c r="R82" s="4" t="inlineStr">
         <is>
-          <t>mihgimnazium16@ukr.net</t>
+          <t>ukrmelznz4@gmail.com</t>
         </is>
       </c>
       <c r="S82" s="4" t="inlineStr">
         <is>
-          <t>http://mihgimnazium.wixsite.com/kznvk</t>
+          <t>http://melitopol-zosh4.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T82" s="4" t="inlineStr">
         <is>
-          <t>Директор Щусь Ольга Володимирівна</t>
+          <t>Директор Коваленко Анжеліна Михайлівна</t>
         </is>
       </c>
       <c r="U82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 3 Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 6 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B83" s="5" t="n">
-        <v>134268</v>
+        <v>134865</v>
       </c>
       <c r="C83" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 3</t>
+          <t>Мелітопольська гімназія № 6 ММР ЗО</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G83" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H83" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I83" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J83" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K83" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 59</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L83" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M83" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N83" s="7"/>
       <c r="O83" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P83" s="4" t="inlineStr">
         <is>
-          <t>(068)068-42-86</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q83" s="4"/>
       <c r="R83" s="4" t="inlineStr">
         <is>
-          <t>mihzosh3@gmail.com</t>
+          <t>melgymnasium6@gmail.com</t>
         </is>
       </c>
       <c r="S83" s="4" t="inlineStr">
         <is>
-          <t>http://mihalzosh3.ucoz.ua</t>
+          <t>http://melznz6.at.ua</t>
         </is>
       </c>
       <c r="T83" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокудіна Вероніка Анатоліївна</t>
+          <t>В.о. директора Баландюк Артем Олександрович</t>
         </is>
       </c>
       <c r="U83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="4" t="inlineStr">
         <is>
-          <t>Науковий ліцей комунального закладу вищої освіти "Хортицька національна навчально-реабілітаційна академія" Запорізької обласної ради</t>
+          <t>Мелітопольська гімназія № 7 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B84" s="5" t="n">
-        <v>137162</v>
+        <v>136106</v>
       </c>
       <c r="C84" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>Науковий ліцей Хортицької національної академії</t>
+          <t>Мелітопольська гімназія № 7 ММР ЗО</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
-          <t>науковий ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G84" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H84" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I84" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J84" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K84" s="4" t="inlineStr">
         <is>
-          <t>вулиця Наукового містечка (о. Хортиця), 59</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L84" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M84" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N84" s="7"/>
       <c r="O84" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P84" s="4" t="inlineStr">
         <is>
-          <t>(061)2832001</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q84" s="4"/>
       <c r="R84" s="4" t="inlineStr">
         <is>
-          <t>nlkhnazp@gmail.com</t>
+          <t>osvita.g7@gmail.com</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
-          <t>http://school.khnnra.zp.ua/</t>
+          <t>https://7.mlznz7.net.ua/</t>
         </is>
       </c>
       <c r="T84" s="4" t="inlineStr">
         <is>
-          <t>Директор Доценко Вікторія Валеріївна</t>
+          <t>Директор Прокопець Катерина Віталіївна</t>
         </is>
       </c>
       <c r="U84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 8 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B85" s="5" t="n">
-        <v>134414</v>
+        <v>135806</v>
       </c>
       <c r="C85" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія</t>
+          <t>Мелітопольська гімназія № 8 ММР ЗО</t>
         </is>
       </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G85" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H85" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I85" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J85" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K85" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L85" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M85" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N85" s="7"/>
       <c r="O85" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P85" s="4" t="inlineStr">
         <is>
-          <t>(06153)98154</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q85" s="4"/>
       <c r="R85" s="4" t="inlineStr">
         <is>
-          <t>novopetrovka.school@meta.ua</t>
+          <t>osvita8mlt@gmail.com</t>
         </is>
       </c>
       <c r="S85" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/novopetrovkaschool15/</t>
+          <t>http://www.osvita4.wixsite.com/znz8</t>
         </is>
       </c>
       <c r="T85" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковбаса Тетяна Ростиславівна</t>
+          <t>В.о. директора Нагай Анастасія Вікторівна</t>
         </is>
       </c>
       <c r="U85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V85" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>опорний навчально-виховний заклад Чернігівська загальноосвітня школа I-III ступенів імені Героя Радянського Союзу А.М.Темника Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Мелітопольська гімназія №15 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B86" s="5" t="n">
-        <v>135140</v>
+        <v>135822</v>
       </c>
       <c r="C86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад Чернігівська ЗОШ І-ІІІ ступенів</t>
+          <t>Гімназія № 15 ММР ЗО</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H86" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J86" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K86" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L86" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M86" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N86" s="7"/>
       <c r="O86" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P86" s="4" t="inlineStr">
         <is>
-          <t>(06140)91771</t>
+          <t>(096)2853909</t>
         </is>
       </c>
       <c r="Q86" s="4"/>
       <c r="R86" s="4" t="inlineStr">
         <is>
-          <t>onvz@school-temnik.net</t>
+          <t>znz15mlt@melitznz15.ukr.education</t>
         </is>
       </c>
       <c r="S86" s="4" t="inlineStr">
         <is>
-          <t>http://school-temnika.edukit.zp.ua</t>
+          <t>https://melitznz15.ukr.education/</t>
         </is>
       </c>
       <c r="T86" s="4" t="inlineStr">
         <is>
-          <t>Директор Денисенко Олена Іванівна</t>
+          <t>Директор Ткаченко Олена Вікторівна</t>
         </is>
       </c>
       <c r="U86" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="4" t="inlineStr">
         <is>
-          <t>Орлянська гімназія Малобілозерської сільської ради Василівського району Запорізької області</t>
+          <t>Михайлівська гімназія № 1 Михайлівської селищної ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B87" s="5" t="n">
-        <v>134489</v>
+        <v>134264</v>
       </c>
       <c r="C87" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>Орлянська гімназія МСР ВР ЗО</t>
+          <t>Михайлівська гімназія № 1</t>
         </is>
       </c>
       <c r="E87" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G87" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H87" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I87" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J87" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K87" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L87" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M87" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N87" s="7"/>
       <c r="O87" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
+          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P87" s="4" t="inlineStr">
         <is>
-          <t>(0617)552391</t>
+          <t>(097)432-39-39</t>
         </is>
       </c>
       <c r="Q87" s="4"/>
       <c r="R87" s="4" t="inlineStr">
         <is>
-          <t>orlanka.zosh@gmail.com</t>
+          <t>mihgimnazium16@ukr.net</t>
         </is>
       </c>
       <c r="S87" s="4" t="inlineStr">
         <is>
-          <t>http://www.orlianske-zosh.edukit.zp.ua</t>
+          <t>http://mihgimnazium.wixsite.com/kznvk</t>
         </is>
       </c>
       <c r="T87" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Борисенко Олександр Павлович</t>
+          <t>Директор Щусь Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V87" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="4" t="inlineStr">
         <is>
-          <t>Осипенківська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Михайлівська гімназія № 3 Михайлівської селищної ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B88" s="5" t="n">
-        <v>138010</v>
+        <v>134268</v>
       </c>
       <c r="C88" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>Осипенківська гімназія</t>
+          <t>Михайлівська гімназія № 3</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H88" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I88" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J88" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K88" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Перемоги, 59</t>
         </is>
       </c>
       <c r="L88" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M88" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N88" s="7"/>
       <c r="O88" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P88" s="4" t="inlineStr">
         <is>
-          <t>(06153)99-5-40</t>
+          <t>(068)068-42-86</t>
         </is>
       </c>
       <c r="Q88" s="4"/>
       <c r="R88" s="4" t="inlineStr">
         <is>
-          <t>osipenko2007@meta.ua</t>
+          <t>mihzosh3@gmail.com</t>
         </is>
       </c>
       <c r="S88" s="4" t="inlineStr">
         <is>
-          <t>https://osipenko-onlineschool.blogspot.com/</t>
+          <t>http://mihalzosh3.ucoz.ua</t>
         </is>
       </c>
       <c r="T88" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Новосела Тетяна Анатоліївна</t>
+          <t>Директор Прокудіна Вероніка Анатоліївна</t>
         </is>
       </c>
       <c r="U88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V88" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 2 Мелітопольської міської ради Запорізької області</t>
+          <t>Науковий ліцей комунального закладу вищої освіти "Хортицька національна навчально-реабілітаційна академія" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B89" s="5" t="n">
-        <v>137897</v>
+        <v>137162</v>
       </c>
       <c r="C89" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 2 ММР ЗО</t>
+          <t>Науковий ліцей Хортицької національної академії</t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>науковий ліцей</t>
         </is>
       </c>
       <c r="G89" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H89" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I89" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J89" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K89" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Наукового містечка (о. Хортиця), 59</t>
         </is>
       </c>
       <c r="L89" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M89" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N89" s="7"/>
       <c r="O89" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P89" s="4" t="inlineStr">
         <is>
-          <t>(096)5480591</t>
+          <t>(061)2832001</t>
         </is>
       </c>
       <c r="Q89" s="4"/>
       <c r="R89" s="4" t="inlineStr">
         <is>
-          <t>psukr2@gmail.com</t>
+          <t>nlkhnazp@gmail.com</t>
         </is>
       </c>
       <c r="S89" s="4" t="inlineStr">
         <is>
-          <t>http://znz2melitopol.wix.com/znz2melitopol</t>
+          <t>http://school.khnnra.zp.ua/</t>
         </is>
       </c>
       <c r="T89" s="4" t="inlineStr">
         <is>
-          <t>Директор Кваскова Олена Іванівна</t>
+          <t>Директор Доценко Вікторія Валеріївна</t>
         </is>
       </c>
       <c r="U89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 3 Мелітопольської міської ради Запорізької області</t>
+          <t>Новопетрівська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B90" s="5" t="n">
-        <v>136172</v>
+        <v>134414</v>
       </c>
       <c r="C90" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 3 ММР ЗО</t>
+          <t>Новопетрівська гімназія</t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G90" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H90" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I90" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J90" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K90" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L90" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M90" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N90" s="7"/>
       <c r="O90" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
         </is>
       </c>
       <c r="P90" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(06153)98154</t>
         </is>
       </c>
       <c r="Q90" s="4"/>
       <c r="R90" s="4" t="inlineStr">
         <is>
-          <t>osvitamph3@gmail.com</t>
+          <t>novopetrovka.school@meta.ua</t>
         </is>
       </c>
       <c r="S90" s="4" t="inlineStr">
         <is>
-          <t>http://surl.li/pzlck</t>
+          <t>https://sites.google.com/view/novopetrovkaschool15/</t>
         </is>
       </c>
       <c r="T90" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мельникова Любов Дмитрівна</t>
+          <t>Директор Ковбаса Тетяна Ростиславівна</t>
         </is>
       </c>
       <c r="U90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V90" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+          <t>опорний навчально-виховний заклад Чернігівська загальноосвітня школа I-III ступенів імені Героя Радянського Союзу А.М.Темника Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B91" s="5" t="n">
-        <v>137114</v>
+        <v>135140</v>
       </c>
       <c r="C91" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+          <t>опорний заклад Чернігівська ЗОШ І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E91" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G91" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H91" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I91" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J91" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K91" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нижньодніпровська, 4-А</t>
+          <t>вулиця Героїв Крут, 3-А</t>
         </is>
       </c>
       <c r="L91" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M91" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N91" s="7"/>
       <c r="O91" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P91" s="4" t="inlineStr">
         <is>
-          <t>(061)2396560, (050)1022212</t>
+          <t>(06140)91771</t>
         </is>
       </c>
       <c r="Q91" s="4"/>
       <c r="R91" s="4" t="inlineStr">
         <is>
-          <t>eidos.zp.ua@gmail.com</t>
+          <t>onvz@school-temnik.net</t>
         </is>
       </c>
       <c r="S91" s="4" t="inlineStr">
         <is>
-          <t>http://www.eidos.zp.ua/</t>
+          <t>http://school-temnika.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T91" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Грединарова Олена Михайлівна</t>
+          <t>Директор Денисенко Олена Іванівна</t>
         </is>
       </c>
       <c r="U91" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="4" t="inlineStr">
         <is>
-          <t>Пришибська гімназія Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Орлянська гімназія Малобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B92" s="5" t="n">
-        <v>134334</v>
+        <v>134489</v>
       </c>
       <c r="C92" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>Пришибська гімназія</t>
+          <t>Орлянська гімназія МСР ВР ЗО</t>
         </is>
       </c>
       <c r="E92" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G92" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H92" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I92" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J92" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K92" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L92" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M92" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N92" s="7"/>
       <c r="O92" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P92" s="4" t="inlineStr">
         <is>
-          <t>(068)812-60-48</t>
+          <t>(0617)552391</t>
         </is>
       </c>
       <c r="Q92" s="4"/>
       <c r="R92" s="4" t="inlineStr">
         <is>
-          <t>Astra65@meta.ua</t>
+          <t>orlanka.zosh@gmail.com</t>
         </is>
       </c>
       <c r="S92" s="4" t="inlineStr">
         <is>
-          <t>http://pryshybschool.at.ua</t>
+          <t>http://www.orlianske-zosh.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T92" s="4" t="inlineStr">
         <is>
-          <t>Директор Кузьменко Оксана Олександрівна</t>
+          <t>Т.в.о. директора Борисенко Олександр Павлович</t>
         </is>
       </c>
       <c r="U92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V92" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="4" t="inlineStr">
         <is>
-          <t>Розівський опорний заклад загальної середньої освіти І - ІІІ ступенів Розівської селищної ради Пологівського району Запорізької області</t>
+          <t>Осипенківська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B93" s="5" t="n">
-        <v>136429</v>
+        <v>138010</v>
       </c>
       <c r="C93" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
-          <t>Розівський ОЗЗСО І-ІІІ ст.</t>
+          <t>Осипенківська гімназія</t>
         </is>
       </c>
       <c r="E93" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G93" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H93" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I93" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J93" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K93" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 17</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L93" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M93" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N93" s="7"/>
       <c r="O93" s="4" t="inlineStr">
         <is>
-          <t>Розівська селищна рада Розівського району Запорізької області</t>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
         </is>
       </c>
       <c r="P93" s="4" t="inlineStr">
         <is>
-          <t>(095)6937107</t>
+          <t>(06153)99-5-40</t>
         </is>
       </c>
       <c r="Q93" s="4"/>
       <c r="R93" s="4" t="inlineStr">
         <is>
-          <t>rozovskayaoosh1@gmail.com</t>
+          <t>osipenko2007@meta.ua</t>
         </is>
       </c>
       <c r="S93" s="4" t="inlineStr">
         <is>
-          <t>https://rozschool.com.ua/</t>
+          <t>https://osipenko-onlineschool.blogspot.com/</t>
         </is>
       </c>
       <c r="T93" s="4" t="inlineStr">
         <is>
-          <t>Директор Тарасенко Віра Михайлівна</t>
+          <t>В.о. директора Новосела Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U93" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V93" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="4" t="inlineStr">
         <is>
-          <t>Червонопільська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Початкова школа № 2 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B94" s="5" t="n">
-        <v>136433</v>
+        <v>137897</v>
       </c>
       <c r="C94" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>Червонопільська гімназія</t>
+          <t>Початкова школа № 2 ММР ЗО</t>
         </is>
       </c>
       <c r="E94" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H94" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I94" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J94" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K94" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L94" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M94" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N94" s="7"/>
       <c r="O94" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P94" s="4" t="inlineStr">
         <is>
-          <t>(06153)95140</t>
+          <t>(096)5480591</t>
         </is>
       </c>
       <c r="Q94" s="4"/>
       <c r="R94" s="4" t="inlineStr">
         <is>
-          <t>ccervonopilskaskola@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S94" s="4"/>
+          <t>psukr2@gmail.com</t>
+        </is>
+      </c>
+      <c r="S94" s="4" t="inlineStr">
+        <is>
+          <t>http://znz2melitopol.wix.com/znz2melitopol</t>
+        </is>
+      </c>
       <c r="T94" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Проценко Едуард Петрович</t>
+          <t>Директор Кваскова Олена Іванівна</t>
         </is>
       </c>
       <c r="U94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V94" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська загальноосвітня школа І-ІІІ ступенів Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Початкова школа № 3 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B95" s="5" t="n">
-        <v>134795</v>
+        <v>136172</v>
       </c>
       <c r="C95" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська ЗОШ І-ІІІ ступенів</t>
+          <t>Початкова школа № 3 ММР ЗО</t>
         </is>
       </c>
       <c r="E95" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G95" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H95" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I95" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J95" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K95" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L95" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M95" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N95" s="7"/>
       <c r="O95" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P95" s="4" t="inlineStr">
         <is>
-          <t>(06140)91662</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q95" s="4"/>
       <c r="R95" s="4" t="inlineStr">
         <is>
-          <t>schoolnadia2016@gmail.com</t>
+          <t>osvitamph3@gmail.com</t>
         </is>
       </c>
       <c r="S95" s="4" t="inlineStr">
         <is>
-          <t>http://schoolnadia.ucoz.org</t>
+          <t>http://surl.li/pzlck</t>
         </is>
       </c>
       <c r="T95" s="4" t="inlineStr">
         <is>
-          <t>Директор Макаренко Юлія Анатоліївна</t>
+          <t>В.о. директора Мельникова Любов Дмитрівна</t>
         </is>
       </c>
       <c r="U95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y95" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="4" t="inlineStr">
+        <is>
+          <t>Приватний заклад "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+        </is>
+      </c>
+      <c r="B96" s="5" t="n">
+        <v>137114</v>
+      </c>
+      <c r="C96" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>ПЗ "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+        </is>
+      </c>
+      <c r="E96" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G96" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H96" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I96" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J96" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K96" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Нижньодніпровська, 4-А</t>
+        </is>
+      </c>
+      <c r="L96" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M96" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N96" s="7"/>
+      <c r="O96" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P96" s="4" t="inlineStr">
+        <is>
+          <t>(061)2396560, (050)1022212</t>
+        </is>
+      </c>
+      <c r="Q96" s="4"/>
+      <c r="R96" s="4" t="inlineStr">
+        <is>
+          <t>eidos.zp.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S96" s="4" t="inlineStr">
+        <is>
+          <t>http://www.eidos.zp.ua/</t>
+        </is>
+      </c>
+      <c r="T96" s="4" t="inlineStr">
+        <is>
+          <t>Генеральний директор Грединарова Олена Михайлівна</t>
+        </is>
+      </c>
+      <c r="U96" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V96" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W96" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X96" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y96" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="4" t="inlineStr">
+        <is>
+          <t>Пришибська гімназія Михайлівської селищної ради Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B97" s="5" t="n">
+        <v>134334</v>
+      </c>
+      <c r="C97" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>Пришибська гімназія</t>
+        </is>
+      </c>
+      <c r="E97" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G97" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H97" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I97" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J97" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K97" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L97" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M97" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N97" s="7"/>
+      <c r="O97" s="4" t="inlineStr">
+        <is>
+          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P97" s="4" t="inlineStr">
+        <is>
+          <t>(068)812-60-48</t>
+        </is>
+      </c>
+      <c r="Q97" s="4"/>
+      <c r="R97" s="4" t="inlineStr">
+        <is>
+          <t>Astra65@meta.ua</t>
+        </is>
+      </c>
+      <c r="S97" s="4" t="inlineStr">
+        <is>
+          <t>http://pryshybschool.at.ua</t>
+        </is>
+      </c>
+      <c r="T97" s="4" t="inlineStr">
+        <is>
+          <t>Директор Кузьменко Оксана Олександрівна</t>
+        </is>
+      </c>
+      <c r="U97" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V97" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W97" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X97" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y97" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="4" t="inlineStr">
+        <is>
+          <t>Розівський опорний заклад загальної середньої освіти І - ІІІ ступенів Розівської селищної ради Пологівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B98" s="5" t="n">
+        <v>136429</v>
+      </c>
+      <c r="C98" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>Розівський ОЗЗСО І-ІІІ ст.</t>
+        </is>
+      </c>
+      <c r="E98" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G98" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H98" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I98" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J98" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K98" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Героїв Крут, 17</t>
+        </is>
+      </c>
+      <c r="L98" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M98" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N98" s="7"/>
+      <c r="O98" s="4" t="inlineStr">
+        <is>
+          <t>Розівська селищна рада Розівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P98" s="4" t="inlineStr">
+        <is>
+          <t>(095)6937107</t>
+        </is>
+      </c>
+      <c r="Q98" s="4"/>
+      <c r="R98" s="4" t="inlineStr">
+        <is>
+          <t>rozovskayaoosh1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S98" s="4" t="inlineStr">
+        <is>
+          <t>https://rozschool.com.ua/</t>
+        </is>
+      </c>
+      <c r="T98" s="4" t="inlineStr">
+        <is>
+          <t>Директор Тарасенко Віра Михайлівна</t>
+        </is>
+      </c>
+      <c r="U98" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V98" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W98" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X98" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y98" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="4" t="inlineStr">
+        <is>
+          <t>Червонопільська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B99" s="5" t="n">
+        <v>136433</v>
+      </c>
+      <c r="C99" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>Червонопільська гімназія</t>
+        </is>
+      </c>
+      <c r="E99" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G99" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H99" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I99" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J99" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K99" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L99" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M99" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N99" s="7"/>
+      <c r="O99" s="4" t="inlineStr">
+        <is>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
+        </is>
+      </c>
+      <c r="P99" s="4" t="inlineStr">
+        <is>
+          <t>(06153)95140</t>
+        </is>
+      </c>
+      <c r="Q99" s="4"/>
+      <c r="R99" s="4" t="inlineStr">
+        <is>
+          <t>ccervonopilskaskola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S99" s="4"/>
+      <c r="T99" s="4" t="inlineStr">
+        <is>
+          <t>В.о. директора Проценко Едуард Петрович</t>
+        </is>
+      </c>
+      <c r="U99" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V99" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W99" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X99" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y99" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська загальноосвітня школа І-ІІІ ступенів Чернігівської селищної ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B100" s="5" t="n">
+        <v>134795</v>
+      </c>
+      <c r="C100" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська ЗОШ І-ІІІ ступенів</t>
+        </is>
+      </c>
+      <c r="E100" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G100" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H100" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I100" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J100" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K100" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Героїв Крут, 3-А</t>
+        </is>
+      </c>
+      <c r="L100" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M100" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N100" s="7"/>
+      <c r="O100" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P100" s="4" t="inlineStr">
+        <is>
+          <t>(06140)91662</t>
+        </is>
+      </c>
+      <c r="Q100" s="4"/>
+      <c r="R100" s="4" t="inlineStr">
+        <is>
+          <t>schoolnadia2016@gmail.com</t>
+        </is>
+      </c>
+      <c r="S100" s="4" t="inlineStr">
+        <is>
+          <t>http://schoolnadia.ucoz.org</t>
+        </is>
+      </c>
+      <c r="T100" s="4" t="inlineStr">
+        <is>
+          <t>Директор Макаренко Юлія Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U100" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V100" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W100" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X100" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y100" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="4" t="inlineStr">
+        <is>
+          <t>Шевченківська гімназія-філія комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B101" s="5" t="n">
+        <v>134359</v>
+      </c>
+      <c r="C101" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>Шевченківська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+        </is>
+      </c>
+      <c r="E101" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G101" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H101" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I101" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J101" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K101" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Володимира Грищенка, 9</t>
+        </is>
+      </c>
+      <c r="L101" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M101" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N101" s="7"/>
+      <c r="O101" s="4" t="inlineStr">
+        <is>
+          <t>Василівська міська рада Запорізької області</t>
+        </is>
+      </c>
+      <c r="P101" s="4" t="inlineStr">
+        <is>
+          <t>(097)48-74-776</t>
+        </is>
+      </c>
+      <c r="Q101" s="4"/>
+      <c r="R101" s="4" t="inlineStr">
+        <is>
+          <t>licej.suziria.1952@gmail.com</t>
+        </is>
+      </c>
+      <c r="S101" s="4" t="inlineStr">
+        <is>
+          <t>http://shev-school.at.ua</t>
+        </is>
+      </c>
+      <c r="T101" s="4" t="inlineStr">
+        <is>
+          <t>Завідувач філією Тішин Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U101" s="6" t="inlineStr">
+        <is>
+          <t>Філія</t>
+        </is>
+      </c>
+      <c r="V101" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W101" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X101" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y101" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="4" t="inlineStr">
+        <is>
+          <t>Широківська гімназія-філія комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B102" s="5" t="n">
+        <v>151500</v>
+      </c>
+      <c r="C102" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>Широківська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+        </is>
+      </c>
+      <c r="E102" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G102" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H102" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I102" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J102" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K102" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Володимира Грищенка, 9</t>
+        </is>
+      </c>
+      <c r="L102" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M102" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N102" s="7"/>
+      <c r="O102" s="4" t="inlineStr">
+        <is>
+          <t>Василівська міська рада Запорізької області</t>
+        </is>
+      </c>
+      <c r="P102" s="4" t="inlineStr">
+        <is>
+          <t>(097)48-74-776</t>
+        </is>
+      </c>
+      <c r="Q102" s="4"/>
+      <c r="R102" s="4" t="inlineStr">
+        <is>
+          <t>licej.suziria.1952@gmail.com</t>
+        </is>
+      </c>
+      <c r="S102" s="4"/>
+      <c r="T102" s="4" t="inlineStr">
+        <is>
+          <t>Завідувач філією Шевченко Оксана Іванівна</t>
+        </is>
+      </c>
+      <c r="U102" s="6" t="inlineStr">
+        <is>
+          <t>Філія</t>
+        </is>
+      </c>
+      <c r="V102" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W102" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X102" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y102" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y95"/>
+  <autoFilter ref="A1:Y102"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>