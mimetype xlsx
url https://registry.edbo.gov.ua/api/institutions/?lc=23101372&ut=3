--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -3888,51 +3888,51 @@
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
           <t>Кам'янський спеціалізований заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
         <v>136362</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Більмацький спеціалізований ЗЗСО "Інтелект"</t>
+          <t>Кам'янський спеціалізований ЗЗСО "Інтелект"</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -3960,51 +3960,51 @@
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
           <t>(066)5874698</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
           <t>intelektzosh@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/intelektzosh</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Заярський Олександр Васильович</t>
+          <t>В.о. директора Заярський Олександр Васильович</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
@@ -7019,64 +7019,64 @@
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Преславська гімназія імені академіка Миколи Державіна" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Преславська гімназія" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
         <v>136360</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Преславська гімназія імені академіка Миколи Державіна"</t>
+          <t>КЗ "Преславська гімназія"</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -8322,51 +8322,51 @@
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
           <t>вулиця Козача, 35</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
-          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Райхенфельдська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
           <t>(06132)26712</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
           <t>mar_nvk@ukr.net</t>
         </is>
       </c>
       <c r="S73" s="4"/>
       <c r="T73" s="4" t="inlineStr">
         <is>
           <t>Директор Ходирєва Інна Олександрівна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">