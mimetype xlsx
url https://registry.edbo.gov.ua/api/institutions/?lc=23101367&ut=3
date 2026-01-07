--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -319,1944 +319,1944 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 6 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №103 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>136719</v>
+        <v>137144</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №6</t>
+          <t>Запорізька гімназія №103</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олімпійська, 2</t>
+          <t>вулиця Володимира Українця, 18-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(061)7698033</t>
+          <t>(061)2799592</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>gymnasium@6.zp.ua</t>
+          <t>school103zp@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://www.6.zp.ua/</t>
+          <t>http://school103.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Липський Костянтин Валентинович</t>
+          <t>Директор Суліма Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №103 Запорізької міської ради</t>
+          <t>Запорізька гімназія №107 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>137144</v>
+        <v>136061</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №103</t>
+          <t>Запорізька гімназія № 107</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Українця, 18-А</t>
+          <t>проспект Героїв Національної гвардії України, 59</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(061)2799592</t>
+          <t>(061)7648640, (061)7648644, (061)7648641</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>school103zp@ukr.net</t>
+          <t>zpkrsc107@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://school103.zp.sch.in.ua/</t>
+          <t>http://planeta107.zp.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Суліма Ірина Сергіївна</t>
+          <t>Директор Кошель Дмитро Богданович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №107 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №110 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>136061</v>
+        <v>137017</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 107</t>
+          <t>Запорізька гімназія № 110</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Національної гвардії України, 59</t>
+          <t>вулиця Стешенка, 19</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(061)7648640, (061)7648644, (061)7648641</t>
+          <t>(061)769-49-02</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>zpkrsc107@ukr.net</t>
+          <t>sh110@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://planeta107.zp.ua</t>
+          <t>https://www.zpsh110.com/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Кошель Дмитро Богданович</t>
+          <t>Директор Демченко Аркадій Григорович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №110 Запорізької міської ради</t>
+          <t>Запорізька гімназія №14 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>137017</v>
+        <v>136825</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 110</t>
+          <t>Запорізька гімназія №14</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стешенка, 19</t>
+          <t>вулиця Святоволодимирівська, 90</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(061)769-49-02</t>
+          <t>(061)769-80-28</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>sh110@ukr.net</t>
+          <t>zapzosch14@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>https://www.zpsh110.com/</t>
+          <t>https://zosch14.jimdofree.com/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Демченко Аркадій Григорович</t>
+          <t>Директор Чумак Тарас Олександрович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №14 Запорізької міської ради</t>
+          <t>Запорізька гімназія №17 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>136825</v>
+        <v>136949</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №14</t>
+          <t>Запорізька гімназія № 17</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Святоволодимирівська, 90</t>
+          <t>вулиця Освітянська, 20</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-28</t>
+          <t>(061)7698046</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>zapzosch14@gmail.com</t>
+          <t>zp.school17@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>https://zosch14.jimdofree.com/</t>
+          <t>https://www.17.zp.ua/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Чумак Тарас Олександрович</t>
+          <t>Директор Хмельницький Андрій Андрійович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №17 Запорізької міської ради</t>
+          <t>Запорізька гімназія №38 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>136949</v>
+        <v>136904</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 17</t>
+          <t>Запорізька гімназія №38</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Освітянська, 20</t>
+          <t>вулиця Парамонова, 7-А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(061)7698046</t>
+          <t>(061)7698019</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>zp.school17@gmail.com</t>
+          <t>obschkola38@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://www.17.zp.ua/</t>
+          <t>http://school38.zp.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Хмельницький Андрій Андрійович</t>
+          <t>Директор Коляда Олена Сергіївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №38 Запорізької міської ради</t>
+          <t>Запорізька гімназія №70 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>136904</v>
+        <v>137241</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №38</t>
+          <t>Запорізька Г № 70 ЗМР</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 7-А</t>
+          <t>вулиця Снайперська, 1</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(061)7698019</t>
+          <t>(061)7698050, (061)7698042</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>obschkola38@gmail.com</t>
+          <t>school70@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://school38.zp.ua</t>
+          <t>http://znvk70.zp.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Коляда Олена Сергіївна</t>
+          <t>Директор Гігаурі Надія Вікторівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №70 Запорізької міської ради</t>
+          <t>Запорізька гімназія №8 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>137241</v>
+        <v>136917</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Запорізька Г № 70 ЗМР</t>
+          <t>Запорізька гімназія № 8</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Снайперська, 1</t>
+          <t>вулиця Європейська, 14-А</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(061)7698050, (061)7698042</t>
+          <t>(061)769-80-26</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>school70@ukr.net</t>
+          <t>gymnasium8.zp@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://znvk70.zp.ua/</t>
+          <t>http://school8.zp.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Гігаурі Надія Вікторівна</t>
+          <t>Директор Бірюкова Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №8 Запорізької міської ради</t>
+          <t>Запорізька гімназія №80 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>136917</v>
+        <v>136928</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 8</t>
+          <t>Запорізька гімназія № 80</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 14-А</t>
+          <t>вулиця Магара, 5-А</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-26</t>
+          <t>(061)7698025, (061)7698018</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>gymnasium8.zp@gmail.com</t>
+          <t>shkola80@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://school8.zp.ua</t>
+          <t>http://school80.at.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Бірюкова Ірина Валентинівна</t>
+          <t>Директор Ганзуленко Валентина Петрівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №80 Запорізької міської ради</t>
+          <t>Запорізька гімназія №83 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>136928</v>
+        <v>137145</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 80</t>
+          <t>Запорізька гімназія №83</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Магара, 5-А</t>
+          <t>вулиця Барикадна, 2</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(061)7698025, (061)7698018</t>
+          <t>(061)7023432</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>shkola80@ukr.net</t>
+          <t>083shc@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://school80.at.ua</t>
+          <t>https://083school.zp.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Ганзуленко Валентина Петрівна</t>
+          <t>Директор Школьніков Михайло Зіновійович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №83 Запорізької міської ради</t>
+          <t>Запорізька гімназія №84 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>137145</v>
+        <v>137021</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №83</t>
+          <t>Запорізька гімназія №84</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Барикадна, 2</t>
+          <t>вулиця Північнокільцева, 16-А</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(061)7023432</t>
+          <t>(061)7698034, (061)7698036</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>083shc@gmail.com</t>
+          <t>school84.zp.ua@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>https://083school.zp.ua</t>
+          <t>http://school84.zp.ua</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Чумак Тарас Олександрович</t>
+          <t>Директор Черкасова Тетяна Львівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №84 Запорізької міської ради</t>
+          <t>Запорізька гімназія №90 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>137021</v>
+        <v>137148</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №84</t>
+          <t>Запорізька гімназія №90</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Північнокільцева, 16-А</t>
+          <t>вулиця Чумаченка, 13-Б</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(061)7698034, (061)7698036</t>
+          <t>(061)7698039</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>school84.zp.ua@gmail.com</t>
+          <t>school90zp@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://school84.zp.ua</t>
+          <t>http://school90zp.esy.es</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Черкасова Тетяна Львівна</t>
+          <t>Директор Аліпова Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №90 Запорізької міської ради</t>
+          <t>Запорізька гімназія №97 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>137148</v>
+        <v>137143</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №90</t>
+          <t>Запорізька гімназія №97</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чумаченка, 13-Б</t>
+          <t>проспект пр. Героїв Національної гвардії України, 27</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(061)7698039</t>
+          <t>(063)7156430</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>school90zp@gmail.com</t>
+          <t>zp.school97@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://school90zp.esy.es</t>
+          <t>http://school97.zp.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Аліпова Ганна Володимирівна</t>
+          <t>Директор Семененко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №97 Запорізької міської ради</t>
+          <t>Запорізька загальноосвітня школа І-ІІІ ступенів №88 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>137143</v>
+        <v>137016</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №97</t>
+          <t>Запорізька ЗОШ №88</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>проспект пр. Героїв Національної гвардії України, 27</t>
+          <t>вулиця Музична, 2</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(063)7156430</t>
+          <t>(061)769-80-53</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>zp.school97@gmail.com</t>
+          <t>nvk88zap@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://school97.zp.ua/</t>
+          <t>http://zschool88.wixsite.com/zp88</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Семененко Олена Володимирівна</t>
+          <t>Директор Златова Людмила Іванівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Запорізька загальноосвітня школа І-ІІІ ступенів №88 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька спеціалізована школа з поглибленим вивченням іноземної мови №7 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>137016</v>
+        <v>137018</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Запорізька ЗОШ №88</t>
+          <t>Запорізька СШ №7</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Музична, 2</t>
+          <t>вулиця Північнокільцева, 21</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-53</t>
+          <t>(061)7698037</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>nvk88zap@gmail.com</t>
+          <t>mail@school7.zp.ua</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://zschool88.wixsite.com/zp88</t>
+          <t>http://school7.zp.ua</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Златова Людмила Іванівна</t>
+          <t>Директор Білоус Костянтин Андрійович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Запорізька спеціалізована школа з поглибленим вивченням іноземної мови №7 Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей № 23 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>137018</v>
+        <v>136903</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Запорізька СШ №7</t>
+          <t>Запорізький академічний ліцей № 23</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Північнокільцева, 21</t>
+          <t>вулиця Парамонова, 6-А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(061)7698037</t>
+          <t>(061)769-80-27</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>mail@school7.zp.ua</t>
+          <t>school23zp@gmail.com</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://school7.zp.ua</t>
+          <t>http://znvk23.zp.ua</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Білоус Костянтин Андрійович</t>
+          <t>Директор Майоров Володимир Миколайович</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 23 Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей № 6 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>136903</v>
+        <v>136719</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 23</t>
+          <t>Запорізький академічний ліцей №6</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 6-А</t>
+          <t>вулиця Олімпійська, 2</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-27</t>
+          <t>(061)7698033</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>school23zp@gmail.com</t>
+          <t>gymnasium@6.zp.ua</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://znvk23.zp.ua</t>
+          <t>http://www.6.zp.ua/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Майоров Володимир Миколайович</t>
+          <t>Директор Липський Костянтин Валентинович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
   </sheetData>