--- v1 (2026-01-07)
+++ v2 (2026-03-05)
@@ -432,1831 +432,1831 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №107 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №110 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>136061</v>
+        <v>137017</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 107</t>
+          <t>Запорізька гімназія № 110</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Національної гвардії України, 59</t>
+          <t>вулиця Стешенка, 19</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(061)7648640, (061)7648644, (061)7648641</t>
+          <t>(061)769-49-02</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>zpkrsc107@ukr.net</t>
+          <t>sh110@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://planeta107.zp.ua</t>
+          <t>https://www.zpsh110.com/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Кошель Дмитро Богданович</t>
+          <t>Директор Демченко Аркадій Григорович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №110 Запорізької міської ради</t>
+          <t>Запорізька гімназія №14 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>137017</v>
+        <v>136825</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 110</t>
+          <t>Запорізька гімназія №14</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стешенка, 19</t>
+          <t>вулиця Святоволодимирівська, 90</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(061)769-49-02</t>
+          <t>(061)769-80-28</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>sh110@ukr.net</t>
+          <t>zapzosch14@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://www.zpsh110.com/</t>
+          <t>https://zosch14.jimdofree.com/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Демченко Аркадій Григорович</t>
+          <t>Директор Чумак Тарас Олександрович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №14 Запорізької міської ради</t>
+          <t>Запорізька гімназія №17 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>136825</v>
+        <v>136949</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №14</t>
+          <t>Запорізька гімназія № 17</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Святоволодимирівська, 90</t>
+          <t>вулиця Освітянська, 20</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-28</t>
+          <t>(061)7698046</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>zapzosch14@gmail.com</t>
+          <t>zp.school17@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>https://zosch14.jimdofree.com/</t>
+          <t>https://www.17.zp.ua/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Чумак Тарас Олександрович</t>
+          <t>Директор Хмельницький Андрій Андрійович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №17 Запорізької міської ради</t>
+          <t>Запорізька гімназія №38 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>136949</v>
+        <v>136904</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 17</t>
+          <t>Запорізька гімназія №38</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Освітянська, 20</t>
+          <t>вулиця Парамонова, 7-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(061)7698046</t>
+          <t>(061)7698019</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>zp.school17@gmail.com</t>
+          <t>obschkola38@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>https://www.17.zp.ua/</t>
+          <t>http://school38.zp.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Хмельницький Андрій Андрійович</t>
+          <t>Директор Коляда Олена Сергіївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №38 Запорізької міської ради</t>
+          <t>Запорізька гімназія №70 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>136904</v>
+        <v>137241</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №38</t>
+          <t>Запорізька Г № 70 ЗМР</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 7-А</t>
+          <t>вулиця Снайперська, 1</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(061)7698019</t>
+          <t>(061)7698050, (061)7698042</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>obschkola38@gmail.com</t>
+          <t>school70@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://school38.zp.ua</t>
+          <t>http://znvk70.zp.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Коляда Олена Сергіївна</t>
+          <t>Директор Гігаурі Надія Вікторівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №70 Запорізької міської ради</t>
+          <t>Запорізька гімназія №8 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>137241</v>
+        <v>136917</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Запорізька Г № 70 ЗМР</t>
+          <t>Запорізька гімназія № 8</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Снайперська, 1</t>
+          <t>вулиця Європейська, 14-А</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(061)7698050, (061)7698042</t>
+          <t>(061)769-80-26</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>school70@ukr.net</t>
+          <t>gymnasium8.zp@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://znvk70.zp.ua/</t>
+          <t>http://school8.zp.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Гігаурі Надія Вікторівна</t>
+          <t>Директор Бірюкова Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №8 Запорізької міської ради</t>
+          <t>Запорізька гімназія №80 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>136917</v>
+        <v>136928</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 8</t>
+          <t>Запорізька гімназія № 80</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 14-А</t>
+          <t>вулиця Магара, 5-А</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-26</t>
+          <t>(061)7698025, (061)7698018</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>gymnasium8.zp@gmail.com</t>
+          <t>shkola80@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://school8.zp.ua</t>
+          <t>http://school80.at.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Бірюкова Ірина Валентинівна</t>
+          <t>Директор Ганзуленко Валентина Петрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №80 Запорізької міської ради</t>
+          <t>Запорізька гімназія №83 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>136928</v>
+        <v>137145</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 80</t>
+          <t>Запорізька гімназія №83</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Магара, 5-А</t>
+          <t>вулиця Барикадна, 2</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(061)7698025, (061)7698018</t>
+          <t>(061)7023432</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>shkola80@ukr.net</t>
+          <t>083shc@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://school80.at.ua</t>
+          <t>https://083school.zp.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Ганзуленко Валентина Петрівна</t>
+          <t>Директор Школьніков Михайло Зіновійович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №83 Запорізької міської ради</t>
+          <t>Запорізька гімназія №84 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>137145</v>
+        <v>137021</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №83</t>
+          <t>Запорізька гімназія №84</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Барикадна, 2</t>
+          <t>вулиця Північнокільцева, 16-А</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(061)7023432</t>
+          <t>(061)7698034, (061)7698036</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>083shc@gmail.com</t>
+          <t>school84.zp.ua@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>https://083school.zp.ua</t>
+          <t>http://school84.zp.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Школьніков Михайло Зіновійович</t>
+          <t>Директор Черкасова Тетяна Львівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №84 Запорізької міської ради</t>
+          <t>Запорізька гімназія №90 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>137021</v>
+        <v>137148</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №84</t>
+          <t>Запорізька гімназія №90</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Північнокільцева, 16-А</t>
+          <t>вулиця Чумаченка, 13-Б</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(061)7698034, (061)7698036</t>
+          <t>(061)7698039</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>school84.zp.ua@gmail.com</t>
+          <t>school90zp@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://school84.zp.ua</t>
+          <t>http://school90zp.esy.es</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Черкасова Тетяна Львівна</t>
+          <t>Директор Аліпова Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №90 Запорізької міської ради</t>
+          <t>Запорізька гімназія №97 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>137148</v>
+        <v>137143</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №90</t>
+          <t>Запорізька гімназія №97</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чумаченка, 13-Б</t>
+          <t>проспект пр. Героїв Національної гвардії України, 27</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(061)7698039</t>
+          <t>(063)7156430</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>school90zp@gmail.com</t>
+          <t>zp.school97@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://school90zp.esy.es</t>
+          <t>http://school97.zp.ua/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Аліпова Ганна Володимирівна</t>
+          <t>Директор Семененко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №97 Запорізької міської ради</t>
+          <t>Запорізька загальноосвітня школа І-ІІІ ступенів №88 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>137143</v>
+        <v>137016</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №97</t>
+          <t>Запорізька ЗОШ №88</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>проспект пр. Героїв Національної гвардії України, 27</t>
+          <t>вулиця Музична, 2</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(063)7156430</t>
+          <t>(061)769-80-53</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>zp.school97@gmail.com</t>
+          <t>nvk88zap@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://school97.zp.ua/</t>
+          <t>http://zschool88.wixsite.com/zp88</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Семененко Олена Володимирівна</t>
+          <t>Директор Златова Людмила Іванівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Запорізька загальноосвітня школа І-ІІІ ступенів №88 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька спеціалізована школа з поглибленим вивченням іноземної мови №7 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>137016</v>
+        <v>137018</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Запорізька ЗОШ №88</t>
+          <t>Запорізька СШ №7</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Музична, 2</t>
+          <t>вулиця Північнокільцева, 21</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-53</t>
+          <t>(061)7698037</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>nvk88zap@gmail.com</t>
+          <t>mail@school7.zp.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://zschool88.wixsite.com/zp88</t>
+          <t>http://school7.zp.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Златова Людмила Іванівна</t>
+          <t>Директор Білоус Костянтин Андрійович</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Запорізька спеціалізована школа з поглибленим вивченням іноземної мови №7 Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей № 23 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>137018</v>
+        <v>136903</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Запорізька СШ №7</t>
+          <t>Запорізький академічний ліцей № 23</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Північнокільцева, 21</t>
+          <t>вулиця Парамонова, 6-А</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(061)7698037</t>
+          <t>(061)769-80-27</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>mail@school7.zp.ua</t>
+          <t>school23zp@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://school7.zp.ua</t>
+          <t>http://znvk23.zp.ua</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Білоус Костянтин Андрійович</t>
+          <t>Директор Майоров Володимир Миколайович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 23 Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей № 6 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>136903</v>
+        <v>136719</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 23</t>
+          <t>Запорізький академічний ліцей №6</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 6-А</t>
+          <t>вулиця Олімпійська, 2</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-27</t>
+          <t>(061)7698033</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>school23zp@gmail.com</t>
+          <t>gymnasium@6.zp.ua</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://znvk23.zp.ua</t>
+          <t>http://www.6.zp.ua/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Майоров Володимир Миколайович</t>
+          <t>Директор Липський Костянтин Валентинович</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 6 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей №107 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>136719</v>
+        <v>136061</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №6</t>
+          <t>Запорізький академічний ліцей № 107</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олімпійська, 2</t>
+          <t>проспект Героїв Національної гвардії України, 59</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(061)7698033</t>
+          <t>(061)7648640, (061)7648644, (061)7648641</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>gymnasium@6.zp.ua</t>
+          <t>zpkrsc107@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://www.6.zp.ua/</t>
+          <t>http://planeta107.zp.ua</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Липський Костянтин Валентинович</t>
+          <t>Директор Кошель Дмитро Богданович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
   </sheetData>