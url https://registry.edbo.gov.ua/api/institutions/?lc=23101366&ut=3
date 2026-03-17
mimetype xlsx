--- v0 (2025-10-29)
+++ v1 (2026-03-17)
@@ -1190,51 +1190,51 @@
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(061)286-25-85</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>oberig9@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://www.oberig.zp.ua</t>
+          <t>https://oberig.zp.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t> Дуда Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>так</t>