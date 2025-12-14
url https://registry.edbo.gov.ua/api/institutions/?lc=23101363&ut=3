--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -614,51 +614,51 @@
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-26-13, (06139)6-17-11, (06139)6-16-19</t>
+          <t>(066)6071370</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>envk1@envk1collegium.com.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://enskola1.wixsite.com/envk1</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Стьопіна Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
@@ -727,51 +727,51 @@
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(06139)6-34-98</t>
+          <t>(067)6134615</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>en.himnaziya2@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>https://www.en-oosh2.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Воробйов Леонід Михайлович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
@@ -840,58 +840,54 @@
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-13-61</t>
-[...6 lines deleted...]
-      </c>
+          <t>(099)1133371</t>
+        </is>
+      </c>
+      <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>ebggarmony@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>https://garmoniya1029.wixsite.com/ebggarmoniya</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Біряк Володимир Васильович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -957,51 +953,51 @@
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-16-56, (06139)6-21-26</t>
+          <t>(067)6126044</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>school4pr@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>https://enschool4.wixsite.com/engymnasium4</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Воробйова Олена Дмитрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
@@ -1070,51 +1066,51 @@
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(06139)6-48-37</t>
+          <t>(050)9447188</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>enoosh5@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>https://ennvk5.wixsite.com/envk</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Зеленська Оксана Станіславівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
@@ -1183,58 +1179,54 @@
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(06139)6-30-03, (06139)3-21-27</t>
-[...6 lines deleted...]
-      </c>
+          <t>(098)4300232</t>
+        </is>
+      </c>
+      <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>eoosh6@envk6.zp.ua</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>https://eoosh6.wixsite.com/envk6</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Марієва Ірина Геннадіївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>