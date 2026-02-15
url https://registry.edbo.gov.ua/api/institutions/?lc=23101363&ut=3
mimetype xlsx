--- v1 (2025-12-14)
+++ v2 (2026-02-15)
@@ -3140,115 +3140,115 @@
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Плодородненський ліцей Плодородненської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Райхенфельдський ліцей Райхенфельдської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
         <v>136363</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Плодородненський ліцей</t>
+          <t>Райхенфельдський ліцей</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
           <t>вулиця Козача, 35</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Райхенфельдська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(06132)95125, (098)5629386</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>plodlicey@gmail.com</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
           <t>Директор Старовойтов Микола Григорович</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">