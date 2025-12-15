--- v0 (2025-11-02)
+++ v1 (2025-12-15)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$145</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$151</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y145"/>
+  <dimension ref="A1:Y151"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -13068,1642 +13068,1642 @@
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 13 "Сонечко" ( ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 11 "Калинонька" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
-        <v>164989</v>
+        <v>164987</v>
       </c>
       <c r="C119" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 13 "Сонечко" ММР ЗО</t>
+          <t>ЗДО №11 "Калинонька" ММР ЗО</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ вул. Якова Новицького, 143/7</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
-          <t>(0619)421270</t>
+          <t>(098)9715869</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
         <is>
-          <t>melyozdo43@gmail.com</t>
+          <t>melyozdo40@gmail.com</t>
         </is>
       </c>
       <c r="S119" s="4" t="inlineStr">
         <is>
-          <t>www.melitopol-dnz43.edukit.zp.ua</t>
+          <t>dnz40.wordpress.com</t>
         </is>
       </c>
       <c r="T119" s="4" t="inlineStr">
         <is>
-          <t>Директор Зеленковська Олена Юріївна</t>
+          <t>Директор Пантова Ганна Віталіївна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 17 "Ведмедик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 12 "Веселка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B120" s="5" t="n">
-        <v>164992</v>
+        <v>164990</v>
       </c>
       <c r="C120" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 17 ММР ЗО</t>
+          <t>ЗДО № 12 "Веселка" ММР ЗО</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H120" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I120" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J120" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/ вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L120" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M120" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N120" s="7"/>
       <c r="O120" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P120" s="4" t="inlineStr">
         <is>
-          <t>(0619)43-90-97</t>
+          <t>(067)1166769</t>
         </is>
       </c>
       <c r="Q120" s="4"/>
       <c r="R120" s="4" t="inlineStr">
         <is>
-          <t>melyozdo48@gmail.com</t>
+          <t>44meluo@gmail.com</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
-          <t>https://dnzvedmedik48.wixsite.com/health</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T120" s="4" t="inlineStr">
         <is>
-          <t>Директор Лєвіна Анастасія Валеріївна</t>
+          <t>Директор Обуховська Наталя Григорівна</t>
         </is>
       </c>
       <c r="U120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 18 "Горобинка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 13 "Сонечко" ( ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B121" s="5" t="n">
-        <v>164993</v>
+        <v>164989</v>
       </c>
       <c r="C121" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 18 "Горобинка" ММР ЗО</t>
+          <t>ЗДО № 13 "Сонечко" ММР ЗО</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G121" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H121" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I121" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J121" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L121" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M121" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P121" s="4" t="inlineStr">
         <is>
-          <t>(0619)43-03-12</t>
+          <t>(0619)421270</t>
         </is>
       </c>
       <c r="Q121" s="4"/>
       <c r="R121" s="4" t="inlineStr">
         <is>
-          <t>melyozdo49@gmail.com</t>
+          <t>melyozdo43@gmail.com</t>
         </is>
       </c>
       <c r="S121" s="4" t="inlineStr">
         <is>
-          <t>dnz49.ucoz.ua</t>
+          <t>www.melitopol-dnz43.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T121" s="4" t="inlineStr">
         <is>
-          <t>Директор Маринова Юлія Юріївна</t>
+          <t>Директор Зеленковська Олена Юріївна</t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 19 "Медовий" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 16 "Вогник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B122" s="5" t="n">
-        <v>164995</v>
+        <v>164994</v>
       </c>
       <c r="C122" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 19 ММР ЗО</t>
+          <t>ЗДО № 16 "Вогник" ММР ЗО</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
-          <t>(061)9477315</t>
+          <t>(063)6974265</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
-          <t>melyozdo99@gmail.com</t>
+          <t>melosvitadnz78@gmail.com</t>
         </is>
       </c>
       <c r="S122" s="4" t="inlineStr">
         <is>
-          <t>http://zirojka99.wixsite.com/home</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T122" s="4" t="inlineStr">
         <is>
-          <t> Захарова Юлія Валеріївна</t>
+          <t> Кійко Наталя Ігорівна</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 20 "Золотий півник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 17 "Ведмедик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B123" s="5" t="n">
-        <v>164982</v>
+        <v>164992</v>
       </c>
       <c r="C123" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 20 ММР ЗО</t>
+          <t>ЗДО № 17 ММР ЗО</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G123" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H123" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I123" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J123" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K123" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L123" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M123" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P123" s="4" t="inlineStr">
         <is>
-          <t>(0619)422839</t>
+          <t>(0619)43-90-97</t>
         </is>
       </c>
       <c r="Q123" s="4"/>
       <c r="R123" s="4" t="inlineStr">
         <is>
-          <t>melyozdo29@gmail.com</t>
+          <t>melyozdo48@gmail.com</t>
         </is>
       </c>
       <c r="S123" s="4" t="inlineStr">
         <is>
-          <t>https://liliyazdo.wixsite.com/dnz29melitopol</t>
+          <t>https://dnzvedmedik48.wixsite.com/health</t>
         </is>
       </c>
       <c r="T123" s="4" t="inlineStr">
         <is>
-          <t>Директор Кашкарьова Анна Валентинівна</t>
+          <t>Директор Лєвіна Анастасія Валеріївна</t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 26 "Світанок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 18 "Горобинка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>164981</v>
+        <v>164993</v>
       </c>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 23 "Світанок" ММР ЗО</t>
+          <t>ЗДО № 18 "Горобинка" ММР ЗО</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K124" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова, 7</t>
+          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L124" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M124" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P124" s="4" t="inlineStr">
         <is>
-          <t>(098)1047091</t>
+          <t>(0619)43-03-12</t>
         </is>
       </c>
       <c r="Q124" s="4"/>
       <c r="R124" s="4" t="inlineStr">
         <is>
-          <t>melyozdo26@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S124" s="4"/>
+          <t>melyozdo49@gmail.com</t>
+        </is>
+      </c>
+      <c r="S124" s="4" t="inlineStr">
+        <is>
+          <t>dnz49.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T124" s="4" t="inlineStr">
         <is>
-          <t>Директор Засипко Наталя Миколаївна</t>
+          <t>Директор Маринова Юлія Юріївна</t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 3 "Зайчик" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 19 "Медовий" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>164972</v>
+        <v>164995</v>
       </c>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 3 "Зайчик" ММР ЗО</t>
+          <t>ЗДО № 19 ММР ЗО</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицього Якова, 143/7</t>
+          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
-          <t>(066)7216943</t>
+          <t>(061)9477315</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>melyozdo20@gmail.com</t>
+          <t>melyozdo99@gmail.com</t>
         </is>
       </c>
       <c r="S125" s="4" t="inlineStr">
         <is>
-          <t>http://perlinamelitopolsk.wix.com/perlina</t>
+          <t>http://zirojka99.wixsite.com/home</t>
         </is>
       </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
-          <t>Директор Добряк Марина Віталіївна</t>
+          <t> Захарова Юлія Валеріївна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 4 "Ластівка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 20 "Золотий півник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>164980</v>
+        <v>164982</v>
       </c>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 4 "Ластівка" ММР ЗО № 24</t>
+          <t>ЗДО № 20 "Золотий півник" ММР ЗО</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K126" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P126" s="4" t="inlineStr">
         <is>
-          <t>(096)3289185</t>
+          <t>(0619)422839</t>
         </is>
       </c>
       <c r="Q126" s="4"/>
       <c r="R126" s="4" t="inlineStr">
         <is>
-          <t>melyozdo24@gmail.com</t>
+          <t>melyozdo29@gmail.com</t>
         </is>
       </c>
       <c r="S126" s="4" t="inlineStr">
         <is>
-          <t>http://lastivka.jimdo.com/</t>
+          <t>https://liliyazdo.wixsite.com/dnz29melitopol</t>
         </is>
       </c>
       <c r="T126" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопович Вікторина Михайлівна</t>
+          <t>Директор Кашкарьова Анна Валентинівна</t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 47 "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 21 "Вербонька" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>164991</v>
+        <v>164979</v>
       </c>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 47 "Посмішка" ММР ЗО</t>
+          <t>ЗДО № 21 "Вербонька" ММР ЗО</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
-          <t>(093)3415651</t>
+          <t>(093)5209834</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>melyozdo47@gmail.com</t>
+          <t>osvitadnz21@ukr.net</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
-          <t>berizka.zp.ua</t>
+          <t>http://verbonka.wix.com/dnz21/</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>Директор Поліщук Оксана Анатоліївна</t>
+          <t>Директор Корпусова Інна Євгенівна</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 5 "Мрія" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 22"Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>164976</v>
+        <v>164984</v>
       </c>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 5 "Мрія" ММР ЗО</t>
+          <t>ЗДО № 22 "Берізка" ММР ЗО</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/Новицького вулиця, 143/7</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>(097)5024164</t>
+          <t>(0619)448211</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
-          <t>melyozdo14@gmail.com</t>
+          <t>melyozdo36@gmail.com</t>
         </is>
       </c>
       <c r="S128" s="4" t="inlineStr">
         <is>
-          <t>www.melitopol-dnz14.edukit.zp.ua</t>
+          <t>http://melitopol-dnz36.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t>Директор Прийма Наталя Вікторівна</t>
+          <t>Директор Іванова Інна Валеріївна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 8 "Зірочка"(ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 26 "Світанок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>164974</v>
+        <v>164981</v>
       </c>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 8 "Зіроочка" ММР ЗО</t>
+          <t>ЗДО № 23 "Світанок" ММР ЗО</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K129" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ Новицького Якова, 7</t>
         </is>
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
-          <t>(096)8033421</t>
+          <t>(098)1047091</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>melyozdo8@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>melyozdo26@gmail.com</t>
+        </is>
+      </c>
+      <c r="S129" s="4"/>
       <c r="T129" s="4" t="inlineStr">
         <is>
-          <t>Директор Білик Наталя Олександрівна</t>
+          <t>Директор Засипко Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 9 "Лелеченя" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 3 "Зайчик" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>164975</v>
+        <v>164972</v>
       </c>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 9 "Лелеченя"</t>
+          <t>ЗДО № 3 "Зайчик" ММР ЗО</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K130" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицього Якова, 143/7</t>
         </is>
       </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P130" s="4" t="inlineStr">
         <is>
-          <t>(067)7527764</t>
+          <t>(066)7216943</t>
         </is>
       </c>
       <c r="Q130" s="4"/>
       <c r="R130" s="4" t="inlineStr">
         <is>
-          <t>melyozdo9@gmail.com</t>
+          <t>melyozdo20@gmail.com</t>
         </is>
       </c>
       <c r="S130" s="4" t="inlineStr">
         <is>
-          <t>https://dnz9dnz9.wixsite.com/lele</t>
+          <t>http://perlinamelitopolsk.wix.com/perlina</t>
         </is>
       </c>
       <c r="T130" s="4" t="inlineStr">
         <is>
-          <t>Директор Супрун Ірина Іванівна</t>
+          <t>Директор Добряк Марина Віталіївна</t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 4 "Ластівка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>164984</v>
+        <v>164980</v>
       </c>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 22 "Берізка" ММР ЗО</t>
+          <t>ЗДО № 4 "Ластівка" ММР ЗО № 24</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького вулиця, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P131" s="4" t="inlineStr">
         <is>
-          <t>(0619)448211</t>
+          <t>(096)3289185</t>
         </is>
       </c>
       <c r="Q131" s="4"/>
       <c r="R131" s="4" t="inlineStr">
         <is>
-          <t>melyozdo36@gmail.com</t>
+          <t>melyozdo24@gmail.com</t>
         </is>
       </c>
       <c r="S131" s="4" t="inlineStr">
         <is>
-          <t>http://melitopol-dnz36.edukit.zp.ua</t>
+          <t>http://lastivka.jimdo.com/</t>
         </is>
       </c>
       <c r="T131" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Інна Валеріївна</t>
+          <t>Директор Прокопович Вікторина Михайлівна</t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №10 "Попелюшка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 5 "Мрія" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>164985</v>
+        <v>164976</v>
       </c>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 10 "Попелюшка" ММР ЗО</t>
+          <t>ЗДО № 5 "Мрія" ММР ЗО</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P132" s="4" t="inlineStr">
         <is>
-          <t>(096)6938582</t>
+          <t>(097)5024164</t>
         </is>
       </c>
       <c r="Q132" s="4"/>
       <c r="R132" s="4" t="inlineStr">
         <is>
-          <t>melyozdo38@gmail.com</t>
+          <t>melyozdo14@gmail.com</t>
         </is>
       </c>
       <c r="S132" s="4" t="inlineStr">
         <is>
-          <t>http://www.melitopol-dnz38.edukit.zp.ua</t>
+          <t>www.melitopol-dnz14.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
-          <t>Директор Столбова Тамара Євгенівна</t>
+          <t>Директор Прийма Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №30 "Світлячок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 7 "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>164983</v>
+        <v>164991</v>
       </c>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №30 "Світлячок" ММР ЗО</t>
+          <t>ЗДО № 7 "Посмішка" ММР ЗО</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -14715,1393 +14715,2075 @@
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>(096)6927010</t>
+          <t>(093)3415651</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>nelina1996@gmail.com</t>
+          <t>melyozdo47@gmail.com</t>
         </is>
       </c>
       <c r="S133" s="4" t="inlineStr">
         <is>
-          <t>http://afalina12.wixsite.com/svet</t>
+          <t>berizka.zp.ua</t>
         </is>
       </c>
       <c r="T133" s="4" t="inlineStr">
         <is>
-          <t>Директор Тьор Анастасія Олегівна</t>
+          <t>Директор Поліщук Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільноїосвіти №2 "Дюймовочка" (ясла-садок) комбінованого типу Мелітопольськоїміської ради Запорізькоїобласті</t>
+          <t>Заклад дошкільної освіти № 8 "Зірочка"(ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>164977</v>
+        <v>164974</v>
       </c>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №2 "Дюймовочка" ММР ЗО</t>
+          <t>ЗДО № 8 "Зіроочка" ММР ЗО</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ вулиця Новицього Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(067)9479356</t>
+          <t>(096)8033421</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>melyozdo17@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S134" s="4"/>
+          <t>melyozdo8@gmail.com</t>
+        </is>
+      </c>
+      <c r="S134" s="4" t="inlineStr">
+        <is>
+          <t>http://melitopol-dnz8.edukit.zp.ua/</t>
+        </is>
+      </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрійченко Ганна Миколаївна</t>
+          <t>Директор Білик Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольський Центр розвитку дитини «Черешенька» Мелітопольської міської ради Запорізької області;</t>
+          <t>Заклад дошкільної освіти № 9 "Лелеченя" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>164973</v>
+        <v>164975</v>
       </c>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольський ЦРД «Черешенька» ММР ЗО</t>
+          <t>ЗДО № 9 "Лелеченя"</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (центр розвитку дитини)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 170 приміщ. №37</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P135" s="4" t="inlineStr">
         <is>
-          <t>(099)3376497</t>
+          <t>(067)7527764</t>
         </is>
       </c>
       <c r="Q135" s="4"/>
       <c r="R135" s="4" t="inlineStr">
         <is>
-          <t>mltcherry2025@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S135" s="4"/>
+          <t>melyozdo9@gmail.com</t>
+        </is>
+      </c>
+      <c r="S135" s="4" t="inlineStr">
+        <is>
+          <t>https://dnz9dnz9.wixsite.com/lele</t>
+        </is>
+      </c>
       <c r="T135" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопович Вікторина Михайлівна</t>
+          <t>Директор Супрун Ірина Іванівна</t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Приватний єврейський дошкільний навчальний заклад (ясла-садок) "Бейт Хана"</t>
+          <t>Заклад дошкільної освіти №10 "Попелюшка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>168244</v>
-[...1 lines deleted...]
-      <c r="C136" s="6"/>
+        <v>164985</v>
+      </c>
+      <c r="C136" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>ПЄДНЗ "Бейт Хана"</t>
+          <t>ЗДО № 10 "Попелюшка" ММР ЗО</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 157</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P136" s="4" t="inlineStr">
         <is>
-          <t>(061)787-44-73</t>
+          <t>(096)6938582</t>
         </is>
       </c>
       <c r="Q136" s="4"/>
       <c r="R136" s="4" t="inlineStr">
         <is>
-          <t>sadbeithana@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S136" s="4"/>
+          <t>melyozdo38@gmail.com</t>
+        </is>
+      </c>
+      <c r="S136" s="4" t="inlineStr">
+        <is>
+          <t>http://www.melitopol-dnz38.edukit.zp.ua</t>
+        </is>
+      </c>
       <c r="T136" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Столбова Тамара Євгенівна</t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>Санаторний дошкільний навчальний заклад (ясла-садок) № 129 "Конвалія" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №14 "Барвінок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>168250</v>
-[...1 lines deleted...]
-      <c r="C137" s="6"/>
+        <v>164988</v>
+      </c>
+      <c r="C137" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ № 129</t>
+          <t>ЗДО №14 "Барвінок" ММР ЗО</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ясельна, 18</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P137" s="4" t="inlineStr">
         <is>
-          <t>(061) 769 80 59</t>
+          <t>(098)1049875</t>
         </is>
       </c>
       <c r="Q137" s="4"/>
       <c r="R137" s="4" t="inlineStr">
         <is>
-          <t>129sdnz@gmail.com</t>
+          <t>zdomelyo41@gmail.com</t>
         </is>
       </c>
       <c r="S137" s="4" t="inlineStr">
         <is>
-          <t>sdnz129.webnode.com.ua</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T137" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Данченко Галина Іванівна</t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>Санаторний дошкільний навчальний заклад (ясла-садок) №199 "Вогник" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №2 "Дюймовочка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>168255</v>
-[...1 lines deleted...]
-      <c r="C138" s="6"/>
+        <v>164977</v>
+      </c>
+      <c r="C138" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ №199</t>
+          <t>ЗДО №2 "Дюймовочка" ММР ЗО</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>вулиця Оранжерейна, 23а</t>
+          <t>проспект Соборний/ вулиця Новицього Якова, 143/7</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
-          <t>(061)7698045</t>
+          <t>(067)9479356</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>sdnz199@ukr.net</t>
+          <t>melyozdo17@gmail.com</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>https://sdnz199.wixsite.com/mysite</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Андрійченко Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (дитячий садок) № 36 "Дзвіночок" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №25 "Віночок" (ясла- садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>168234</v>
-[...1 lines deleted...]
-      <c r="C139" s="6"/>
+        <v>172462</v>
+      </c>
+      <c r="C139" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ № 36</t>
+          <t>ЗДО № 25 "Віночок" ММР ЗО</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жуковського, 85А</t>
+          <t>проспект Соборний/ вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P139" s="4" t="inlineStr">
         <is>
-          <t>(0612)63-97-60</t>
+          <t>(06192)71690</t>
         </is>
       </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>dou36@ukr.net</t>
+          <t>melyozdo46@gmail.com</t>
         </is>
       </c>
       <c r="S139" s="4" t="inlineStr">
         <is>
-          <t>http://www.dnz36.zp.sch.in.ua/</t>
+          <t>http://dnz46vinochok.wixsite.com/sait</t>
         </is>
       </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Малєнко Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 190 "Дюймовочка" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №30 "Світлячок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>168273</v>
-[...1 lines deleted...]
-      <c r="C140" s="6"/>
+        <v>164983</v>
+      </c>
+      <c r="C140" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>CДНЗ № 190</t>
+          <t>ЗДО №30 "Світлячок" ММР ЗО</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергія Синенка, 3а</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>061-239-39-97</t>
+          <t>(096)6927010</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>duymovochka190@ukr.net</t>
+          <t>nelina1996@gmail.com</t>
         </is>
       </c>
       <c r="S140" s="4" t="inlineStr">
         <is>
-          <t>duymovochka190.jimdo.com</t>
+          <t>http://afalina12.wixsite.com/svet</t>
         </is>
       </c>
       <c r="T140" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Тьор Анастасія Олегівна</t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 232 "Сіренький зайчик" Запорізької міської ради Запорізької області</t>
+          <t>Мелітопольський Центр розвитку дитини «Черешенька» Мелітопольської міської ради Запорізької області;</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>168308</v>
-[...1 lines deleted...]
-      <c r="C141" s="6"/>
+        <v>164973</v>
+      </c>
+      <c r="C141" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>CДНЗ №232</t>
+          <t>Мелітопольський ЦРД «Черешенька» ММР ЗО</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (центр розвитку дитини)</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310100000</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>вулиця Запорозького козацтва, 9-А</t>
+          <t>проспект Соборний, 170 приміщ. №37</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Хортицького району департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P141" s="4" t="inlineStr">
         <is>
-          <t>(061)286-26-38, (061)286-26-39, ()095-345-25-06</t>
+          <t>(099)3376497</t>
         </is>
       </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4" t="inlineStr">
         <is>
-          <t>dnz232Z@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>mltcherry2025@gmail.com</t>
+        </is>
+      </c>
+      <c r="S141" s="4"/>
       <c r="T141" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Прокопович Вікторина Михайлівна</t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 39 "Грибок" Запорізької міської ради Запорізької області</t>
+          <t>Приватний єврейський дошкільний навчальний заклад (ясла-садок) "Бейт Хана"</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>168321</v>
+        <v>168244</v>
       </c>
       <c r="C142" s="6"/>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>CДНЗ № 39</t>
+          <t>ПЄДНЗ "Бейт Хана"</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кругова, 171</t>
+          <t>вулиця Гоголя, 157</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Шевченківського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P142" s="4" t="inlineStr">
         <is>
-          <t>(061)7204361</t>
+          <t>(061)787-44-73</t>
         </is>
       </c>
       <c r="Q142" s="4"/>
       <c r="R142" s="4" t="inlineStr">
         <is>
-          <t>dnz39zp@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sadbeithana@gmail.com</t>
+        </is>
+      </c>
+      <c r="S142" s="4"/>
       <c r="T142" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) №146 "Вербичка" Запорізької міської ради Запорізької області</t>
+          <t>Санаторний дошкільний навчальний заклад (ясла-садок) № 129 "Конвалія" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>168290</v>
+        <v>168250</v>
       </c>
       <c r="C143" s="6"/>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ №146</t>
+          <t>СДНЗ № 129</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 85в</t>
+          <t>вулиця Ясельна, 18</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(061)7085815</t>
+          <t>(061) 769 80 59</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>verbichka146@ukr.net</t>
+          <t>129sdnz@gmail.com</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
-          <t>http://zp-verbichka.at.ua</t>
+          <t>sdnz129.webnode.com.ua</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Товариства з обмеженою відповідальностю "Яслі-сад "ЕйдоС"</t>
+          <t>Санаторний дошкільний навчальний заклад (ясла-садок) №199 "Вогник" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>168303</v>
+        <v>168255</v>
       </c>
       <c r="C144" s="6"/>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Яслі-сад "ЕйдоС"</t>
+          <t>СДНЗ №199</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нижньодніпровська, 4а</t>
+          <t>вулиця Оранжерейна, 23а</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P144" s="4" t="inlineStr">
         <is>
-          <t>(061)239-65-60</t>
+          <t>(061)7698045</t>
         </is>
       </c>
       <c r="Q144" s="4"/>
       <c r="R144" s="4" t="inlineStr">
         <is>
-          <t>eidos.zp.ua@gmail.com</t>
+          <t>sdnz199@ukr.net</t>
         </is>
       </c>
       <c r="S144" s="4" t="inlineStr">
         <is>
-          <t>http://www.eidos.zp.ua/sadik</t>
+          <t>https://sdnz199.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T144" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Центр розвитку дитини «Осколь» (структурний підрозділ) Товариства з обмеженою відповідальністю «Осколь»</t>
+          <t>Спеціальний дошкільний навчальний заклад (дитячий садок) № 36 "Дзвіночок" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>173194</v>
+        <v>168234</v>
       </c>
       <c r="C145" s="6"/>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>ЦРД «Осколь» ТОВ «Осколь»</t>
+          <t>СДНЗ № 36</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 15</t>
+          <t>вулиця Жуковського, 85А</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(061)7698859</t>
+          <t>(0612)63-97-60</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>askol2010@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S145" s="4"/>
+          <t>dou36@ukr.net</t>
+        </is>
+      </c>
+      <c r="S145" s="4" t="inlineStr">
+        <is>
+          <t>http://www.dnz36.zp.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T145" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="4" t="inlineStr">
+        <is>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 190 "Дюймовочка" Запорізької міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B146" s="5" t="n">
+        <v>168273</v>
+      </c>
+      <c r="C146" s="6"/>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>CДНЗ № 190</t>
+        </is>
+      </c>
+      <c r="E146" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G146" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H146" s="6" t="inlineStr">
+        <is>
+          <t>2310136900</t>
+        </is>
+      </c>
+      <c r="I146" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J146" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K146" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Сергія Синенка, 3а</t>
+        </is>
+      </c>
+      <c r="L146" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010228148</t>
+        </is>
+      </c>
+      <c r="M146" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N146" s="7"/>
+      <c r="O146" s="4" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P146" s="4" t="inlineStr">
+        <is>
+          <t>061-239-39-97</t>
+        </is>
+      </c>
+      <c r="Q146" s="4"/>
+      <c r="R146" s="4" t="inlineStr">
+        <is>
+          <t>duymovochka190@ukr.net</t>
+        </is>
+      </c>
+      <c r="S146" s="4" t="inlineStr">
+        <is>
+          <t>duymovochka190.jimdo.com</t>
+        </is>
+      </c>
+      <c r="T146" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y146" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="4" t="inlineStr">
+        <is>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 232 "Сіренький зайчик" Запорізької міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B147" s="5" t="n">
+        <v>168308</v>
+      </c>
+      <c r="C147" s="6"/>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>CДНЗ №232</t>
+        </is>
+      </c>
+      <c r="E147" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G147" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H147" s="6" t="inlineStr">
+        <is>
+          <t>2310137300</t>
+        </is>
+      </c>
+      <c r="I147" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J147" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K147" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Запорозького козацтва, 9-А</t>
+        </is>
+      </c>
+      <c r="L147" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010618511</t>
+        </is>
+      </c>
+      <c r="M147" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N147" s="7"/>
+      <c r="O147" s="4" t="inlineStr">
+        <is>
+          <t>Територіальний відділ освіти Хортицького району департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P147" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-26-38, (061)286-26-39, ()095-345-25-06</t>
+        </is>
+      </c>
+      <c r="Q147" s="4"/>
+      <c r="R147" s="4" t="inlineStr">
+        <is>
+          <t>dnz232Z@i.ua</t>
+        </is>
+      </c>
+      <c r="S147" s="4" t="inlineStr">
+        <is>
+          <t>http://sadikzp.jimdo.com/</t>
+        </is>
+      </c>
+      <c r="T147" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U147" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V147" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W147" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X147" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y147" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="4" t="inlineStr">
+        <is>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 39 "Грибок" Запорізької міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B148" s="5" t="n">
+        <v>168321</v>
+      </c>
+      <c r="C148" s="6"/>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>CДНЗ № 39</t>
+        </is>
+      </c>
+      <c r="E148" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G148" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H148" s="6" t="inlineStr">
+        <is>
+          <t>2310137500</t>
+        </is>
+      </c>
+      <c r="I148" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J148" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K148" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Кругова, 171</t>
+        </is>
+      </c>
+      <c r="L148" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010748330</t>
+        </is>
+      </c>
+      <c r="M148" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N148" s="7"/>
+      <c r="O148" s="4" t="inlineStr">
+        <is>
+          <t>Територіальний відділ освіти Шевченківського району департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P148" s="4" t="inlineStr">
+        <is>
+          <t>(061)7204361</t>
+        </is>
+      </c>
+      <c r="Q148" s="4"/>
+      <c r="R148" s="4" t="inlineStr">
+        <is>
+          <t>dnz39zp@ukr.net</t>
+        </is>
+      </c>
+      <c r="S148" s="4" t="inlineStr">
+        <is>
+          <t>www.dnz39.zp.ua</t>
+        </is>
+      </c>
+      <c r="T148" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U148" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V148" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W148" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X148" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y148" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="4" t="inlineStr">
+        <is>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) №146 "Вербичка" Запорізької міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B149" s="5" t="n">
+        <v>168290</v>
+      </c>
+      <c r="C149" s="6"/>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>СДНЗ №146</t>
+        </is>
+      </c>
+      <c r="E149" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G149" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H149" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I149" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J149" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K149" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Перемоги, 85в</t>
+        </is>
+      </c>
+      <c r="L149" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M149" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N149" s="7"/>
+      <c r="O149" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P149" s="4" t="inlineStr">
+        <is>
+          <t>(061)7085815</t>
+        </is>
+      </c>
+      <c r="Q149" s="4"/>
+      <c r="R149" s="4" t="inlineStr">
+        <is>
+          <t>verbichka146@ukr.net</t>
+        </is>
+      </c>
+      <c r="S149" s="4" t="inlineStr">
+        <is>
+          <t>http://zp-verbichka.at.ua</t>
+        </is>
+      </c>
+      <c r="T149" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U149" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V149" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W149" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X149" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y149" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="4" t="inlineStr">
+        <is>
+          <t>Товариства з обмеженою відповідальностю "Яслі-сад "ЕйдоС"</t>
+        </is>
+      </c>
+      <c r="B150" s="5" t="n">
+        <v>168303</v>
+      </c>
+      <c r="C150" s="6"/>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "Яслі-сад "ЕйдоС"</t>
+        </is>
+      </c>
+      <c r="E150" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G150" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H150" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I150" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J150" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K150" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Нижньодніпровська, 4а</t>
+        </is>
+      </c>
+      <c r="L150" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M150" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N150" s="7"/>
+      <c r="O150" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P150" s="4" t="inlineStr">
+        <is>
+          <t>(061)239-65-60</t>
+        </is>
+      </c>
+      <c r="Q150" s="4"/>
+      <c r="R150" s="4" t="inlineStr">
+        <is>
+          <t>eidos.zp.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S150" s="4" t="inlineStr">
+        <is>
+          <t>http://www.eidos.zp.ua/sadik</t>
+        </is>
+      </c>
+      <c r="T150" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U150" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V150" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W150" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X150" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y150" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="4" t="inlineStr">
+        <is>
+          <t>Центр розвитку дитини «Осколь» (структурний підрозділ) Товариства з обмеженою відповідальністю «Осколь»</t>
+        </is>
+      </c>
+      <c r="B151" s="5" t="n">
+        <v>173194</v>
+      </c>
+      <c r="C151" s="6"/>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>ЦРД «Осколь» ТОВ «Осколь»</t>
+        </is>
+      </c>
+      <c r="E151" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G151" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H151" s="6" t="inlineStr">
+        <is>
+          <t>2310136700</t>
+        </is>
+      </c>
+      <c r="I151" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J151" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K151" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Парамонова, 15</t>
+        </is>
+      </c>
+      <c r="L151" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010474202</t>
+        </is>
+      </c>
+      <c r="M151" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N151" s="7"/>
+      <c r="O151" s="4" t="inlineStr">
+        <is>
+          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P151" s="4" t="inlineStr">
+        <is>
+          <t>(061)7698859</t>
+        </is>
+      </c>
+      <c r="Q151" s="4"/>
+      <c r="R151" s="4" t="inlineStr">
+        <is>
+          <t>askol2010@ukr.net</t>
+        </is>
+      </c>
+      <c r="S151" s="4"/>
+      <c r="T151" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U151" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V151" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W151" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X151" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y151" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y145"/>
+  <autoFilter ref="A1:Y151"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>