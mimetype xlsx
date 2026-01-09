--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$217</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$248</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y217"/>
+  <dimension ref="A1:Y248"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -428,20897 +428,20873 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Андріївська різнопрофільна гімназія Андріївської селищної ради Бердянського району Запорізької області</t>
+          <t>Академічний ліцей "Крила" Токмацької міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>134990</v>
+        <v>134615</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Андріївська різнопрофільна гімназія</t>
+          <t>Академічний ліцей "Крила" Токмацької міської ради</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, охорони здоров'я, культури, молоді, спорту та туризму Андріївської селищної ради Бердянського району Запорізької області</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(095)9007414</t>
+          <t>(068)5343699</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>andreevka.school@meta.ua</t>
+          <t>osvita@shkola1tokmak.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://andriivka-school.zp.ua</t>
+          <t>https://sites.google.com/shkola1tokmak.net/osvita</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Малієнко Олександр Миколайович</t>
+          <t>Директор Жадан Валентина Іванівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Богданівський опорний заклад загальної середньої освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Андріївська різнопрофільна гімназія Андріївської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>134854</v>
+        <v>134990</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Богданівський ОЗЗСО</t>
+          <t>Андріївська різнопрофільна гімназія</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Відділ освіти, охорони здоров'я, культури, молоді, спорту та туризму Андріївської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06140)96123</t>
+          <t>(095)9007414</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>bogdanivskaschool@gmail.com</t>
+          <t>andreevka.school@meta.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://bogdanivka-zosh.zp.sch.in.ua/</t>
+          <t>http://andriivka-school.zp.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Івашина Галина Миколаївна</t>
+          <t>Директор Малієнко Олександр Миколайович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Великобілозерська гімназія №1 з початковою школою Великобілозерської сільської ради Василівського району Запорізької області</t>
+          <t>Балківська гімназія №1 Малобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>136613</v>
+        <v>134600</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Великобілозерська гімназія №1</t>
+          <t>Балківська гімнагія №1 МСР ВР ЗО</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, охорони культурної спадщини, молоді та спорту Великобілозерської сільської ради Великобілозерського району Запорізької області</t>
+          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(095)6561196</t>
+          <t>(06175)53-0-20</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>vn-nvk@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S5" s="4"/>
+          <t>bbzosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S5" s="4" t="inlineStr">
+        <is>
+          <t>http://www.balkizosh.ucoz.org</t>
+        </is>
+      </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Малигіна Олена Ігорівна</t>
+          <t>Директор Гавязь Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Верхньотокмацький опорний заклад загальної середньої освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Бердянська гімназія №1 "Надія" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>135251</v>
+        <v>134675</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Верхньотокмацький ОЗЗСО</t>
+          <t>Бердянська гімназія №1"Надія"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(06140)97323</t>
+          <t>(066)1164656</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>verkhnotokmatska@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnasium_1_brd@ukr.net</t>
+        </is>
+      </c>
+      <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Солоха Анатолій Володимирович</t>
+          <t>Директор Сергієнко Валентина Павлівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Високівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №11 Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>135453</v>
+        <v>134925</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Високівська гімназія</t>
+          <t>Бердянська гімназія № 11</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(068)3431852</t>
+          <t>(067)6975499</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>safronovat04@gmail.com</t>
+          <t>brdschool11@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://vysoke-vas-school.zp.sch.in.ua.com</t>
+          <t>https://www.berdschool11.zp.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Сафронова Тетяна Станіславівна</t>
+          <t>Директор Міщенко Максим Вікторович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №1 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №13 Бердянської "Джерело" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>135754</v>
+        <v>134407</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №1</t>
+          <t>Бердянська гімназія №13</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-26-13, (06139)6-17-11, (06139)6-16-19</t>
+          <t>(066)9339280</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>envk1@envk1collegium.com.ua</t>
+          <t>berdukraina13@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>https://enskola1.wixsite.com/envk1</t>
+          <t>http://berdiansk-zosh13.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Стьопіна Ірина Анатоліївна</t>
+          <t>Директор Вербицька Олена Іванівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №2 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №16 Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>135870</v>
+        <v>134723</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №2</t>
+          <t>Бердянська гімназія №16</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(06139)6-34-98</t>
+          <t>(050)2443358</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>en.himnaziya2@gmail.com</t>
+          <t>berd16@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>https://www.en-oosh2.com</t>
+          <t>http://school16.zp.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Воробйов Леонід Михайлович</t>
+          <t>Директор Греб Володимир Ярославович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №3 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №2 Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>135947</v>
+        <v>134337</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №3</t>
+          <t>Бердянська гімназія № 2</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-13-61</t>
-[...6 lines deleted...]
-      </c>
+          <t>(099)4709975</t>
+        </is>
+      </c>
+      <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>ebggarmony@gmail.com</t>
+          <t>berdschool-2@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>https://garmoniya1029.wixsite.com/ebggarmoniya</t>
+          <t>berdiansk-school2.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Біряк Володимир Васильович</t>
+          <t>Директор Шевченко Віталіна Олегівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №4 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №20 "Інтелект" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>135906</v>
+        <v>134719</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №4</t>
+          <t>Бердянська гімназія № 20 "Інтелект"</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-16-56, (06139)6-21-26</t>
+          <t>(099)3816165</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>school4pr@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>osvita@school20.in.ua</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Воробйова Олена Дмитрівна</t>
+          <t>Директор Дімітров Віктор Васильович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №5 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №21 "Мрія" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>135946</v>
+        <v>134408</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №5</t>
+          <t>Бердянська гімназія №21 "Мрія"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(06139)6-48-37</t>
+          <t>(066)9606188</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>enoosh5@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk21school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Зеленська Оксана Станіславівна</t>
+          <t>Директор Щербина Олена Станіславівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська початкова школа № 6 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №4 Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>135955</v>
+        <v>134393</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська початкова школа № 6</t>
+          <t>Бердянська гімназія №4</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(06139)6-30-03, (06139)3-21-27</t>
-[...6 lines deleted...]
-      </c>
+          <t>(066)2878064</t>
+        </is>
+      </c>
+      <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>eoosh6@envk6.zp.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>zzso4brd@ukr.net</t>
+        </is>
+      </c>
+      <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Марієва Ірина Геннадіївна</t>
+          <t>Директор Курдюмова Ірина Павлівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Енергодарський багатопрофільний ліцей Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Бердянська гімназія №5 "Перлина" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>135842</v>
+        <v>134402</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Енергодарський БЛ</t>
+          <t>Бердянська гімназія №5 "Перлина"</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(096)0027441</t>
+          <t>(096)2950292</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>newlicey2@gmail.com</t>
+          <t>school_5_berd@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://enlicey.org.ua</t>
+          <t>https://brdschool5.e-schools.info</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Мятович Ірина Володимирівна</t>
+          <t>Директор Саютіна Віта Миколаївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 106 Запорізької міської ради</t>
+          <t>Бердянська гімназія №7 "Меотида" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>137739</v>
+        <v>134389</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>ЗГ № 106</t>
+          <t>гімназія № 7</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рубана, 9</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(061)2260623</t>
+          <t>(066)7439754</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>zzbnvk106zp@gmail.com</t>
+          <t>school7berd@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://zzbnvk106.pp.ua</t>
+          <t>https://sites.google.com/view/brd-school7</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Колупаєва Тетяна Миколаївна</t>
+          <t>Директор Білай Юрій Вікторович</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 108 Запорізької міської ради</t>
+          <t>Бердянська гімназія №9 Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>136918</v>
+        <v>134718</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>ЗГ № 108</t>
+          <t>Бердянська гімназія №9</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дорошенка, 1</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(061)2862685</t>
+          <t>(099)9151548</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>zznvk108@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>berdgimnaziya9@ukr.net</t>
+        </is>
+      </c>
+      <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Агапова Ольга Вікторівна</t>
+          <t>Директор Піперкова Валентина Яківна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 24 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Альтаїр" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>136929</v>
+        <v>134697</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ЗГ № 24</t>
+          <t>Бердянська гімназія "Альтаїр"</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Сергієнка, 12-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(061)2862662, (061)2862663</t>
+          <t>(066)0007238</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>24schoolzp@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>azovzosh8@gmail.com</t>
+        </is>
+      </c>
+      <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Кулик Володимир Юрійович</t>
+          <t>Директор Лук`яненко Марія Олександрівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 32 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Гармонія" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>136127</v>
+        <v>134780</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 32</t>
+          <t>Бердянська гімназія «Гармонія»</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чотирнадцятого Жовтня, 13</t>
+          <t>вулиця Червона, 24А</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(061)2260598</t>
+          <t>(098)8815476</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>school32zp@ukr.net</t>
+          <t>gharmony.brd@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://school32zp.wix.com/school32zp</t>
+          <t>https://gimnaziya2.wixsite.com/gimnaziya2brd</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Остах Світлана Іванівна</t>
+          <t> Данилова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 40 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Лідер" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>136130</v>
+        <v>134720</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №40, ЗГ № 40</t>
+          <t>Бердянська гімназія "Лідер"</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 93-ї бригади, 18-А</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(061)2260601</t>
+          <t>(050)7652980</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>school40.hort@gmail.com</t>
+          <t>Berdschool_1@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://school40.zp.ua</t>
+          <t>https://sites.google.com/berdschool1.ukr.education/lider</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Свиридова Олена Володимирівна</t>
+          <t>Директор Волкова Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 49 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Маяк" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>136153</v>
+        <v>134721</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 49</t>
+          <t>Бердянська гімназія "Маяк"</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Світла, 16-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-05</t>
+          <t>(099)6697855</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>s49zp@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>brdsc6@gmail.com</t>
+        </is>
+      </c>
+      <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Хміль Ганна Максимівна</t>
+          <t>В.о. директора Березіна Олена Володимирівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 51 Запорізької міської ради</t>
+          <t>Бердянська гімназія "Тріумф"Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>136154</v>
+        <v>134401</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 51</t>
+          <t>Бердянська гімназія "Тріумф"</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стародніпровська, 4</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-08</t>
+          <t>(099)6166937</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>school51_zap@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>studschool3brd@ukr.net</t>
+        </is>
+      </c>
+      <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Кисліцина Ірина Ігорівна</t>
+          <t>В.о. директора Іздебська Світлана Іванівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 6 Запорізької міської ради Запорізької області</t>
+          <t>Бердянський ліцей "Перспектива" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>136719</v>
+        <v>134388</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №6</t>
+          <t>Бердянський ліцей "Перспектива"</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олімпійська, 2</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(061)7698033</t>
+          <t>(095)5284501</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>gymnasium@6.zp.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>smart_brd_2008@ukr.net</t>
+        </is>
+      </c>
+      <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Липський Костянтин Валентинович</t>
+          <t>В.о. директора Фірман Світлана Михайлівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 91 Запорізької міської ради</t>
+          <t>Бердянський ліцей "Сузір'я" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>136132</v>
+        <v>134392</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 91</t>
+          <t>Бердянський ліцей "Сузір'я"</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лахтінська, 6-А</t>
+          <t>вулиця Червона, 24а</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(061)2260616</t>
+          <t>(095)7502025</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>scool91@i.ua</t>
+          <t>gymnasium3suziria@gmail.com</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>http://www.school91.inf.ua</t>
+          <t>gymnasium3-brd.blogspot.com</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Іваницька Тетяна Вікторівна</t>
+          <t>Директор Кривунь Оксана Василівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 92 Запорізької міської ради</t>
+          <t>Богданівський опорний заклад загальної середньої освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>136218</v>
+        <v>134854</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 92</t>
+          <t>Богданівський ОЗЗСО</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лахтінська, 9</t>
+          <t>вулиця Героїв Крут, 3-А</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-19</t>
+          <t>(06140)96123</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>92shcola@gmail.com</t>
+          <t>bogdanivskaschool@gmail.com</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>school92zp.blogspot.com</t>
+          <t>http://bogdanivka-zosh.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Дакуніна Анжела Валеріївна</t>
+          <t>Директор Івашина Галина Миколаївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №1 імені Т.Г. Шевченка Запорізької міської ради</t>
+          <t>Великобілозерська гімназія №1 з початковою школою Великобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>135859</v>
+        <v>136613</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 1</t>
+          <t>Великобілозерська гімназія №1</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 11</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти, культури, туризму, охорони культурної спадщини, молоді та спорту Великобілозерської сільської ради Великобілозерського району Запорізької області</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0612)862850</t>
+          <t>(095)6561196</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>znz1_im.shevchenko@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vn-nvk@meta.ua</t>
+        </is>
+      </c>
+      <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрієнко Оксана Володимирівна</t>
+          <t>Директор Малигіна Олена Ігорівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №101 Запорізької міської ради</t>
+          <t>Верхньотокмацький опорний заклад загальної середньої освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>139646</v>
+        <v>135251</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №101 ЗМР</t>
+          <t>Верхньотокмацький ОЗЗСО</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бочарова, 10Б</t>
+          <t>вулиця Героїв Крут, 3-А</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-40</t>
+          <t>(06140)97323</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>zosh101@meta.ua</t>
+          <t>verkhnotokmatska@gmail.com</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/101.zp.ua/site/home</t>
+          <t>http://vtokmak-school.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Вітковська Ірина Олександрівна</t>
+          <t>Директор Солоха Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №103 Запорізької міської ради</t>
+          <t>Високівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>137144</v>
+        <v>135453</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №103</t>
+          <t>Високівська гімназія</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Українця, 18-А</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(061)2799592</t>
+          <t>(068)3431852</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>school103zp@ukr.net</t>
+          <t>safronovat04@gmail.com</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://school103.zp.sch.in.ua/</t>
+          <t>https://vysoke-vas-school.zp.sch.in.ua.com</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Суліма Ірина Сергіївна</t>
+          <t>Директор Сафронова Тетяна Станіславівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №104 Запорізької міської ради</t>
+          <t>Долинська гімназія-філії комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>136267</v>
+        <v>151502</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 104</t>
-[...2 lines deleted...]
-      <c r="E28" s="4"/>
+          <t>Долинська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+        </is>
+      </c>
+      <c r="E28" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергія Синенка, 65-В</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(061)7023120</t>
+          <t>(06175)55431</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>znz104@ukr.net</t>
+          <t>licej.suziria.1952@gmail.com</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://znz104.klasna.com/</t>
+          <t>http://dolinskaschool.blogspot.com</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондар Валентина Леонідівна</t>
+          <t>Завідувач філією Остапенко Людмила Григорівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №107 Запорізької міської ради Запорізької області</t>
+          <t>Енергодарська гімназія №1 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>136061</v>
+        <v>135754</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 107</t>
+          <t>Енергодарська гімназія №1</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Національної гвардії України, 59</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(061)7648640, (061)7648644, (061)7648641</t>
+          <t>(066)6071370</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>zpkrsc107@ukr.net</t>
+          <t>envk1@envk1collegium.com.ua</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>http://planeta107.zp.ua</t>
+          <t>https://enskola1.wixsite.com/envk1</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Кошель Дмитро Богданович</t>
+          <t>Директор Стьопіна Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №109 Запорізької міської ради</t>
+          <t>Енергодарська гімназія №2 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>137291</v>
+        <v>135870</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №109</t>
+          <t>Енергодарська гімназія №2</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дніпровські пороги, 29</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(061)7023052</t>
+          <t>(067)6134615</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>Dnporogi@ukr.net</t>
+          <t>en.himnaziya2@gmail.com</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://znvk109.in.ua/</t>
+          <t>https://www.en-oosh2.com</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Хайруліна Олеся Сергіївна</t>
+          <t>Директор Воробйов Леонід Михайлович</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №11 Запорізької міської ради Запорізької області</t>
+          <t>Енергодарська гімназія №3 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>134569</v>
+        <v>135947</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 11 ЗМР ЗО</t>
+          <t>Енергодарська гімназія №3</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поштова, 4</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(061)764-33-48</t>
+          <t>(099)1133371</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>zap.gimnasia11@gmail.com</t>
+          <t>ebggarmony@gmail.com</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>http://www.gymnasium11.zp.ua/</t>
+          <t>https://garmoniya1029.wixsite.com/ebggarmoniya</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Кінебас Вікторія Вікторівна</t>
+          <t>Директор Біряк Володимир Васильович</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №110 Запорізької міської ради</t>
+          <t>Енергодарська гімназія №4 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>137017</v>
+        <v>135906</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 110</t>
+          <t>Енергодарська гімназія №4</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стешенка, 19</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(061)769-49-02</t>
+          <t>(067)6126044</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>sh110@ukr.net</t>
+          <t>school4pr@gmail.com</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://www.zpsh110.com/</t>
+          <t>https://enschool4.wixsite.com/engymnasium4</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Демченко Аркадій Григорович</t>
+          <t>Директор Воробйова Олена Дмитрівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №111 Запорізької міської ради</t>
+          <t>Енергодарська гімназія №5 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>137811</v>
+        <v>135946</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №111 ЗМР</t>
+          <t>Енергодарська гімназія №5</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 8А</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-74</t>
+          <t>(050)9447188</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>school111zp@ukr.net</t>
+          <t>enoosh5@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://school111zp.wixsite.com/website</t>
+          <t>https://ennvk5.wixsite.com/envk</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Кіченко Сергій Михайлович</t>
+          <t>Директор Зеленська Оксана Станіславівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №12 Запорізької міської ради</t>
+          <t>Енергодарська початкова школа № 6 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>137327</v>
+        <v>135955</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №12 ЗМР</t>
+          <t>Енергодарська початкова школа № 6</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>проспект Моторобудівників, 60</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-86</t>
+          <t>(098)4300232</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>gimnaziazaporizka12@gmail.com</t>
+          <t>eoosh6@envk6.zp.ua</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>https://zpschool12.wordpress.com</t>
+          <t>https://eoosh6.wixsite.com/envk6</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Нежива Марина Андріївна</t>
+          <t>Директор Марієва Ірина Геннадіївна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №13 Запорізької міської ради</t>
+          <t>Енергодарський багатопрофільний ліцей Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>137810</v>
+        <v>135842</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №13</t>
+          <t>Енергодарський БЛ</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Селищна, 50</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(061)2897500</t>
+          <t>(096)0027441</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>sool-13@ukr.net</t>
+          <t>newlicey2@gmail.com</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>https://zp-skola13.blogspot.com/</t>
+          <t>http://enlicey.org.ua</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Бочка Олена Іванівна</t>
+          <t>Директор Мятович Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №14 Запорізької міської ради</t>
+          <t>заклад загальної середньої освіти №12 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>136825</v>
+        <v>134760</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №14</t>
+          <t>ЗЗСО №12</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Святоволодимирівська, 90</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-28</t>
+          <t>(095)6614271</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>zapzosch14@gmail.com</t>
+          <t>tokmak.nvk12@gmail.com</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
-          <t>https://zosch14.jimdofree.com/</t>
+          <t>https://sites.google.com/view/tokmak-nvk12</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Чумак Тарас Олександрович</t>
+          <t>Директор Ходальська Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №17 Запорізької міської ради</t>
+          <t>Заклад загальної середньої освіти №2 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>136949</v>
+        <v>135262</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 17</t>
+          <t>ЗЗСО №2</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Освітянська, 20</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(061)7698046</t>
+          <t>(098)0167812</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>zp.school17@gmail.com</t>
+          <t>tokmakschool2@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>https://www.17.zp.ua/</t>
+          <t>https://sites.google.com/view/school2tokmak</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Хмельницький Андрій Андрійович</t>
+          <t>Директор Чаговець Олена Вікторівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №19 Запорізької міської ради</t>
+          <t>Заклад загальної середньої освіти №5 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>137823</v>
+        <v>135768</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №19</t>
+          <t>ЗЗСО №5</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Військбуд, 13</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(061)227-05-55</t>
+          <t>(095)6614531</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>zps19@ukr.net</t>
+          <t>tokmak5school@gmail.com</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>http://school19.zp.ua</t>
+          <t>https://sites.google.com/view/tokmak-5school</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Могилін Олександр Володимирович</t>
+          <t>Директор Чорна Тетяна Владиславівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №2 ім. Лесі Українки Запорізької міської ради</t>
+          <t>Заклад загальної середньої освіти №6 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>135828</v>
+        <v>135361</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №2</t>
+          <t>ЗЗСО №6</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 36</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(0612)632842</t>
+          <t>(098)3932427</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>gimnaziya021@ukr.net</t>
+          <t>school6tokmak@gmail.com</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>http://zg2-zp.e-schools.info</t>
+          <t>https://sites.google.com/view/school6tokmak/</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Мілюков Роман Валерійович</t>
+          <t>Директор Ситник Володимир Петрович</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №20 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 106 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>135461</v>
+        <v>137739</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D40" s="4"/>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>ЗГ № 106</t>
+        </is>
+      </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>бульвар Шевченка, 49</t>
+          <t>вулиця Рубана, 9</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(0612)326360, (0612)326226, (0612)325929</t>
+          <t>(061)2260623</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>shkolazp20@gmail.com</t>
+          <t>zzbnvk106zp@gmail.com</t>
         </is>
       </c>
       <c r="S40" s="4" t="inlineStr">
         <is>
-          <t>http://znvk20.klasna.com</t>
+          <t>http://zzbnvk106.pp.ua</t>
         </is>
       </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Паніна Світлана Савеліївна</t>
+          <t>Директор Колупаєва Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №22 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 108 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>136229</v>
+        <v>136918</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 22</t>
+          <t>ЗГ № 108</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Трегубова, 18</t>
+          <t>вулиця Дорошенка, 1</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(061)7023127</t>
+          <t>(061)2862685</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>school2264@ukr.net</t>
+          <t>zznvk108@ukr.net</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
-          <t>http://school22.zp.sch.in.ua/</t>
+          <t>http://sites.google.com/site/zznvk108/</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Філатов Артем Олександрович</t>
+          <t>Директор Агапова Ольга Вікторівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №25 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 24 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>135460</v>
+        <v>136929</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D42" s="4"/>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>ЗГ № 24</t>
+        </is>
+      </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Патріотична, 76</t>
+          <t>вулиця Василя Сергієнка, 12-А</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(061)2260558, (061)2260559</t>
+          <t>(061)2862662, (061)2862663</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>zp25gimn@ukr.net</t>
+          <t>24schoolzp@ukr.net</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>http://gymnasium25.zp.ua/</t>
+          <t>https://sites.google.com/school24.zp.ua/school24zp/</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Луценко Марина Федорівна</t>
+          <t>Директор Кулик Володимир Юрійович</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №28 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія № 32 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>135463</v>
+        <v>136127</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D43" s="4"/>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька гімназія № 32</t>
+        </is>
+      </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вячеслава Зайцева, 16</t>
+          <t>вулиця Чотирнадцятого Жовтня, 13</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(061)2335125, (061)2332553, (061)2331338</t>
-[...6 lines deleted...]
-      </c>
+          <t>(061)2260598</t>
+        </is>
+      </c>
+      <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>zp28gimn@ukr.net</t>
+          <t>school32zp@ukr.net</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>http://www.school28.zp.ua</t>
+          <t>http://school32zp.wix.com/school32zp</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Бурма Ірина Миколаївна</t>
+          <t>Директор Остах Світлана Іванівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №29 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 40 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>134831</v>
+        <v>136130</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №29</t>
+          <t>Запорізька гімназія №40, ЗГ № 40</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Александрова, 7</t>
+          <t>вулиця Героїв 93-ї бригади, 18-А</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(061)2862612</t>
+          <t>(061)2260601</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>shef29@ukr.net</t>
+          <t>school40.hort@gmail.com</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://school29.zp.sch.in.ua</t>
+          <t>http://school40.zp.ua</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Пертая Ганна Олександрівна</t>
+          <t>Директор Свиридова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №3 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 49 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>134673</v>
+        <v>136153</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 3</t>
+          <t>Запорізька гімназія № 49</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фортечна, 55</t>
+          <t>вулиця Світла, 16-А</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(061)2638615</t>
+          <t>(061)226-06-05</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>school3.inkl.zp@gmail.com</t>
+          <t>s49zp@ukr.net</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>https://school3zp.blogspot.com/</t>
+          <t>http://school49.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Магльована Ольга Павлівна</t>
+          <t>Директор Хміль Ганна Максимівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №33 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 51 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>136040</v>
+        <v>136154</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №33</t>
+          <t>Запорізька гімназія № 51</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ніжинська, 40</t>
+          <t>вулиця Стародніпровська, 4</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(061)239-74-02</t>
+          <t>(061)226-06-08</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>33school@ukr.net</t>
+          <t>school51_zap@ukr.net</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school33</t>
+          <t>https://sites.google.com/school51.zp.ua/school51zp</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Булат Лариса Леонідівна</t>
+          <t>Директор Кисліцина Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №38 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 91 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>136904</v>
+        <v>136132</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №38</t>
+          <t>Запорізька гімназія № 91</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 7-А</t>
+          <t>вулиця Лахтінська, 6-А</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(061)7698019</t>
+          <t>(061)2260616</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>obschkola38@gmail.com</t>
+          <t>zpgym91@gmail.com</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>http://school38.zp.ua</t>
+          <t>http://www.school91.inf.ua</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Коляда Олена Сергіївна</t>
+          <t>Директор Іваницька Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №4 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 92 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>137813</v>
+        <v>136218</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №4</t>
+          <t>Запорізька гімназія № 92</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Андрія Лободи, 30</t>
+          <t>вулиця Лахтінська, 9</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-67</t>
+          <t>(061)226-06-19</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>school4zp@gmail.com</t>
+          <t>92shcola@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>http://s4.osvita.zp.ua</t>
+          <t>school92zp.blogspot.com</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Мостова Світлана Василівна</t>
+          <t>Директор Дакуніна Анжела Валеріївна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №41 Запорізької міської ради</t>
+          <t>Запорізька гімназія №1 імені Т.Г. Шевченка Запорізької міської ради</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>135493</v>
+        <v>135859</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №41</t>
+          <t>Запорізька гімназія № 1</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 6</t>
+          <t>вулиця Шкільна, 11</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(061)2265318, (061)2265324</t>
+          <t>(0612)862850</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>zschool41@ukr.net</t>
+          <t>znz1_im.shevchenko@ukr.net</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>http://school41zp.000webhostapp.com</t>
+          <t>http://school1.edukit.zp.ua/</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Бобруль Тетяна Олексіївна</t>
+          <t>Директор Андрієнко Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №42 Запорізької міської ради</t>
+          <t>Запорізька гімназія №101 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>136720</v>
+        <v>139646</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №42</t>
+          <t>ЗГ №101 ЗМР</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 277А</t>
+          <t>вулиця Бочарова, 10Б</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-60</t>
+          <t>(061)286-24-40</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>zg42@ukr.net</t>
+          <t>zosh101@meta.ua</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>http://znvk42.zp.ua</t>
+          <t>https://sites.google.com/101.zp.ua/site/home</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Поливанюк Оксана Миколаївна</t>
+          <t>Директор Вітковська Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №47 Запорізької міської ради</t>
+          <t>Запорізька гімназія №103 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>136910</v>
+        <v>137144</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №47</t>
+          <t>Запорізька гімназія №103</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Павлокічкаська, 9</t>
+          <t>вулиця Володимира Українця, 18-А</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(061)2397361, (061)2397362, (061)2397363</t>
+          <t>(061)2799592</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>mail@gymnazy47zp.com</t>
+          <t>school103zp@ukr.net</t>
         </is>
       </c>
       <c r="S51" s="4" t="inlineStr">
         <is>
-          <t>http://zp47.blogspot.com/</t>
+          <t>http://school103.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Соболенко Юлія Петрівна</t>
+          <t>Директор Суліма Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №5 Запорізької міської ради</t>
+          <t>Запорізька гімназія №107 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>134338</v>
+        <v>136061</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 5</t>
+          <t>Запорізька гімназія № 107</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Левка Лук'яненка, 33</t>
+          <t>проспект Героїв Національної гвардії України, 59</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(061)764-28-47</t>
+          <t>(061)7648640, (061)7648644, (061)7648641</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>school_554@ukr.net</t>
+          <t>zpkrsc107@ukr.net</t>
         </is>
       </c>
       <c r="S52" s="4" t="inlineStr">
         <is>
-          <t>http://school5.edukit.zp.ua</t>
+          <t>http://planeta107.zp.ua</t>
         </is>
       </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Шанчева Наталія Володимирівна</t>
+          <t>Директор Кошель Дмитро Богданович</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №50 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №109 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>137147</v>
+        <v>137291</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 50</t>
+          <t>Запорізька гімназія №109</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 22</t>
+          <t>вулиця Дніпровські пороги, 29</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(061)7023117</t>
+          <t>(061)7023052</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>gimnasium-50@ukr.net</t>
+          <t>Dnporogi@ukr.net</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
-          <t>http://gymnasium50.zp.sch.in.ua/</t>
+          <t>http://znvk109.in.ua/</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Гузеватий Андрій Юрійович</t>
+          <t>Директор Хайруліна Олеся Сергіївна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №52 Запорізької міської ради</t>
+          <t>Запорізька гімназія №11 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>137292</v>
+        <v>134569</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №52 ЗМР</t>
+          <t>Запорізька гімназія № 11 ЗМР ЗО</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 241В</t>
+          <t>вулиця Поштова, 4</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-58</t>
+          <t>(061)764-33-48</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>grenyar52@gmail.com</t>
+          <t>zap.gimnasia11@gmail.com</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/grenyar52.ukr.education/school-52/</t>
+          <t>http://www.gymnasium11.zp.ua/</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Могиліна Ірина Валеріївна</t>
+          <t>Директор Кінебас Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №55 Запорізької міської ради</t>
+          <t>Запорізька гімназія №110 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>137818</v>
+        <v>137017</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №55</t>
+          <t>Запорізька гімназія № 110</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Передатна, 17А</t>
+          <t>вулиця Стешенка, 19</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-79</t>
+          <t>(061)769-49-02</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>zosh55@ukr.net</t>
+          <t>sh110@ukr.net</t>
         </is>
       </c>
       <c r="S55" s="4" t="inlineStr">
         <is>
-          <t>http://zzsh55.org.ua</t>
+          <t>https://www.zpsh110.com/</t>
         </is>
       </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Вікторія Дмитрівна</t>
+          <t>Директор Демченко Аркадій Григорович</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №58 Запорізької міської ради</t>
+          <t>Запорізька гімназія №111 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>135601</v>
+        <v>137811</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №58</t>
+          <t>ЗГ №111 ЗМР</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поточна, 7</t>
+          <t>вулиця Центральна, 8А</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(061)2265314, (061)2265295</t>
+          <t>(061)286-24-74</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>shkola58@gmail.com</t>
+          <t>school111zp@ukr.net</t>
         </is>
       </c>
       <c r="S56" s="4" t="inlineStr">
         <is>
-          <t>http://school58.zp.sch.in.ua</t>
+          <t>https://school111zp.wixsite.com/website</t>
         </is>
       </c>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Шапка Віктор Іванович</t>
+          <t>Директор Кіченко Сергій Михайлович</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №59 Запорізької міської ради</t>
+          <t>Запорізька гімназія №12 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>135915</v>
+        <v>137327</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №59</t>
+          <t>ЗГ №12 ЗМР</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергія Синенка, 10</t>
+          <t>проспект Моторобудівників, 60</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(061)2862562</t>
+          <t>(061)286-24-86</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>school_59.zp@ukr.net</t>
+          <t>gimnaziazaporizka12@gmail.com</t>
         </is>
       </c>
       <c r="S57" s="4" t="inlineStr">
         <is>
-          <t>http://school59.zp.sch.in.ua</t>
+          <t>https://zpschool12.wordpress.com</t>
         </is>
       </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Сотнікова Наталія Петрівна</t>
+          <t>В.о. директора Нежива Марина Андріївна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №60 Запорізької міської ради</t>
+          <t>Запорізька гімназія №13 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>137019</v>
+        <v>137810</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №60</t>
+          <t>ЗГ №13</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 55-ї бригади, 27</t>
+          <t>вулиця Селищна, 50</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-88</t>
+          <t>(061)2897500</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>zg_60@ukr.net</t>
+          <t>sool-13@ukr.net</t>
         </is>
       </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/znvk60.zp.ua/school60zp/</t>
+          <t>https://zp-skola13.blogspot.com/</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Власюк Світлана Михайлівна</t>
+          <t>Директор Бочка Олена Іванівна</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №61 Запорізької міської ради</t>
+          <t>Запорізька гімназія №14 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>137020</v>
+        <v>136825</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №61</t>
-[...2 lines deleted...]
-      <c r="E59" s="4"/>
+          <t>Запорізька гімназія №14</t>
+        </is>
+      </c>
+      <c r="E59" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бориспільська, 15</t>
+          <t>вулиця Святоволодимирівська, 90</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(061)286-25-64</t>
+          <t>(061)769-80-28</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>zosh61@ukr.net</t>
+          <t>zapzosch14@gmail.com</t>
         </is>
       </c>
       <c r="S59" s="4" t="inlineStr">
         <is>
-          <t>http://zpschool61.ukrainianforum.net/</t>
+          <t>https://zosch14.jimdofree.com/</t>
         </is>
       </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Сотнікова Наталія Петрівна</t>
+          <t>Директор Чумак Тарас Олександрович</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №62 Запорізької міської ради</t>
+          <t>Запорізька гімназія №17 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>136628</v>
+        <v>136949</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №62</t>
+          <t>Запорізька гімназія № 17</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 9</t>
+          <t>вулиця Освітянська, 20</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(061)7023112</t>
+          <t>(061)7698046</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>zpbpl62@ukr.net</t>
+          <t>zp.school17@gmail.com</t>
         </is>
       </c>
       <c r="S60" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum62.zp.sch.in.ua/</t>
+          <t>https://www.17.zp.ua/</t>
         </is>
       </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Ушатий Володимир Миколайович</t>
+          <t>Директор Хмельницький Андрій Андрійович</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №63 Запорізької міської ради</t>
+          <t>Запорізька гімназія №19 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>137812</v>
+        <v>137823</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №63 ЗМР</t>
+          <t>ЗГ №19</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пархоменка, 12А</t>
+          <t>вулиця Військбуд, 13</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-30</t>
+          <t>(061)227-05-55</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>znvk63@i.ua</t>
+          <t>zps19@ukr.net</t>
         </is>
       </c>
       <c r="S61" s="4" t="inlineStr">
         <is>
-          <t>http://gimnasium63zp.pp.ua/</t>
+          <t>http://school19.zp.ua</t>
         </is>
       </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Директор Циганов Геннадій Володимирович</t>
+          <t>Директор Буркот Лариса Петрівна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №64 Запорізької міської ради</t>
+          <t>Запорізька гімназія №2 ім. Лесі Українки Запорізької міської ради</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>137242</v>
+        <v>135828</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №64 ЗМР</t>
+          <t>Запорізька гімназія №2</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молочна, 36</t>
+          <t>вулиця Шкільна, 36</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-80</t>
+          <t>(0612)632842</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>znvk64zpua@gmail.com</t>
+          <t>gimnaziya021@ukr.net</t>
         </is>
       </c>
       <c r="S62" s="4" t="inlineStr">
         <is>
-          <t>http://school64.ucoz.ua</t>
+          <t>http://zg2-zp.e-schools.info</t>
         </is>
       </c>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Директор Глєзєрова Луіза Василівна</t>
+          <t>Директор Мілюков Роман Валерійович</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №65 Запорізької міської ради</t>
+          <t>Запорізька гімназія №20 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>137838</v>
+        <v>135461</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D63" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D63" s="4"/>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>проспект Моторобудівників, 26</t>
+          <t>бульвар Шевченка, 49</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-52</t>
+          <t>(0612)326360, (0612)326226, (0612)325929</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>school-65@ukr.net</t>
+          <t>shkolazp20@gmail.com</t>
         </is>
       </c>
       <c r="S63" s="4" t="inlineStr">
         <is>
-          <t>http://school65.zp.ua</t>
+          <t>http://znvk20.klasna.com</t>
         </is>
       </c>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>Директор Чомова Світлана Валеріївна</t>
+          <t>Директор Паніна Світлана Савеліївна</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №66 Запорізької міської ради</t>
+          <t>Запорізька гімназія №22 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>135939</v>
+        <v>136229</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №66</t>
-[...2 lines deleted...]
-      <c r="E64" s="4"/>
+          <t>Запорізька гімназія № 22</t>
+        </is>
+      </c>
+      <c r="E64" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рекордна, 1</t>
+          <t>вулиця Трегубова, 18</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(061)286-27-11</t>
+          <t>(061)7023127</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>school66zp@i.ua</t>
+          <t>zg22zp@gmail.com</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>http://school66.zp.ua</t>
+          <t>http://school22.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Архіпова Ольга Олександрівна</t>
+          <t>Директор Філатов Артем Олександрович</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №68 Запорізької міської ради</t>
+          <t>Запорізька гімназія №25 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>137817</v>
+        <v>135460</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D65" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D65" s="4"/>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Харчова, 35</t>
+          <t>вулиця Патріотична, 76</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(061)702-33-89</t>
+          <t>(061)2260558, (061)2260559</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>school68zg@gmail.com</t>
+          <t>zp25gimn@ukr.net</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
-          <t>https://znvk68.wixsite.com/znvk68site</t>
+          <t>http://gymnasium25.zp.ua/</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Рябенко Лариса Іванівна</t>
+          <t>Директор Луценко Марина Федорівна</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №70 Запорізької міської ради</t>
+          <t>Запорізька гімназія №29 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>137241</v>
+        <v>134831</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>Запорізька Г № 70 ЗМР</t>
+          <t>Запорізька гімназія №29</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>вулиця Снайперська, 1</t>
+          <t>вулиця Академіка Александрова, 7</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(061)7698050, (061)7698042</t>
+          <t>(061)2862612</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>school70@ukr.net</t>
+          <t>shef29@ukr.net</t>
         </is>
       </c>
       <c r="S66" s="4" t="inlineStr">
         <is>
-          <t>http://znvk70.zp.ua/</t>
+          <t>http://school29.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Директор Гігаурі Надія Вікторівна</t>
+          <t>Директор Пертая Ганна Олександрівна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №73 Запорізької міської ради</t>
+          <t>Запорізька гімназія №3 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>135940</v>
+        <v>134673</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №73</t>
+          <t>Запорізька гімназія № 3</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дудикіна, 16</t>
+          <t>вулиця Фортечна, 55</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(061)7023104</t>
+          <t>(061)2638615</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>znz73@ukr.net</t>
+          <t>school3.inkl.zp@gmail.com</t>
         </is>
       </c>
       <c r="S67" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school73-zp</t>
+          <t>https://school3zp.blogspot.com/</t>
         </is>
       </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткачова Лариса Петрівна</t>
+          <t>Директор Магльована Ольга Павлівна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №75 Запорізької міської ради</t>
+          <t>Запорізька гімназія №33 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>136052</v>
+        <v>136040</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 75</t>
+          <t>Запорізька гімназія №33</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
           <t>2310136600</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>вулиця Історична, 92</t>
+          <t>вулиця Ніжинська, 40</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(061)239-73-65</t>
+          <t>(061)239-74-02</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>shkola75@i.ua</t>
+          <t>33school@ukr.net</t>
         </is>
       </c>
       <c r="S68" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/zg75-zaporizhzhia</t>
+          <t>https://sites.google.com/view/school33</t>
         </is>
       </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Карпенко Наталія Олександрівна</t>
+          <t>Директор Булат Лариса Леонідівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №76 Запорізької міської ради</t>
+          <t>Запорізька гімназія №38 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>134893</v>
+        <v>136904</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 76</t>
+          <t>Запорізька гімназія №38</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 154-Г</t>
+          <t>вулиця Парамонова, 7-А</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(061)286-28-37</t>
+          <t>(061)7698019</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>znz_76@ukr.net</t>
+          <t>obschkola38@gmail.com</t>
         </is>
       </c>
       <c r="S69" s="4" t="inlineStr">
         <is>
-          <t>http://znz76.pp.ua</t>
+          <t>http://school38.zp.ua</t>
         </is>
       </c>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Ястребова Наталія Олександрівна</t>
+          <t>Директор Коляда Олена Сергіївна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №77 Запорізької міської ради</t>
+          <t>Запорізька гімназія №4 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>137824</v>
+        <v>137813</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №77 ЗМР</t>
+          <t>ЗГ №4</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Памірська, 91</t>
+          <t>вулиця Андрія Лободи, 30</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-55</t>
+          <t>(061)286-24-67</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>school@z77.zp.ua</t>
+          <t>school4zp@gmail.com</t>
         </is>
       </c>
       <c r="S70" s="4" t="inlineStr">
         <is>
-          <t>https://www.school77.zp.ua</t>
+          <t>http://s4.osvita.zp.ua</t>
         </is>
       </c>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Пузина Сергій Вікторович</t>
+          <t>Директор Мостова Світлана Василівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №78 Запорізької міської ради</t>
+          <t>Запорізька гімназія №41 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>135605</v>
+        <v>135493</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №78</t>
+          <t>Запорізька гімназія №41</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>бульвар Центральний, 12-А</t>
+          <t>вулиця Миру, 6</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(061)2262391, (061)2262393</t>
+          <t>(061)2265318, (061)2265324</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>Schoolzp78@ukr.net</t>
+          <t>zschool41@ukr.net</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>https://schoolzp78.e-schools.info</t>
+          <t>http://school41zp.000webhostapp.com</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Суганяка Олена Олегівна</t>
+          <t>Директор Бобруль Тетяна Олексіївна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №8 Запорізької міської ради</t>
+          <t>Запорізька гімназія №42 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>136917</v>
+        <v>136720</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 8</t>
+          <t>ЗГ №42</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 14-А</t>
+          <t>вулиця Шевченка, 277А</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-26</t>
+          <t>(061)286-24-60</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>gymnasium8.zp@gmail.com</t>
+          <t>zg42@ukr.net</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
-          <t>http://school8.zp.ua</t>
+          <t>http://znvk42.zp.ua</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Бірюкова Ірина Валентинівна</t>
+          <t>Директор Поливанюк Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №80 Запорізької міської ради</t>
+          <t>Запорізька гімназія №47 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>136928</v>
+        <v>136910</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 80</t>
+          <t>Запорізька гімназія №47</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Магара, 5-А</t>
+          <t>вулиця Павлокічкаська, 9</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(061)7698025, (061)7698018</t>
+          <t>(061)2397361, (061)2397362, (061)2397363</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>shkola80@ukr.net</t>
+          <t>mail@gymnazy47zp.com</t>
         </is>
       </c>
       <c r="S73" s="4" t="inlineStr">
         <is>
-          <t>http://school80.at.ua</t>
+          <t>http://zp47.blogspot.com/</t>
         </is>
       </c>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Ганзуленко Валентина Петрівна</t>
+          <t>Директор Соболенко Юлія Петрівна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №83 Запорізької міської ради</t>
+          <t>Запорізька гімназія №5 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>137145</v>
+        <v>134338</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №83</t>
+          <t>Запорізька гімназія № 5</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>вулиця Барикадна, 2</t>
+          <t>вулиця Левка Лук'яненка, 33</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(061)7023432</t>
+          <t>(061)764-28-47</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>083shc@gmail.com</t>
+          <t>school_554@ukr.net</t>
         </is>
       </c>
       <c r="S74" s="4" t="inlineStr">
         <is>
-          <t>https://083school.zp.ua</t>
+          <t>http://school5.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Чумак Тарас Олександрович</t>
+          <t>Директор Шанчева Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №84 Запорізької міської ради</t>
+          <t>Запорізька гімназія №50 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>137021</v>
+        <v>137147</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №84</t>
+          <t>Запорізька гімназія № 50</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>вулиця Північнокільцева, 16-А</t>
+          <t>вулиця Богдана Хмельницького, 22</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(061)7698034, (061)7698036</t>
+          <t>(061)7023117</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>school84.zp.ua@gmail.com</t>
+          <t>gimnasium-50@ukr.net</t>
         </is>
       </c>
       <c r="S75" s="4" t="inlineStr">
         <is>
-          <t>http://school84.zp.ua</t>
+          <t>http://gymnasium50.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>Директор Черкасова Тетяна Львівна</t>
+          <t>Директор Гузеватий Андрій Юрійович</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №86 Запорізької міської ради</t>
+          <t>Запорізька гімназія №52 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B76" s="5" t="n">
-        <v>136911</v>
+        <v>137292</v>
       </c>
       <c r="C76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 86</t>
+          <t>ЗГ №52 ЗМР</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H76" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J76" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
-          <t>вулиця Буковинська, 5-Б</t>
+          <t>вулиця Шевченка, 241В</t>
         </is>
       </c>
       <c r="L76" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N76" s="7"/>
       <c r="O76" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
-          <t>(061)286-25-65, (061)286-25-66</t>
+          <t>(061)286-24-58</t>
         </is>
       </c>
       <c r="Q76" s="4"/>
       <c r="R76" s="4" t="inlineStr">
         <is>
-          <t>znz86zp@gmail.com</t>
+          <t>grenyar52@gmail.com</t>
         </is>
       </c>
       <c r="S76" s="4" t="inlineStr">
         <is>
-          <t>http://school86.com.ua</t>
+          <t>https://sites.google.com/grenyar52.ukr.education/school-52/</t>
         </is>
       </c>
       <c r="T76" s="4" t="inlineStr">
         <is>
-          <t>Директор Зайченко Любов Миколаївна</t>
+          <t>Директор Могиліна Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №89 Запорізької міської ради</t>
+          <t>Запорізька гімназія №55 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>137805</v>
+        <v>137818</v>
       </c>
       <c r="C77" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №89</t>
+          <t>ЗГ №55</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H77" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
-          <t>вулиця Михайлова, 15</t>
+          <t>вулиця Передатна, 17А</t>
         </is>
       </c>
       <c r="L77" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M77" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N77" s="7"/>
       <c r="O77" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P77" s="4" t="inlineStr">
         <is>
-          <t>(061)7023126</t>
+          <t>(061)286-24-79</t>
         </is>
       </c>
       <c r="Q77" s="4"/>
       <c r="R77" s="4" t="inlineStr">
         <is>
-          <t>zapschooln89@ukr.net</t>
+          <t>zosh55@ukr.net</t>
         </is>
       </c>
       <c r="S77" s="4" t="inlineStr">
         <is>
-          <t>http://school89.co.ua/</t>
+          <t>http://zzsh55.org.ua</t>
         </is>
       </c>
       <c r="T77" s="4" t="inlineStr">
         <is>
-          <t>Директор Патрушева Ірина Анатоліївна</t>
+          <t>Директор Шевченко Вікторія Дмитрівна</t>
         </is>
       </c>
       <c r="U77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №90 Запорізької міської ради</t>
+          <t>Запорізька гімназія №58 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B78" s="5" t="n">
-        <v>137148</v>
+        <v>135601</v>
       </c>
       <c r="C78" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №90</t>
+          <t>Запорізька гімназія №58</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H78" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чумаченка, 13-Б</t>
+          <t>вулиця Поточна, 7</t>
         </is>
       </c>
       <c r="L78" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N78" s="7"/>
       <c r="O78" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
-          <t>(061)7698039</t>
+          <t>(061)2265314, (061)2265295</t>
         </is>
       </c>
       <c r="Q78" s="4"/>
       <c r="R78" s="4" t="inlineStr">
         <is>
-          <t>school90zp@gmail.com</t>
+          <t>shkola58@gmail.com</t>
         </is>
       </c>
       <c r="S78" s="4" t="inlineStr">
         <is>
-          <t>http://school90zp.esy.es</t>
+          <t>http://school58.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T78" s="4" t="inlineStr">
         <is>
-          <t>Директор Аліпова Ганна Володимирівна</t>
+          <t>Директор Шапка Віктор Іванович</t>
         </is>
       </c>
       <c r="U78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №93 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №59 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B79" s="5" t="n">
-        <v>137142</v>
+        <v>135915</v>
       </c>
       <c r="C79" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №93</t>
+          <t>Запорізька гімназія №59</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H79" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I79" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J79" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K79" s="4" t="inlineStr">
         <is>
-          <t>вулиця Полякова, 9</t>
+          <t>вулиця Сергія Синенка, 10</t>
         </is>
       </c>
       <c r="L79" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N79" s="7"/>
       <c r="O79" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-37</t>
+          <t>(061)2862562</t>
         </is>
       </c>
       <c r="Q79" s="4"/>
       <c r="R79" s="4" t="inlineStr">
         <is>
-          <t>school93-60@ukr.net</t>
+          <t>school_59.zp@ukr.net</t>
         </is>
       </c>
       <c r="S79" s="4" t="inlineStr">
         <is>
-          <t>http://g93.osvita.zp.ua</t>
+          <t>http://school59.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Директор Гаркуша Оксана Анатоліївна</t>
+          <t>Директор Сотнікова Наталія Петрівна</t>
         </is>
       </c>
       <c r="U79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №94 Запорізької міської ради</t>
+          <t>Запорізька гімназія №60 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B80" s="5" t="n">
-        <v>135730</v>
+        <v>137019</v>
       </c>
       <c r="C80" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №94</t>
+          <t>ЗГ №60</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G80" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H80" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I80" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J80" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K80" s="4" t="inlineStr">
         <is>
-          <t>вулиця Яценка, 3-А</t>
+          <t>вулиця Героїв 55-ї бригади, 27</t>
         </is>
       </c>
       <c r="L80" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M80" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N80" s="7"/>
       <c r="O80" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P80" s="4" t="inlineStr">
         <is>
-          <t>(061)2797521</t>
+          <t>(061)286-24-88</t>
         </is>
       </c>
       <c r="Q80" s="4"/>
       <c r="R80" s="4" t="inlineStr">
         <is>
-          <t>gimnasium94@ukr.net</t>
+          <t>zg_60@ukr.net</t>
         </is>
       </c>
       <c r="S80" s="4" t="inlineStr">
         <is>
-          <t>http://school94zp.klasna.com</t>
+          <t>https://sites.google.com/znvk60.zp.ua/school60zp/</t>
         </is>
       </c>
       <c r="T80" s="4" t="inlineStr">
         <is>
-          <t>Директор Яковлєва Вікторія Олександрівна</t>
+          <t>Директор Власюк Світлана Михайлівна</t>
         </is>
       </c>
       <c r="U80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №95 Запорізької міської ради</t>
+          <t>Запорізька гімназія №62 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B81" s="5" t="n">
-        <v>137822</v>
+        <v>136628</v>
       </c>
       <c r="C81" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №95 ЗМР</t>
+          <t>Запорізька гімназія №62</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H81" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I81" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J81" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K81" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Завади, 16</t>
+          <t>вулиця Незалежної України, 9</t>
         </is>
       </c>
       <c r="L81" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M81" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N81" s="7"/>
       <c r="O81" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P81" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-90</t>
+          <t>(061)7023112</t>
         </is>
       </c>
       <c r="Q81" s="4"/>
       <c r="R81" s="4" t="inlineStr">
         <is>
-          <t>school95@meta.ua</t>
+          <t>zpbpl62@ukr.net</t>
         </is>
       </c>
       <c r="S81" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/sc95.zp.ua/school95zp</t>
+          <t>http://lyceum62.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T81" s="4" t="inlineStr">
         <is>
-          <t>Директор Нечет-Симакова Алла Олегівна</t>
+          <t>Директор Ушатий Володимир Миколайович</t>
         </is>
       </c>
       <c r="U81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №97 Запорізької міської ради</t>
+          <t>Запорізька гімназія №63 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B82" s="5" t="n">
-        <v>137143</v>
+        <v>137812</v>
       </c>
       <c r="C82" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №97</t>
+          <t>ЗГ №63 ЗМР</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G82" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H82" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I82" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J82" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K82" s="4" t="inlineStr">
         <is>
-          <t>проспект пр. Героїв Національної гвардії України, 27</t>
+          <t>вулиця Пархоменка, 12А</t>
         </is>
       </c>
       <c r="L82" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M82" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N82" s="7"/>
       <c r="O82" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P82" s="4" t="inlineStr">
         <is>
-          <t>(063)7156430</t>
+          <t>(061)286-23-30</t>
         </is>
       </c>
       <c r="Q82" s="4"/>
       <c r="R82" s="4" t="inlineStr">
         <is>
-          <t>zp.school97@gmail.com</t>
+          <t>znvk63@i.ua</t>
         </is>
       </c>
       <c r="S82" s="4" t="inlineStr">
         <is>
-          <t>http://school97.zp.ua/</t>
+          <t>http://gimnasium63zp.pp.ua/</t>
         </is>
       </c>
       <c r="T82" s="4" t="inlineStr">
         <is>
-          <t>Директор Семененко Олена Володимирівна</t>
+          <t>Директор Циганов Геннадій Володимирович</t>
         </is>
       </c>
       <c r="U82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №98 Запорізької міської ради</t>
+          <t>Запорізька гімназія №64 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B83" s="5" t="n">
-        <v>135858</v>
+        <v>137242</v>
       </c>
       <c r="C83" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №98</t>
+          <t>ЗГ №64 ЗМР</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G83" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H83" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I83" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J83" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K83" s="4" t="inlineStr">
         <is>
-          <t>вулиця Запорізька, 1-А</t>
+          <t>вулиця Молочна, 36</t>
         </is>
       </c>
       <c r="L83" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M83" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N83" s="7"/>
       <c r="O83" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P83" s="4" t="inlineStr">
         <is>
-          <t>(061)286-28-44</t>
+          <t>(061)286-24-80</t>
         </is>
       </c>
       <c r="Q83" s="4"/>
       <c r="R83" s="4" t="inlineStr">
         <is>
-          <t>nadegda98@ukr.net</t>
+          <t>znvk64zpua@gmail.com</t>
         </is>
       </c>
       <c r="S83" s="4" t="inlineStr">
         <is>
-          <t>http://98.zp.ua</t>
+          <t>http://school64.ucoz.ua</t>
         </is>
       </c>
       <c r="T83" s="4" t="inlineStr">
         <is>
-          <t>Директор Закутна Ілона Олександрівна</t>
+          <t>Директор Глєзєрова Луіза Василівна</t>
         </is>
       </c>
       <c r="U83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія "Запорізька Січ" Запорізької міської ради</t>
+          <t>Запорізька гімназія №65 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B84" s="5" t="n">
-        <v>135436</v>
+        <v>137838</v>
       </c>
       <c r="C84" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія "Запорізька Січ"</t>
+          <t>ЗГ №65 ЗМР</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G84" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H84" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I84" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J84" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K84" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січі, 3</t>
+          <t>проспект Моторобудівників, 26</t>
         </is>
       </c>
       <c r="L84" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M84" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N84" s="7"/>
       <c r="O84" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P84" s="4" t="inlineStr">
         <is>
-          <t>(061)2268543, (061)2268544</t>
+          <t>(061)286-24-52</t>
         </is>
       </c>
       <c r="Q84" s="4"/>
       <c r="R84" s="4" t="inlineStr">
         <is>
-          <t>mzk.zsich1@gmail.com</t>
+          <t>school-65@ukr.net</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
-          <t>http://www.zaporizka-sich.at.ua</t>
+          <t>http://school65.zp.ua</t>
         </is>
       </c>
       <c r="T84" s="4" t="inlineStr">
         <is>
-          <t>Директор Ганжа Лариса Олександрівна</t>
+          <t>Директор Чомова Світлана Валеріївна</t>
         </is>
       </c>
       <c r="U84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія "Контакт" Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №68 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B85" s="5" t="n">
-        <v>135433</v>
+        <v>137817</v>
       </c>
       <c r="C85" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D85" s="4"/>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>ЗГ №68 ЗМР</t>
+        </is>
+      </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G85" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H85" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I85" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J85" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K85" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сєдова, 1-В</t>
+          <t>вулиця Харчова, 35</t>
         </is>
       </c>
       <c r="L85" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M85" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N85" s="7"/>
       <c r="O85" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P85" s="4" t="inlineStr">
         <is>
-          <t>(061)2268429, (061)2268422</t>
+          <t>(061)702-33-89</t>
         </is>
       </c>
       <c r="Q85" s="4"/>
       <c r="R85" s="4" t="inlineStr">
         <is>
-          <t>kontaktzp@gmail.com</t>
+          <t>school68zg@gmail.com</t>
         </is>
       </c>
       <c r="S85" s="4" t="inlineStr">
         <is>
-          <t>http://www.znvk-kontakt.zp.ua</t>
+          <t>https://znvk68.wixsite.com/znvk68site</t>
         </is>
       </c>
       <c r="T85" s="4" t="inlineStr">
         <is>
-          <t>Директор Заварзіна Тамара Василівна</t>
+          <t>Директор Рябенко Лариса Іванівна</t>
         </is>
       </c>
       <c r="U85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія "Основа" Запорізької міської ради</t>
+          <t>Запорізька гімназія №70 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B86" s="5" t="n">
-        <v>135679</v>
+        <v>137241</v>
       </c>
       <c r="C86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D86" s="4"/>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька Г № 70 ЗМР</t>
+        </is>
+      </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H86" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J86" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K86" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 9</t>
+          <t>вулиця Снайперська, 1</t>
         </is>
       </c>
       <c r="L86" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M86" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N86" s="7"/>
       <c r="O86" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P86" s="4" t="inlineStr">
         <is>
-          <t>(061)2260712, (061)2260713</t>
+          <t>(061)7698050, (061)7698042</t>
         </is>
       </c>
       <c r="Q86" s="4"/>
       <c r="R86" s="4" t="inlineStr">
         <is>
-          <t>schoolosnova15@ukr.net</t>
+          <t>school70@ukr.net</t>
         </is>
       </c>
       <c r="S86" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/znvkosnova/</t>
+          <t>http://znvk70.zp.ua/</t>
         </is>
       </c>
       <c r="T86" s="4" t="inlineStr">
         <is>
-          <t>Директор Любімова Алла Володимирівна</t>
+          <t>Директор Гігаурі Надія Вікторівна</t>
         </is>
       </c>
       <c r="U86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="4" t="inlineStr">
         <is>
-          <t>Запорізька загальноосвітня школа I-II ступенів №53 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №73 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B87" s="5" t="n">
-        <v>151547</v>
+        <v>135940</v>
       </c>
       <c r="C87" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>ЗЗШ №53 ЗМР ЗО</t>
+          <t>Запорізька гімназія №73</t>
         </is>
       </c>
       <c r="E87" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G87" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H87" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I87" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J87" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K87" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 123</t>
+          <t>вулиця Дудикіна, 16</t>
         </is>
       </c>
       <c r="L87" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M87" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N87" s="7"/>
       <c r="O87" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P87" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-99</t>
+          <t>(061)7023104</t>
         </is>
       </c>
       <c r="Q87" s="4"/>
       <c r="R87" s="4" t="inlineStr">
         <is>
-          <t>sch_53@ukr.net</t>
+          <t>znz73@ukr.net</t>
         </is>
       </c>
       <c r="S87" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/schoolzp53</t>
+          <t>https://sites.google.com/view/school73-zp</t>
         </is>
       </c>
       <c r="T87" s="4" t="inlineStr">
         <is>
-          <t>Директор Гринь Людмила Дмитрівна</t>
+          <t>Директор Ткачова Лариса Петрівна</t>
         </is>
       </c>
       <c r="U87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="4" t="inlineStr">
         <is>
-          <t>Запорізька загальноосвітня школа I-III ступенів №69 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №75 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B88" s="5" t="n">
-        <v>136610</v>
+        <v>136052</v>
       </c>
       <c r="C88" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>Запорізька ЗОШ № 69</t>
+          <t>Запорізька гімназія № 75</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H88" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I88" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J88" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K88" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дмитра Вишневецького, 2</t>
+          <t>вулиця Історична, 92</t>
         </is>
       </c>
       <c r="L88" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M88" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N88" s="7"/>
       <c r="O88" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P88" s="4" t="inlineStr">
         <is>
-          <t>(061)7013967, (061)2862714</t>
+          <t>(061)239-73-65</t>
         </is>
       </c>
       <c r="Q88" s="4"/>
       <c r="R88" s="4" t="inlineStr">
         <is>
-          <t>school692007@gmail.com</t>
+          <t>shkola75@i.ua</t>
         </is>
       </c>
       <c r="S88" s="4" t="inlineStr">
         <is>
-          <t>http://school69.zp.sch.in.ua</t>
+          <t>https://sites.google.com/view/zg75-zaporizhzhia</t>
         </is>
       </c>
       <c r="T88" s="4" t="inlineStr">
         <is>
-          <t>Директор Борисенко Людмила Михайлівна</t>
+          <t>Директор Карпенко Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="4" t="inlineStr">
         <is>
-          <t>Запорізька загальноосвітня школа I-III ступенів №87 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №76 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B89" s="5" t="n">
-        <v>135944</v>
+        <v>134893</v>
       </c>
       <c r="C89" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>Запорізька ЗОШ № 87</t>
+          <t>Запорізька гімназія № 76</t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G89" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H89" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I89" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J89" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K89" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незламна, 3-Б</t>
+          <t>проспект Соборний, 154-Г</t>
         </is>
       </c>
       <c r="L89" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M89" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N89" s="7"/>
       <c r="O89" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P89" s="4" t="inlineStr">
         <is>
-          <t>(061)7023101</t>
+          <t>(061)286-28-37</t>
         </is>
       </c>
       <c r="Q89" s="4"/>
       <c r="R89" s="4" t="inlineStr">
         <is>
-          <t>znz87@ukr.net</t>
+          <t>znz_76@ukr.net</t>
         </is>
       </c>
       <c r="S89" s="4" t="inlineStr">
         <is>
-          <t>https://www.zp87.ukr.education</t>
+          <t>http://znz76.pp.ua</t>
         </is>
       </c>
       <c r="T89" s="4" t="inlineStr">
         <is>
-          <t>Директор Лохманюк Світлана Володимирівна</t>
+          <t>Директор Ястребова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="4" t="inlineStr">
         <is>
-          <t>Запорізька загальноосвітня школа І-ІІІ ступенів №88 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №77 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B90" s="5" t="n">
-        <v>137016</v>
+        <v>137824</v>
       </c>
       <c r="C90" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>Запорізька ЗОШ №88</t>
+          <t>ЗГ №77 ЗМР</t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G90" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H90" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I90" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J90" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K90" s="4" t="inlineStr">
         <is>
-          <t>вулиця Музична, 2</t>
+          <t>вулиця Памірська, 91</t>
         </is>
       </c>
       <c r="L90" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M90" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N90" s="7"/>
       <c r="O90" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P90" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-53</t>
+          <t>(061)286-24-55</t>
         </is>
       </c>
       <c r="Q90" s="4"/>
       <c r="R90" s="4" t="inlineStr">
         <is>
-          <t>nvk88zap@gmail.com</t>
+          <t>school@z77.zp.ua</t>
         </is>
       </c>
       <c r="S90" s="4" t="inlineStr">
         <is>
-          <t>http://zschool88.wixsite.com/zp88</t>
+          <t>https://www.school77.zp.ua</t>
         </is>
       </c>
       <c r="T90" s="4" t="inlineStr">
         <is>
-          <t>Директор Златова Людмила Іванівна</t>
+          <t>Директор Пузина Сергій Вікторович</t>
         </is>
       </c>
       <c r="U90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Барвінок" Запорізької міської ради</t>
+          <t>Запорізька гімназія №78 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B91" s="5" t="n">
-        <v>134981</v>
+        <v>135605</v>
       </c>
       <c r="C91" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
-          <t>ЗПШ "Барвінок"</t>
+          <t>Запорізька гімназія №78</t>
         </is>
       </c>
       <c r="E91" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G91" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H91" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I91" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J91" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K91" s="4" t="inlineStr">
         <is>
-          <t>вулиця Історична, 67а</t>
+          <t>бульвар Центральний, 12-А</t>
         </is>
       </c>
       <c r="L91" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M91" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N91" s="7"/>
       <c r="O91" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P91" s="4" t="inlineStr">
         <is>
-          <t>(061)2397367</t>
+          <t>(061)2262391, (061)2262393</t>
         </is>
       </c>
       <c r="Q91" s="4"/>
       <c r="R91" s="4" t="inlineStr">
         <is>
-          <t>barvinok94@ukr.net</t>
+          <t>Schoolzp78@ukr.net</t>
         </is>
       </c>
       <c r="S91" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/znvkdarvinok/</t>
+          <t>https://schoolzp78.e-schools.info</t>
         </is>
       </c>
       <c r="T91" s="4" t="inlineStr">
         <is>
-          <t>Директор Лисенко Альбіна Борисівна</t>
+          <t>Директор Суганяка Олена Олегівна</t>
         </is>
       </c>
       <c r="U91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Еврика" Запорізької міської ради</t>
+          <t>Запорізька гімназія №8 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B92" s="5" t="n">
-        <v>139575</v>
+        <v>136917</v>
       </c>
       <c r="C92" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Еврика"</t>
+          <t>Запорізька гімназія № 8</t>
         </is>
       </c>
       <c r="E92" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G92" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H92" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I92" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J92" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K92" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дудикіна, 20а</t>
+          <t>вулиця Європейська, 14-А</t>
         </is>
       </c>
       <c r="L92" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M92" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N92" s="7"/>
       <c r="O92" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P92" s="4" t="inlineStr">
         <is>
-          <t>(061)2862695, (061)2247754</t>
+          <t>(061)769-80-26</t>
         </is>
       </c>
       <c r="Q92" s="4"/>
       <c r="R92" s="4" t="inlineStr">
         <is>
-          <t>uvkevrika@ukr.net</t>
+          <t>gymnasium8.zp@gmail.com</t>
         </is>
       </c>
       <c r="S92" s="4" t="inlineStr">
         <is>
-          <t>http://evrika189.at.ua</t>
+          <t>http://school8.zp.ua</t>
         </is>
       </c>
       <c r="T92" s="4" t="inlineStr">
         <is>
-          <t>Директор Зуб Лариса Вікторівна</t>
+          <t>Директор Бірюкова Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Мрія" ім. О.М. Поради Запорізької міської ради</t>
+          <t>Запорізька гімназія №80 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B93" s="5" t="n">
-        <v>140824</v>
+        <v>136928</v>
       </c>
       <c r="C93" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
-          <t>ЗПШ "Мрія"</t>
+          <t>Запорізька гімназія № 80</t>
         </is>
       </c>
       <c r="E93" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G93" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H93" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I93" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J93" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K93" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Корищенка, 38А</t>
+          <t>вулиця Магара, 5-А</t>
         </is>
       </c>
       <c r="L93" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M93" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N93" s="7"/>
       <c r="O93" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P93" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-65</t>
+          <t>(061)7698025, (061)7698018</t>
         </is>
       </c>
       <c r="Q93" s="4"/>
       <c r="R93" s="4" t="inlineStr">
         <is>
-          <t>centr_mria@ukr.net</t>
+          <t>shkola80@ukr.net</t>
         </is>
       </c>
       <c r="S93" s="4" t="inlineStr">
         <is>
-          <t>https://mriazpnew.wixsite.com/znvkmria</t>
+          <t>http://school80.at.ua</t>
         </is>
       </c>
       <c r="T93" s="4" t="inlineStr">
         <is>
-          <t>Директор Корольова Людмила Михайлівна</t>
+          <t>Директор Ганзуленко Валентина Петрівна</t>
         </is>
       </c>
       <c r="U93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Натхнення" Запорізької міської ради</t>
+          <t>Запорізька гімназія №83 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B94" s="5" t="n">
-        <v>176577</v>
+        <v>137145</v>
       </c>
       <c r="C94" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D94" s="4"/>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька гімназія №83</t>
+        </is>
+      </c>
       <c r="E94" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H94" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I94" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J94" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K94" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Завади, 6А</t>
+          <t>вулиця Барикадна, 2</t>
         </is>
       </c>
       <c r="L94" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M94" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N94" s="7"/>
       <c r="O94" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P94" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-61</t>
+          <t>(061)7023432</t>
         </is>
       </c>
       <c r="Q94" s="4"/>
       <c r="R94" s="4" t="inlineStr">
         <is>
-          <t>nathnenya2021@gmail.com</t>
+          <t>083shc@gmail.com</t>
         </is>
       </c>
       <c r="S94" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/zpsh-nathnennya/</t>
+          <t>https://083school.zp.ua</t>
         </is>
       </c>
       <c r="T94" s="4" t="inlineStr">
         <is>
-          <t>Директор Кліпко Ольга Миколаївна</t>
+          <t>Директор Школьніков Михайло Зіновійович</t>
         </is>
       </c>
       <c r="U94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Прогрес" Запорізької міської ради</t>
+          <t>Запорізька гімназія №84 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B95" s="5" t="n">
-        <v>135429</v>
+        <v>137021</v>
       </c>
       <c r="C95" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>ЗПШ "Прогрес"</t>
+          <t>Запорізька гімназія №84</t>
         </is>
       </c>
       <c r="E95" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G95" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H95" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I95" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J95" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K95" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бочарова, 5А</t>
+          <t>вулиця Північнокільцева, 16-А</t>
         </is>
       </c>
       <c r="L95" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M95" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N95" s="7"/>
       <c r="O95" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P95" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-85</t>
+          <t>(061)7698034, (061)7698036</t>
         </is>
       </c>
       <c r="Q95" s="4"/>
       <c r="R95" s="4" t="inlineStr">
         <is>
-          <t>schoolprogress2000@ukr.net</t>
+          <t>school84.zp.ua@gmail.com</t>
         </is>
       </c>
       <c r="S95" s="4" t="inlineStr">
         <is>
-          <t>https://www.progres.zp.ua/</t>
+          <t>http://school84.zp.ua</t>
         </is>
       </c>
       <c r="T95" s="4" t="inlineStr">
         <is>
-          <t>Директор Сукач Світлана Іванівна</t>
+          <t>Директор Черкасова Тетяна Львівна</t>
         </is>
       </c>
       <c r="U95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="4" t="inlineStr">
         <is>
-          <t>Запорізька початкова школа "Світанок" Запорізької міської ради</t>
+          <t>Запорізька гімназія №86 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B96" s="5" t="n">
-        <v>139744</v>
+        <v>136911</v>
       </c>
       <c r="C96" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
-          <t>ЗПШ "Світанок"</t>
+          <t>Запорізька гімназія № 86</t>
         </is>
       </c>
       <c r="E96" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G96" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H96" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I96" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J96" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K96" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фортечна, 92А</t>
+          <t>вулиця Буковинська, 5-Б</t>
         </is>
       </c>
       <c r="L96" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M96" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N96" s="7"/>
       <c r="O96" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P96" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-36</t>
+          <t>(061)286-25-65, (061)286-25-66</t>
         </is>
       </c>
       <c r="Q96" s="4"/>
       <c r="R96" s="4" t="inlineStr">
         <is>
-          <t>znvksvitanok@ukr.net</t>
+          <t>znz86zp@gmail.com</t>
         </is>
       </c>
       <c r="S96" s="4" t="inlineStr">
         <is>
-          <t>https://zpsh-svitanok.wixsite.com/site</t>
+          <t>http://school86.com.ua</t>
         </is>
       </c>
       <c r="T96" s="4" t="inlineStr">
         <is>
-          <t>Директор Ряпісова Наталя Вікторівна</t>
+          <t>Директор Зайченко Любов Миколаївна</t>
         </is>
       </c>
       <c r="U96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="4" t="inlineStr">
         <is>
-          <t>Запорізька приватна класична гімназія "Інтелект" Запорізької області</t>
+          <t>Запорізька гімназія №89 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B97" s="5" t="n">
-        <v>138189</v>
+        <v>137805</v>
       </c>
       <c r="C97" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
-          <t>ЗПКГ "Інтелект"</t>
+          <t>Запорізька гімназія №89</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G97" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H97" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I97" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J97" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K97" s="4" t="inlineStr">
         <is>
-          <t>бульвар Центральний, 15-А</t>
+          <t>вулиця Михайлова, 15</t>
         </is>
       </c>
       <c r="L97" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M97" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N97" s="7"/>
       <c r="O97" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P97" s="4" t="inlineStr">
         <is>
-          <t>(061)2796692</t>
+          <t>(061)7023126</t>
         </is>
       </c>
       <c r="Q97" s="4"/>
       <c r="R97" s="4" t="inlineStr">
         <is>
-          <t>ogg27@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S97" s="4"/>
+          <t>zapschooln89@ukr.net</t>
+        </is>
+      </c>
+      <c r="S97" s="4" t="inlineStr">
+        <is>
+          <t>http://school89.co.ua/</t>
+        </is>
+      </c>
       <c r="T97" s="4" t="inlineStr">
         <is>
-          <t>Директор Жирова Наталія Олексіївна</t>
+          <t>Директор Патрушева Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="4" t="inlineStr">
         <is>
-          <t>Запорізька спеціалізована школа з поглибленим вивченням іноземної мови №7 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №90 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B98" s="5" t="n">
-        <v>137018</v>
+        <v>137148</v>
       </c>
       <c r="C98" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>Запорізька СШ №7</t>
+          <t>Запорізька гімназія №90</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G98" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H98" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I98" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J98" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K98" s="4" t="inlineStr">
         <is>
-          <t>вулиця Північнокільцева, 21</t>
+          <t>вулиця Чумаченка, 13-Б</t>
         </is>
       </c>
       <c r="L98" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M98" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N98" s="7"/>
       <c r="O98" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P98" s="4" t="inlineStr">
         <is>
-          <t>(061)7698037</t>
+          <t>(061)7698039</t>
         </is>
       </c>
       <c r="Q98" s="4"/>
       <c r="R98" s="4" t="inlineStr">
         <is>
-          <t>mail@school7.zp.ua</t>
+          <t>school90zp@gmail.com</t>
         </is>
       </c>
       <c r="S98" s="4" t="inlineStr">
         <is>
-          <t>http://school7.zp.ua</t>
+          <t>http://school90zp.esy.es</t>
         </is>
       </c>
       <c r="T98" s="4" t="inlineStr">
         <is>
-          <t>Директор Білоус Костянтин Андрійович</t>
+          <t>Директор Аліпова Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="4" t="inlineStr">
         <is>
-          <t>Запорізька спеціалізована школа І-ІІІ ступенів №100 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №94 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B99" s="5" t="n">
-        <v>136609</v>
+        <v>135730</v>
       </c>
       <c r="C99" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
-          <t>Запорізька СШ№100</t>
+          <t>Запорізька гімназія №94</t>
         </is>
       </c>
       <c r="E99" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G99" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H99" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I99" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J99" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K99" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дмитра Вишневецького, 2-А</t>
+          <t>вулиця Яценка, 3-А</t>
         </is>
       </c>
       <c r="L99" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M99" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N99" s="7"/>
       <c r="O99" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P99" s="4" t="inlineStr">
         <is>
-          <t>(061)270-01-93</t>
+          <t>(061)2797521</t>
         </is>
       </c>
       <c r="Q99" s="4"/>
       <c r="R99" s="4" t="inlineStr">
         <is>
-          <t>zsh100zp@gmail.com</t>
+          <t>gimnasium94@ukr.net</t>
         </is>
       </c>
       <c r="S99" s="4" t="inlineStr">
         <is>
-          <t>http://schkola100-zaporozhye.jimdo.com/</t>
+          <t>http://school94zp.klasna.com</t>
         </is>
       </c>
       <c r="T99" s="4" t="inlineStr">
         <is>
-          <t>Директор Доновський Сергій Миколайович</t>
+          <t>Директор Яковлєва Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="4" t="inlineStr">
         <is>
-          <t>Запорізька спеціалізована школа фізичної культури І-ІІІ ступенів №18 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №95 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B100" s="5" t="n">
-        <v>139648</v>
+        <v>137822</v>
       </c>
       <c r="C100" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>ЗСШФК №18 ЗМР ЗО</t>
+          <t>ЗГ №95 ЗМР</t>
         </is>
       </c>
       <c r="E100" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G100" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H100" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I100" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J100" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K100" s="4" t="inlineStr">
         <is>
-          <t>вулиця Краківська, 8А</t>
+          <t>вулиця Богдана Завади, 16</t>
         </is>
       </c>
       <c r="L100" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M100" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N100" s="7"/>
       <c r="O100" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P100" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-37</t>
+          <t>(061)286-24-90</t>
         </is>
       </c>
       <c r="Q100" s="4"/>
       <c r="R100" s="4" t="inlineStr">
         <is>
-          <t>18_school@ukr.net</t>
+          <t>school95@meta.ua</t>
         </is>
       </c>
       <c r="S100" s="4" t="inlineStr">
         <is>
-          <t>http://sport18.zp.ua</t>
+          <t>https://sites.google.com/sc95.zp.ua/school95zp</t>
         </is>
       </c>
       <c r="T100" s="4" t="inlineStr">
         <is>
-          <t>Директор Кардинал Лілія Олегівна</t>
+          <t>Директор Нечет-Симакова Алла Олегівна</t>
         </is>
       </c>
       <c r="U100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="4" t="inlineStr">
         <is>
-          <t>Запорізька суспільно-гуманітарна гімназія №27 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №97 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B101" s="5" t="n">
-        <v>135462</v>
+        <v>137143</v>
       </c>
       <c r="C101" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 27</t>
+          <t>Запорізька гімназія №97</t>
         </is>
       </c>
       <c r="E101" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G101" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H101" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I101" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J101" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K101" s="4" t="inlineStr">
         <is>
-          <t>бульвар Центральний, 15-А</t>
+          <t>проспект пр. Героїв Національної гвардії України, 27</t>
         </is>
       </c>
       <c r="L101" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M101" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N101" s="7"/>
       <c r="O101" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P101" s="4" t="inlineStr">
         <is>
-          <t>(061)2796692, (061)2795433</t>
+          <t>(063)7156430</t>
         </is>
       </c>
       <c r="Q101" s="4"/>
       <c r="R101" s="4" t="inlineStr">
         <is>
-          <t>ogg27@ukr.net</t>
+          <t>zp.school97@gmail.com</t>
         </is>
       </c>
       <c r="S101" s="4" t="inlineStr">
         <is>
-          <t>http://gimnasiya27.at.ua</t>
+          <t>http://school97.zp.ua/</t>
         </is>
       </c>
       <c r="T101" s="4" t="inlineStr">
         <is>
-          <t>Директор Гашенко Людмила Дмитрівна</t>
+          <t>Директор Семененко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 15 Запорізької міської ради</t>
+          <t>Запорізька гімназія №98 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B102" s="5" t="n">
-        <v>135175</v>
+        <v>135858</v>
       </c>
       <c r="C102" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
-          <t>ЗАЛ №15</t>
+          <t>Запорізька гімназія №98</t>
         </is>
       </c>
       <c r="E102" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G102" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H102" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I102" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J102" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K102" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фортечна, 68</t>
+          <t>вулиця Запорізька, 1-А</t>
         </is>
       </c>
       <c r="L102" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M102" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N102" s="7"/>
       <c r="O102" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P102" s="4" t="inlineStr">
         <is>
-          <t>(061)7641312, (061)7645555, (061)7876548, (061)7202203</t>
+          <t>(061)286-28-44</t>
         </is>
       </c>
       <c r="Q102" s="4"/>
       <c r="R102" s="4" t="inlineStr">
         <is>
-          <t>school15zp@ukr.net</t>
+          <t>nadegda98@ukr.net</t>
         </is>
       </c>
       <c r="S102" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school15zp/</t>
+          <t>http://98.zp.ua</t>
         </is>
       </c>
       <c r="T102" s="4" t="inlineStr">
         <is>
-          <t>Директор Кириченко Оксана Анатоліївна</t>
+          <t>Директор Закутна Ілона Олександрівна</t>
         </is>
       </c>
       <c r="U102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y102" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 23 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія "Запорізька Січ" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B103" s="5" t="n">
-        <v>136903</v>
+        <v>135436</v>
       </c>
       <c r="C103" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей № 23</t>
+          <t>Запорізька гімназія "Запорізька Січ"</t>
         </is>
       </c>
       <c r="E103" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G103" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H103" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I103" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J103" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K103" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 6-А</t>
+          <t>вулиця Січі, 3</t>
         </is>
       </c>
       <c r="L103" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M103" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N103" s="7"/>
       <c r="O103" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P103" s="4" t="inlineStr">
         <is>
-          <t>(061)769-80-27</t>
+          <t>(061)2268543, (061)2268544</t>
         </is>
       </c>
       <c r="Q103" s="4"/>
       <c r="R103" s="4" t="inlineStr">
         <is>
-          <t>school23zp@gmail.com</t>
+          <t>mzk.zsich1@gmail.com</t>
         </is>
       </c>
       <c r="S103" s="4" t="inlineStr">
         <is>
-          <t>http://znvk23.zp.ua</t>
+          <t>http://www.zaporizka-sich.at.ua</t>
         </is>
       </c>
       <c r="T103" s="4" t="inlineStr">
         <is>
-          <t>Директор Майоров Володимир Миколайович</t>
+          <t>Директор Ганжа Лариса Олександрівна</t>
         </is>
       </c>
       <c r="U103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y103" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №31 Запорізької міської ради</t>
+          <t>Запорізька гімназія "Контакт" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B104" s="5" t="n">
-        <v>135914</v>
+        <v>135433</v>
       </c>
       <c r="C104" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D104" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D104" s="4"/>
       <c r="E104" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G104" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H104" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I104" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J104" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K104" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 4</t>
+          <t>вулиця Сєдова, 1-В</t>
         </is>
       </c>
       <c r="L104" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M104" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N104" s="7"/>
       <c r="O104" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P104" s="4" t="inlineStr">
         <is>
-          <t>(061)7023119</t>
+          <t>(061)2268429, (061)2268422</t>
         </is>
       </c>
       <c r="Q104" s="4"/>
       <c r="R104" s="4" t="inlineStr">
         <is>
-          <t>mail@gmz31.com</t>
+          <t>kontaktzp@gmail.com</t>
         </is>
       </c>
       <c r="S104" s="4" t="inlineStr">
         <is>
-          <t>http://gymnasium31.zp.sch.in.ua/</t>
+          <t>http://www.znvk-kontakt.zp.ua</t>
         </is>
       </c>
       <c r="T104" s="4" t="inlineStr">
         <is>
-          <t>Директор Хрушкая Вікторія Валеріївна</t>
+          <t>Директор Заварзіна Тамара Василівна</t>
         </is>
       </c>
       <c r="U104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y104" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №34 Запорізької міської ради</t>
+          <t>Запорізька гімназія "Основа" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B105" s="5" t="n">
-        <v>137825</v>
+        <v>135679</v>
       </c>
       <c r="C105" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D105" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D105" s="4"/>
       <c r="E105" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G105" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H105" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I105" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J105" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K105" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Завади, 8</t>
+          <t>вулиця Якова Новицького, 9</t>
         </is>
       </c>
       <c r="L105" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M105" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N105" s="7"/>
       <c r="O105" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P105" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-33</t>
+          <t>(061)2260712, (061)2260713</t>
         </is>
       </c>
       <c r="Q105" s="4"/>
       <c r="R105" s="4" t="inlineStr">
         <is>
-          <t>zplicey34@gmail.com</t>
+          <t>schoolosnova15@ukr.net</t>
         </is>
       </c>
       <c r="S105" s="4" t="inlineStr">
         <is>
-          <t>http://zplicey34.at.ua</t>
+          <t>https://sites.google.com/site/znvkosnova/</t>
         </is>
       </c>
       <c r="T105" s="4" t="inlineStr">
         <is>
-          <t>Директор Дацінько Євдокія Григорівна</t>
+          <t>Директор Любімова Алла Володимирівна</t>
         </is>
       </c>
       <c r="U105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y105" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №45 Запорізької міської ради</t>
+          <t>Запорізька загальноосвітня школа I-II ступенів №53 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B106" s="5" t="n">
-        <v>136126</v>
+        <v>151547</v>
       </c>
       <c r="C106" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №45</t>
+          <t>ЗЗШ №53 ЗМР ЗО</t>
         </is>
       </c>
       <c r="E106" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G106" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H106" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I106" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J106" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K106" s="4" t="inlineStr">
         <is>
-          <t>проспект Ювілейний, 30-А</t>
+          <t>вулиця Шевченка, 123</t>
         </is>
       </c>
       <c r="L106" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M106" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N106" s="7"/>
       <c r="O106" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P106" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-03</t>
+          <t>(061)286-24-99</t>
         </is>
       </c>
       <c r="Q106" s="4"/>
       <c r="R106" s="4" t="inlineStr">
         <is>
-          <t>gym45zp@gmail.com</t>
+          <t>sch_53@ukr.net</t>
         </is>
       </c>
       <c r="S106" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/a/zgym45.com/zaporizka-gimnazia-no45/</t>
+          <t>https://sites.google.com/site/schoolzp53</t>
         </is>
       </c>
       <c r="T106" s="4" t="inlineStr">
         <is>
-          <t>Директор Мєркіна Антоніна Леонідівна</t>
+          <t>Директор Гринь Людмила Дмитрівна</t>
         </is>
       </c>
       <c r="U106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y106" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №46 Запорізької міської ради</t>
+          <t>Запорізька загальноосвітня школа I-III ступенів №69 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B107" s="5" t="n">
-        <v>136826</v>
+        <v>136610</v>
       </c>
       <c r="C107" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №46</t>
+          <t>Запорізька ЗОШ № 69</t>
         </is>
       </c>
       <c r="E107" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G107" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H107" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I107" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J107" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K107" s="4" t="inlineStr">
         <is>
-          <t>вулиця Павлокічкаська, 29</t>
+          <t>вулиця Дмитра Вишневецького, 2</t>
         </is>
       </c>
       <c r="L107" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M107" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N107" s="7"/>
       <c r="O107" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P107" s="4" t="inlineStr">
         <is>
-          <t>(061)7082350, (061)2397357</t>
+          <t>(061)7013967, (061)2862714</t>
         </is>
       </c>
       <c r="Q107" s="4"/>
       <c r="R107" s="4" t="inlineStr">
         <is>
-          <t>gimnazy46@i.ua</t>
+          <t>school692007@gmail.com</t>
         </is>
       </c>
       <c r="S107" s="4" t="inlineStr">
         <is>
-          <t>http://gimnazy46.wix.com/school</t>
+          <t>http://school69.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T107" s="4" t="inlineStr">
         <is>
-          <t>Директор Кругла Людмила Юхимівна</t>
+          <t>Директор Борисенко Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y107" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей "Вибір" Запорізької міської ради Запорізької області</t>
+          <t>Запорізька загальноосвітня школа I-III ступенів №87 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B108" s="5" t="n">
-        <v>139647</v>
+        <v>135944</v>
       </c>
       <c r="C108" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
-          <t>Академічний ліцей "Вибір"</t>
+          <t>Запорізька ЗОШ № 87</t>
         </is>
       </c>
       <c r="E108" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G108" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H108" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I108" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J108" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K108" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пархоменка, 19</t>
+          <t>вулиця Незламна, 3-Б</t>
         </is>
       </c>
       <c r="L108" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M108" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N108" s="7"/>
       <c r="O108" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P108" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-05</t>
+          <t>(061)7023101</t>
         </is>
       </c>
       <c r="Q108" s="4"/>
       <c r="R108" s="4" t="inlineStr">
         <is>
-          <t>ztlvybor@ukr.net</t>
+          <t>znz87@ukr.net</t>
         </is>
       </c>
       <c r="S108" s="4" t="inlineStr">
         <is>
-          <t>http://vybor.zp.ua</t>
+          <t>https://www.zp87.ukr.education</t>
         </is>
       </c>
       <c r="T108" s="4" t="inlineStr">
         <is>
-          <t>Директор Ребрик Алла Олексіївна</t>
+          <t>Директор Лохманюк Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y108" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей "Перспектива" Запорізької міської ради</t>
+          <t>Запорізька загальноосвітня школа І-ІІІ ступенів №88 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B109" s="5" t="n">
-        <v>140256</v>
+        <v>137016</v>
       </c>
       <c r="C109" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
-          <t>ЗАЛ «Перспектива»</t>
+          <t>Запорізька ЗОШ №88</t>
         </is>
       </c>
       <c r="E109" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G109" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H109" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I109" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J109" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K109" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 55-ї бригади, 3Б</t>
+          <t>вулиця Музична, 2</t>
         </is>
       </c>
       <c r="L109" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M109" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N109" s="7"/>
       <c r="O109" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P109" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-48</t>
+          <t>(061)769-80-53</t>
         </is>
       </c>
       <c r="Q109" s="4"/>
       <c r="R109" s="4" t="inlineStr">
         <is>
-          <t>zblzmr1@gmail.com</t>
+          <t>nvk88zap@gmail.com</t>
         </is>
       </c>
       <c r="S109" s="4" t="inlineStr">
         <is>
-          <t>https://www.perspectivazp.com</t>
+          <t>http://zschool88.wixsite.com/zp88</t>
         </is>
       </c>
       <c r="T109" s="4" t="inlineStr">
         <is>
-          <t>Директор Саміло Костянтин Миколайович</t>
+          <t>Директор Златова Людмила Іванівна</t>
         </is>
       </c>
       <c r="U109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y109" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="4" t="inlineStr">
         <is>
-          <t>Запорізький багатопрофільний ліцей №99 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька початкова школа "Барвінок" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B110" s="5" t="n">
-        <v>136131</v>
+        <v>134981</v>
       </c>
       <c r="C110" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
-          <t>Запорізький багатопрофільний ліцей № 99</t>
+          <t>ЗПШ "Барвінок"</t>
         </is>
       </c>
       <c r="E110" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G110" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H110" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I110" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J110" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K110" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 93-ї бригади, 13-А</t>
+          <t>вулиця Історична, 67а</t>
         </is>
       </c>
       <c r="L110" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M110" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N110" s="7"/>
       <c r="O110" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P110" s="4" t="inlineStr">
         <is>
-          <t>(061)286-29-21</t>
+          <t>(061)2397367</t>
         </is>
       </c>
       <c r="Q110" s="4"/>
       <c r="R110" s="4" t="inlineStr">
         <is>
-          <t>litsey99@ukr.net</t>
+          <t>barvinok94@ukr.net</t>
         </is>
       </c>
       <c r="S110" s="4" t="inlineStr">
         <is>
-          <t>http://litsey-99.at.ua</t>
+          <t>https://sites.google.com/view/znvkdarvinok/</t>
         </is>
       </c>
       <c r="T110" s="4" t="inlineStr">
         <is>
-          <t>Директор Солдатєнко Ольга Василівна</t>
+          <t>Директор Лисенко Альбіна Борисівна</t>
         </is>
       </c>
       <c r="U110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y110" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="4" t="inlineStr">
         <is>
-          <t>Запорізький класичний ліцей Запорізької міської ради Запорізької області</t>
+          <t>Запорізька початкова школа "Еврика" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B111" s="5" t="n">
-        <v>135606</v>
+        <v>139575</v>
       </c>
       <c r="C111" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
-          <t>Запорізький класичний ліцей</t>
+          <t>Запорізька початкова школа "Еврика"</t>
         </is>
       </c>
       <c r="E111" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G111" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H111" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I111" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J111" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K111" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леоніда Жаботинського, 23</t>
+          <t>вулиця Дудикіна, 20а</t>
         </is>
       </c>
       <c r="L111" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M111" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N111" s="7"/>
       <c r="O111" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P111" s="4" t="inlineStr">
         <is>
-          <t>(061)2398682, (061)2331144</t>
+          <t>(061)2862695, (061)2247754</t>
         </is>
       </c>
       <c r="Q111" s="4"/>
       <c r="R111" s="4" t="inlineStr">
         <is>
-          <t>lyceumsekret@ukr.net</t>
+          <t>uvkevrika@ukr.net</t>
         </is>
       </c>
       <c r="S111" s="4" t="inlineStr">
         <is>
-          <t>http://classlyceum.zp.ua</t>
+          <t>http://evrika189.at.ua</t>
         </is>
       </c>
       <c r="T111" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Марія Михайлівна</t>
+          <t>Директор Зуб Лариса Вікторівна</t>
         </is>
       </c>
       <c r="U111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y111" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="4" t="inlineStr">
         <is>
-          <t>Запорізький колегіум "Елінт" Запорізької міської ради Запорізької області</t>
+          <t>Запорізька початкова школа "Мрія" ім. О.М. Поради Запорізької міської ради</t>
         </is>
       </c>
       <c r="B112" s="5" t="n">
-        <v>136629</v>
+        <v>140824</v>
       </c>
       <c r="C112" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
-          <t>Запорізький колегіум "Елінт"</t>
+          <t>ЗПШ "Мрія"</t>
         </is>
       </c>
       <c r="E112" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G112" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H112" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I112" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J112" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K112" s="4" t="inlineStr">
         <is>
-          <t>вулиця Професора Толока, 29</t>
+          <t>вулиця Миколи Корищенка, 38А</t>
         </is>
       </c>
       <c r="L112" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M112" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N112" s="7"/>
       <c r="O112" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P112" s="4" t="inlineStr">
         <is>
-          <t>(061)707-50-13</t>
+          <t>(061)286-24-65</t>
         </is>
       </c>
       <c r="Q112" s="4"/>
       <c r="R112" s="4" t="inlineStr">
         <is>
-          <t>zk@elint.com.ua</t>
+          <t>centr_mria@ukr.net</t>
         </is>
       </c>
       <c r="S112" s="4" t="inlineStr">
         <is>
-          <t>http://elint.com.ua</t>
+          <t>https://mriazpnew.wixsite.com/znvkmria</t>
         </is>
       </c>
       <c r="T112" s="4" t="inlineStr">
         <is>
-          <t>Директор Зайковська Олена Анатоліївна</t>
+          <t>Директор Корольова Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y112" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="4" t="inlineStr">
         <is>
-          <t>Запорізький колегіум "Мала гуманітарна академія" Запорізької міської ради Запорізької області</t>
+          <t>Запорізька початкова школа "Натхнення" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B113" s="5" t="n">
-        <v>136948</v>
+        <v>176577</v>
       </c>
       <c r="C113" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D113" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D113" s="4"/>
       <c r="E113" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
-          <t>коллегіум</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G113" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H113" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I113" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J113" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K113" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 93-ї бригади, 13</t>
+          <t>вулиця Богдана Завади, 6А</t>
         </is>
       </c>
       <c r="L113" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M113" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N113" s="7"/>
       <c r="O113" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P113" s="4" t="inlineStr">
         <is>
-          <t>(061)2397554</t>
+          <t>(061)286-24-61</t>
         </is>
       </c>
       <c r="Q113" s="4"/>
       <c r="R113" s="4" t="inlineStr">
         <is>
-          <t>mga-school@ukr.net</t>
+          <t>nathnenya2021@gmail.com</t>
         </is>
       </c>
       <c r="S113" s="4" t="inlineStr">
         <is>
-          <t>http://mga.in.ua</t>
+          <t>https://sites.google.com/view/zpsh-nathnennya/</t>
         </is>
       </c>
       <c r="T113" s="4" t="inlineStr">
         <is>
-          <t>Директор Євтушенко Вікторія Валеріївна</t>
+          <t>Директор Кліпко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y113" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей №71 Запорізької міської ради</t>
+          <t>Запорізька початкова школа "Прогрес" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B114" s="5" t="n">
-        <v>135670</v>
+        <v>135429</v>
       </c>
       <c r="C114" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей №71</t>
+          <t>ЗПШ "Прогрес"</t>
         </is>
       </c>
       <c r="E114" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G114" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H114" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I114" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J114" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K114" s="4" t="inlineStr">
         <is>
-          <t>бульвар Марії Примаченко, 8</t>
+          <t>вулиця Бочарова, 5А</t>
         </is>
       </c>
       <c r="L114" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M114" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N114" s="7"/>
       <c r="O114" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P114" s="4" t="inlineStr">
         <is>
-          <t>(061)2338111, (061)2338711</t>
+          <t>(061)286-24-85</t>
         </is>
       </c>
       <c r="Q114" s="4"/>
       <c r="R114" s="4" t="inlineStr">
         <is>
-          <t>school-71@ukr.net</t>
+          <t>schoolprogress2000@ukr.net</t>
         </is>
       </c>
       <c r="S114" s="4" t="inlineStr">
         <is>
-          <t>http://school-71.zp.ua</t>
+          <t>https://www.progres.zp.ua/</t>
         </is>
       </c>
       <c r="T114" s="4" t="inlineStr">
         <is>
-          <t>Директор Терновська Людмила Іванівна</t>
+          <t>Директор Сукач Світлана Іванівна</t>
         </is>
       </c>
       <c r="U114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y114" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "Альтернатива" Запорізької міської ради</t>
+          <t>Запорізька початкова школа "Світанок" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B115" s="5" t="n">
-        <v>135314</v>
+        <v>139744</v>
       </c>
       <c r="C115" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "Альтернатива"</t>
+          <t>ЗПШ "Світанок"</t>
         </is>
       </c>
       <c r="E115" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G115" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H115" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I115" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J115" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K115" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 154-Г</t>
+          <t>вулиця Фортечна, 92А</t>
         </is>
       </c>
       <c r="L115" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M115" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N115" s="7"/>
       <c r="O115" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P115" s="4" t="inlineStr">
         <is>
-          <t>(061)2862840</t>
+          <t>(061)286-23-36</t>
         </is>
       </c>
       <c r="Q115" s="4"/>
       <c r="R115" s="4" t="inlineStr">
         <is>
-          <t>zvh12.zp.ua@gmail.com</t>
+          <t>znvksvitanok@ukr.net</t>
         </is>
       </c>
       <c r="S115" s="4" t="inlineStr">
         <is>
-          <t>http://zvh121.wix.com/zvh12</t>
+          <t>https://zpsh-svitanok.wixsite.com/site</t>
         </is>
       </c>
       <c r="T115" s="4" t="inlineStr">
         <is>
-          <t>Директор Губрієнко Оксана Геннадіївна</t>
+          <t>Директор Ряпісова Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "Логос" Запорізької міської ради Запорізької області</t>
+          <t>Запорізька приватна класична гімназія "Інтелект" Запорізької області</t>
         </is>
       </c>
       <c r="B116" s="5" t="n">
-        <v>135434</v>
+        <v>138189</v>
       </c>
       <c r="C116" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
-          <t>ЗЛ "ЛОГОС" ЗМР ЗО</t>
+          <t>ЗПКГ "Інтелект"</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G116" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H116" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I116" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J116" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K116" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рекордна, 27-А</t>
+          <t>бульвар Центральний, 15-А</t>
         </is>
       </c>
       <c r="L116" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M116" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N116" s="7"/>
       <c r="O116" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P116" s="4" t="inlineStr">
         <is>
-          <t>(061)7648877, (061)7016609</t>
+          <t>(061)2796692</t>
         </is>
       </c>
       <c r="Q116" s="4"/>
       <c r="R116" s="4" t="inlineStr">
         <is>
-          <t>zllog90@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ogg27@ukr.net</t>
+        </is>
+      </c>
+      <c r="S116" s="4"/>
       <c r="T116" s="4" t="inlineStr">
         <is>
-          <t>Директор Могилін Олександр Володимирович</t>
+          <t>Директор Жирова Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y116" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "ОРТ-Алєф" Запорізької міської ради</t>
+          <t>Запорізька спеціалізована школа з поглибленим вивченням іноземної мови №7 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B117" s="5" t="n">
-        <v>135259</v>
+        <v>137018</v>
       </c>
       <c r="C117" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D117" s="4"/>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька СШ №7</t>
+        </is>
+      </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G117" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H117" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I117" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J117" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K117" s="4" t="inlineStr">
         <is>
-          <t>бульвар Марії Примаченко, 14</t>
+          <t>вулиця Північнокільцева, 21</t>
         </is>
       </c>
       <c r="L117" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M117" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N117" s="7"/>
       <c r="O117" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P117" s="4" t="inlineStr">
         <is>
-          <t>(061)2268309, (061)2395032</t>
+          <t>(061)7698037</t>
         </is>
       </c>
       <c r="Q117" s="4"/>
       <c r="R117" s="4" t="inlineStr">
         <is>
-          <t>ortalef@ort.zp.ua</t>
+          <t>mail@school7.zp.ua</t>
         </is>
       </c>
       <c r="S117" s="4" t="inlineStr">
         <is>
-          <t>http://ort.zp.ua</t>
+          <t>http://school7.zp.ua</t>
         </is>
       </c>
       <c r="T117" s="4" t="inlineStr">
         <is>
-          <t>Директор Шальміна Доліна Михайлівна</t>
+          <t>Директор Білоус Костянтин Андрійович</t>
         </is>
       </c>
       <c r="U117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y117" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="4" t="inlineStr">
         <is>
-          <t>Запорізький навчально-виховний комплекс II-III ступенів №82 з виробничим навчанням Запорізької міської ради Запорізької області</t>
+          <t>Запорізька спеціалізована школа І-ІІІ ступенів №100 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B118" s="5" t="n">
-        <v>136266</v>
+        <v>136609</v>
       </c>
       <c r="C118" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>ЗНВК №82</t>
+          <t>Запорізька СШ№100</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H118" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I118" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J118" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K118" s="4" t="inlineStr">
         <is>
-          <t>вулиця Абрагама Коопа, 16</t>
+          <t>вулиця Дмитра Вишневецького, 2-А</t>
         </is>
       </c>
       <c r="L118" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M118" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
-          <t>(061)286-25-77</t>
+          <t>(061)270-01-93</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
         <is>
-          <t>znvk82@ukr.net</t>
+          <t>zsh100zp@gmail.com</t>
         </is>
       </c>
       <c r="S118" s="4" t="inlineStr">
         <is>
-          <t>http://nvk82.zp.sch.in.ua</t>
+          <t>http://schkola100-zaporozhye.jimdo.com/</t>
         </is>
       </c>
       <c r="T118" s="4" t="inlineStr">
         <is>
-          <t>Директор Чехов Олег Йосипович</t>
+          <t>Директор Доновський Сергій Миколайович</t>
         </is>
       </c>
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Запорізький навчально-виховний комплекс №67 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька спеціалізована школа фізичної культури І-ІІІ ступенів №18 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
-        <v>136039</v>
+        <v>139648</v>
       </c>
       <c r="C119" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>Запорізький НВК №67</t>
+          <t>ЗСШФК №18 ЗМР ЗО</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радіаторна, 26</t>
+          <t>вулиця Краківська, 8А</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
-          <t>(061)2397350, (061)2397348</t>
+          <t>(061)286-23-37</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
         <is>
-          <t>znvk67.zp@gmail.com</t>
+          <t>sport@18school.zp.ua</t>
         </is>
       </c>
       <c r="S119" s="4" t="inlineStr">
         <is>
-          <t>http://www.znvk67.zp.ua</t>
+          <t>http://sport18.zp.ua</t>
         </is>
       </c>
       <c r="T119" s="4" t="inlineStr">
         <is>
-          <t>Директор Малиш Олена Євгенівна</t>
+          <t>Директор Кардинал Лілія Олегівна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Запорізький приватний навчально-виховний комплекс І-ІІІ ступенів "РЕАЛ" Запорізької області</t>
+          <t>Запорізька суспільно-гуманітарна гімназія №27 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B120" s="5" t="n">
-        <v>142570</v>
+        <v>135462</v>
       </c>
       <c r="C120" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>ЗПНВК "РЕАЛ"</t>
+          <t>Гімназія № 27</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H120" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I120" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J120" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 155</t>
+          <t>бульвар Центральний, 15-А</t>
         </is>
       </c>
       <c r="L120" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M120" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N120" s="7"/>
       <c r="O120" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P120" s="4" t="inlineStr">
         <is>
-          <t>(061)7876267</t>
+          <t>(061)2796692, (061)2795433</t>
         </is>
       </c>
       <c r="Q120" s="4"/>
       <c r="R120" s="4" t="inlineStr">
         <is>
-          <t>zpnvkreal@ukr.net</t>
+          <t>ogg27@ukr.net</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
-          <t>http://real-school.zp.ua</t>
+          <t>http://gimnasiya27.at.ua</t>
         </is>
       </c>
       <c r="T120" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондаренко Інна Іванівна</t>
+          <t>Директор Гашенко Людмила Дмитрівна</t>
         </is>
       </c>
       <c r="U120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Запорізький технічний ліцей Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей № 15 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B121" s="5" t="n">
-        <v>134672</v>
+        <v>135175</v>
       </c>
       <c r="C121" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>Запорізький технічний ліцей</t>
+          <t>ЗАЛ №15</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G121" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H121" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I121" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J121" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>вулиця Залізнична/Інституцька, 11/2</t>
+          <t>вулиця Фортечна, 68</t>
         </is>
       </c>
       <c r="L121" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M121" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P121" s="4" t="inlineStr">
         <is>
-          <t>(061)720-33-35, (061)720-22-23</t>
+          <t>(061)7641312, (061)7645555, (061)7876548, (061)7202203</t>
         </is>
       </c>
       <c r="Q121" s="4"/>
       <c r="R121" s="4" t="inlineStr">
         <is>
-          <t>z_tex_litchei@ukr.net</t>
+          <t>school15zp@ukr.net</t>
         </is>
       </c>
       <c r="S121" s="4" t="inlineStr">
         <is>
-          <t>http://www.ztl.zp.ua</t>
+          <t>https://sites.google.com/view/school15zp/</t>
         </is>
       </c>
       <c r="T121" s="4" t="inlineStr">
         <is>
-          <t>Директор Баглер Ігор Олегович</t>
+          <t>Директор Кириченко Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський опорний заклад загальної середньої освіти І-ІІІ ступенів Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей № 23 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B122" s="5" t="n">
-        <v>136366</v>
+        <v>136903</v>
       </c>
       <c r="C122" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський опорний ЗЗСО</t>
+          <t>Запорізький академічний ліцей № 23</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 11</t>
+          <t>вулиця Парамонова, 6-А</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
-          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
-          <t>(066)2310310</t>
+          <t>(061)769-80-27</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
-          <t>kyubzosh@gmail.com</t>
+          <t>school23zp@gmail.com</t>
         </is>
       </c>
       <c r="S122" s="4" t="inlineStr">
         <is>
-          <t>http://kuib-school2.at.ua/</t>
+          <t>http://znvk23.zp.ua</t>
         </is>
       </c>
       <c r="T122" s="4" t="inlineStr">
         <is>
-          <t>Директор Паржиховська Вікторія Владиславівна</t>
+          <t>Директор Майоров Володимир Миколайович</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський спеціалізований заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей № 6 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B123" s="5" t="n">
-        <v>136362</v>
+        <v>136719</v>
       </c>
       <c r="C123" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>Більмацький спеціалізований ЗЗСО "Інтелект"</t>
+          <t>Запорізький академічний ліцей №6</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G123" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H123" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I123" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J123" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K123" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 11</t>
+          <t>вулиця Олімпійська, 2</t>
         </is>
       </c>
       <c r="L123" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M123" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
-          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P123" s="4" t="inlineStr">
         <is>
-          <t>(066)5874698</t>
+          <t>(061)7698033</t>
         </is>
       </c>
       <c r="Q123" s="4"/>
       <c r="R123" s="4" t="inlineStr">
         <is>
-          <t>intelektzosh@gmail.com</t>
+          <t>gymnasium@6.zp.ua</t>
         </is>
       </c>
       <c r="S123" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/intelektzosh</t>
+          <t>http://www.6.zp.ua/</t>
         </is>
       </c>
       <c r="T123" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Заярський Олександр Васильович</t>
+          <t>Директор Липський Костянтин Валентинович</t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Вербівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей №28 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>136381</v>
+        <v>135463</v>
       </c>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D124" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D124" s="4"/>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K124" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Вячеслава Зайцева, 16</t>
         </is>
       </c>
       <c r="L124" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M124" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P124" s="4" t="inlineStr">
         <is>
-          <t>(061)6538140</t>
-[...2 lines deleted...]
-      <c r="Q124" s="4"/>
+          <t>(061)2335125, (061)2332553, (061)2331338</t>
+        </is>
+      </c>
+      <c r="Q124" s="4" t="inlineStr">
+        <is>
+          <t>(061)2332553</t>
+        </is>
+      </c>
       <c r="R124" s="4" t="inlineStr">
         <is>
-          <t>verbivsko@gmail.com</t>
+          <t>zp28gimn@ukr.net</t>
         </is>
       </c>
       <c r="S124" s="4" t="inlineStr">
         <is>
-          <t>http://verb2school.ho.ua</t>
+          <t>http://www.school28.zp.ua</t>
         </is>
       </c>
       <c r="T124" s="4" t="inlineStr">
         <is>
-          <t>Директор Пода Андрій Сергійович</t>
+          <t>Директор Бурма Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Інженерненський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей №31 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>136371</v>
+        <v>135914</v>
       </c>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>КУ "Інженерненський ліцей"</t>
+          <t>Запорізький ліцей № 31</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Фанатська, 4</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
-          <t>(06165)35940</t>
+          <t>(061)7023119</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>ingenernezosh@ukr.net</t>
+          <t>mail@gmz31.com</t>
         </is>
       </c>
       <c r="S125" s="4" t="inlineStr">
         <is>
-          <t>https://ku-inzenernenskij-licej.webnode.com.ua/</t>
+          <t>http://gymnasium31.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
-          <t>Директор Цикало Наталія Анатоліївна</t>
+          <t>Директор Хрушкая Вікторія Валеріївна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Костянтинівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей №34 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>136286</v>
+        <v>137825</v>
       </c>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>КУ "Костянтинівська гімназія"</t>
+          <t>ЗАЛ №34</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K126" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Богдана Завади, 8</t>
         </is>
       </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P126" s="4" t="inlineStr">
         <is>
-          <t>(061)6539740</t>
+          <t>(061)286-24-33</t>
         </is>
       </c>
       <c r="Q126" s="4"/>
       <c r="R126" s="4" t="inlineStr">
         <is>
-          <t>konstanschool@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S126" s="4"/>
+          <t>zplicey34@gmail.com</t>
+        </is>
+      </c>
+      <c r="S126" s="4" t="inlineStr">
+        <is>
+          <t>http://zplicey34.at.ua</t>
+        </is>
+      </c>
       <c r="T126" s="4" t="inlineStr">
         <is>
-          <t>Директор Соколовська Людмила Олексіївна</t>
+          <t>Директор Дацінько Євдокія Григорівна</t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Новокарлівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей №45 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>135840</v>
+        <v>136126</v>
       </c>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>КУ "Новокарлівський ліцей"</t>
+          <t>Запорізький академічний ліцей №45</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>проспект Ювілейний, 30-А</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
-          <t>(06165)57212</t>
+          <t>(061)226-06-03</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>novokarlivska111@gmail.com</t>
+          <t>gym45zp@gmail.com</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
-          <t>https://ku-novokarlivska-zosh-i-iii-st.webnode.com.ua/</t>
+          <t>https://sites.google.com/a/zgym45.com/zaporizka-gimnazia-no45/</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>Директор Цикало Віталій Вікторович</t>
+          <t>Директор Мєркіна Антоніна Леонідівна</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №1" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей №46 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>136386</v>
+        <v>136826</v>
       </c>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей № 1"</t>
+          <t>Запорізький академічний ліцей №46</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Павлокічкаська, 29</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>(06165)22413</t>
+          <t>(061)7082350, (061)2397357</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
-          <t>pology.kolegium1@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S128" s="4"/>
+          <t>gimnazy46@i.ua</t>
+        </is>
+      </c>
+      <c r="S128" s="4" t="inlineStr">
+        <is>
+          <t>http://gimnazy46.wix.com/school</t>
+        </is>
+      </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t>Директор Кучер Олександр Федорович</t>
+          <t>Директор Кругла Людмила Юхимівна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №2" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей №93 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>136388</v>
+        <v>137142</v>
       </c>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей №2"</t>
+          <t>Запорізький академічний ліцей №93</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K129" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Полякова, 9</t>
         </is>
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
-          <t>(06165)50008, (06165)55850</t>
+          <t>(061)286-24-37</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>pologyschool2@gmail.com</t>
+          <t>school93-60@ukr.net</t>
         </is>
       </c>
       <c r="S129" s="4" t="inlineStr">
         <is>
-          <t>http://polohy-school2.edukit.zp.ua</t>
+          <t>http://g93.osvita.zp.ua</t>
         </is>
       </c>
       <c r="T129" s="4" t="inlineStr">
         <is>
-          <t>Директор Волощук Богдан Миколайович</t>
+          <t>Директор Гаркуша Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Пологівський ліцей №4" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей "Вибір" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>136393</v>
+        <v>139647</v>
       </c>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей №4"</t>
+          <t>Академічний ліцей "Вибір"</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K130" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Пархоменка, 19</t>
         </is>
       </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P130" s="4" t="inlineStr">
         <is>
-          <t>(06165)22619, (06165)50007</t>
+          <t>(061)286-23-05</t>
         </is>
       </c>
       <c r="Q130" s="4"/>
       <c r="R130" s="4" t="inlineStr">
         <is>
-          <t>litsey4pology@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S130" s="4"/>
+          <t>ztlvybor@ukr.net</t>
+        </is>
+      </c>
+      <c r="S130" s="4" t="inlineStr">
+        <is>
+          <t>http://vybor.zp.ua</t>
+        </is>
+      </c>
       <c r="T130" s="4" t="inlineStr">
         <is>
-          <t>Директор Хижняк Станіслав Володимирович</t>
+          <t>Директор Ребрик Алла Олексіївна</t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №5" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей "Логос" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>135918</v>
+        <v>135434</v>
       </c>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей № 5"</t>
+          <t>ЗАЛ "ЛОГОС" ЗМР</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Рекордна, 27-А</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P131" s="4" t="inlineStr">
         <is>
-          <t>(066)5457056</t>
+          <t>(061)7648877, (061)7016609</t>
         </is>
       </c>
       <c r="Q131" s="4"/>
       <c r="R131" s="4" t="inlineStr">
         <is>
-          <t>pology.litsei.5@gmail.com</t>
+          <t>zllog90@gmail.com</t>
         </is>
       </c>
       <c r="S131" s="4" t="inlineStr">
         <is>
-          <t>http://pologi-nvk.jimdo.com/</t>
+          <t>http://www.zllogos.zp.ua</t>
         </is>
       </c>
       <c r="T131" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зуй Ірина Степанівна</t>
+          <t>Директор Могилін Олександр Володимирович</t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей "Основа" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький академічний ліцей "Перспектива" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>136392</v>
+        <v>140256</v>
       </c>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей "Основа"</t>
+          <t>ЗАЛ «Перспектива»</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Героїв 55-ї бригади, 3Б</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P132" s="4" t="inlineStr">
         <is>
-          <t>(06165)23815</t>
+          <t>(061)286-24-48</t>
         </is>
       </c>
       <c r="Q132" s="4"/>
       <c r="R132" s="4" t="inlineStr">
         <is>
-          <t>pologyschool3@gmail.com</t>
+          <t>zblzmr1@gmail.com</t>
         </is>
       </c>
       <c r="S132" s="4" t="inlineStr">
         <is>
-          <t>http://polohy-osnova.zp.sch.in.ua/</t>
+          <t>https://www.perspectivazp.com</t>
         </is>
       </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
-          <t>Директор Приходько Лілія Юріївна</t>
+          <t>Директор Саміло Костянтин Миколайович</t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Тарасівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Запорізький багатопрофільний ліцей №99 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>136377</v>
+        <v>136131</v>
       </c>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>КУ "Тарасівська гімназія"</t>
+          <t>Запорізький багатопрофільний ліцей № 99</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J133" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Героїв 93-ї бригади, 13-А</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>(061)6536426</t>
+          <t>(061)286-29-21</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>tarasiv.zosh@ukr.net</t>
+          <t>litsey99@ukr.net</t>
         </is>
       </c>
       <c r="S133" s="4" t="inlineStr">
         <is>
-          <t>http://Tarassc.zz.mu</t>
+          <t>http://litsey-99.at.ua</t>
         </is>
       </c>
       <c r="T133" s="4" t="inlineStr">
         <is>
-          <t>Директор Діденко Олександр Васильович</t>
+          <t>Директор Солдатєнко Ольга Василівна</t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Берестівська гімназія" Берестівської сільської ради Бердянського району Запорізької області</t>
+          <t>Запорізький класичний ліцей Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>134948</v>
+        <v>135606</v>
       </c>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>КЗ «Берестівська гімназія»</t>
+          <t>Запорізький класичний ліцей</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Леоніда Жаботинського, 23</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Берестівської сільської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(06153)96-2-60</t>
+          <t>(061)2398682, (061)2331144</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>berestove.school@meta.ua</t>
+          <t>lyceumsekret@ukr.net</t>
         </is>
       </c>
       <c r="S134" s="4" t="inlineStr">
         <is>
-          <t>http://berestovoechool.at.ua</t>
+          <t>http://classlyceum.zp.ua</t>
         </is>
       </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
-          <t>Директор Грицай Євгеній Миколайович</t>
+          <t>Директор Гончаренко Марія Михайлівна</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Благовіщенська загальноосвітня школа І-ІІІ ступенів" Благовіщенської сільської ради Василівського району Запорізької області</t>
+          <t>Запорізький колегіум "Елінт" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>134793</v>
+        <v>136629</v>
       </c>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>КЗ"Благовіщенська ЗОШ"</t>
+          <t>Запорізький колегіум "Елінт"</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Професора Толока, 29</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, фізичної культури та спорту Благовіщенської сільської ради Василівського району Запорізької області</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P135" s="4" t="inlineStr">
         <is>
-          <t>(061)3896616, (061)3896533</t>
+          <t>(061)707-50-13</t>
         </is>
       </c>
       <c r="Q135" s="4"/>
       <c r="R135" s="4" t="inlineStr">
         <is>
-          <t>blagschool1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S135" s="4"/>
+          <t>zk@elint.com.ua</t>
+        </is>
+      </c>
+      <c r="S135" s="4" t="inlineStr">
+        <is>
+          <t>http://elint.com.ua</t>
+        </is>
+      </c>
       <c r="T135" s="4" t="inlineStr">
         <is>
-          <t> Звягін Віталій Петрович</t>
+          <t>Директор Зайковська Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Веселівська гімназія № 2" Веселівської селищної ради Мелітопольського району Запорізької області</t>
+          <t>Запорізький колегіум "Мала гуманітарна академія" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>135223</v>
+        <v>136948</v>
       </c>
       <c r="C136" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>Веселівська гімназія № 2</t>
+          <t>ЗК "МГА"</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>коллегіум</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 133</t>
+          <t>вулиця Героїв 93-ї бригади, 13</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Веселівської селищної ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P136" s="4" t="inlineStr">
         <is>
-          <t>(06136)2-15-94</t>
+          <t>(061)2397554</t>
         </is>
       </c>
       <c r="Q136" s="4"/>
       <c r="R136" s="4" t="inlineStr">
         <is>
-          <t>vesschool@ukr.net</t>
+          <t>mga-school@ukr.net</t>
         </is>
       </c>
       <c r="S136" s="4" t="inlineStr">
         <is>
-          <t>http://vesschool2.ucoz.ua</t>
+          <t>http://mga.in.ua</t>
         </is>
       </c>
       <c r="T136" s="4" t="inlineStr">
         <is>
-          <t>Директор Нестеренко Людмила Миколаївна</t>
+          <t>Директор Євтушенко Вікторія Валеріївна</t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Веселівська районна різнопрофільна гімназія" Веселівської селищної ради</t>
+          <t>Запорізький ліцей №71 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>135794</v>
+        <v>135670</v>
       </c>
       <c r="C137" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Веселівська районна різнопрофільна гімназія"</t>
+          <t>Запорізький ліцей №71</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 133</t>
+          <t>бульвар Марії Примаченко, 8</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Веселівської селищної ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P137" s="4" t="inlineStr">
         <is>
-          <t>(06136)21632</t>
+          <t>(061)2338111, (061)2338711</t>
         </is>
       </c>
       <c r="Q137" s="4"/>
       <c r="R137" s="4" t="inlineStr">
         <is>
-          <t>vesele.gimnaziya@ukr.net</t>
+          <t>school-71@ukr.net</t>
         </is>
       </c>
       <c r="S137" s="4" t="inlineStr">
         <is>
-          <t>http://vesele-gimnaz.ucoz.ua/</t>
+          <t>http://school-71.zp.ua</t>
         </is>
       </c>
       <c r="T137" s="4" t="inlineStr">
         <is>
-          <t>Директор Кривко Ігор Олексійович</t>
+          <t>Директор Терновська Людмила Іванівна</t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Гімназія № 1 м. Приморська" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Запорізький ліцей "Альтернатива" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>137983</v>
+        <v>135314</v>
       </c>
       <c r="C138" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Гімназія № 1 м. Приморська"</t>
+          <t>Запорізький ліцей "Альтернатива"</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>проспект Соборний, 154-Г</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
-          <t>(06137)72139</t>
+          <t>(061)2862840</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>prim.school1@gmail.com</t>
+          <t>zvh12.zp.ua@gmail.com</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/prim.school1.ukr.education/znz1/</t>
+          <t>http://zvh121.wix.com/zvh12</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
-          <t>Директор Македонська Світлана Іванівна</t>
+          <t>Директор Губрієнко Оксана Геннадіївна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Гімназія №2 м. Приморськ" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Запорізький ліцей "ОРТ-Алєф" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>137980</v>
+        <v>135259</v>
       </c>
       <c r="C139" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D139" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D139" s="4"/>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>бульвар Марії Примаченко, 14</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P139" s="4" t="inlineStr">
         <is>
-          <t>(06137)73606</t>
+          <t>(061)2268309, (061)2395032</t>
         </is>
       </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>zosh-2-primorsk@ukr.net</t>
+          <t>ortalef@ort.zp.ua</t>
         </is>
       </c>
       <c r="S139" s="4" t="inlineStr">
         <is>
-          <t>http://prim2school.ucoz.ua/</t>
+          <t>http://ort.zp.ua</t>
         </is>
       </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
-          <t>Директор Донченко Сергій Євгенович</t>
+          <t>Директор Шальміна Доліна Михайлівна</t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська гімназія "Софія" - загальноосвітня школа І-ІІІ ступенів № 1" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Запорізький навчально-виховний комплекс №67 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>134360</v>
+        <v>136039</v>
       </c>
       <c r="C140" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Дніпрорудненська гімназія "Софія" - ЗОШ І-ІІІ ступенів № 1" ДМР ВР ЗО</t>
+          <t>Запорізький НВК №67</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Радіаторна, 26</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>(0617)576282</t>
+          <t>(061)2397350, (061)2397348</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>priyomnaya.czsofia@ukr.net</t>
+          <t>znvk67.zp@gmail.com</t>
         </is>
       </c>
       <c r="S140" s="4" t="inlineStr">
         <is>
-          <t>http://sofiya-dn.com/</t>
+          <t>http://www.znvk67.zp.ua</t>
         </is>
       </c>
       <c r="T140" s="4" t="inlineStr">
         <is>
-          <t> Притула Світлана Олександрівна</t>
+          <t>Директор Малиш Олена Євгенівна</t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Світоч" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Запорізький приватний навчально-виховний комплекс І-ІІІ ступенів "РЕАЛ" Запорізької області</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>134260</v>
+        <v>142570</v>
       </c>
       <c r="C141" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ДСШ І-ІІІ ст. "Світоч" ДМР ВР ЗО</t>
+          <t>ЗПНВК "РЕАЛ"</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Гоголя, 155</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P141" s="4" t="inlineStr">
         <is>
-          <t>(098)7809706</t>
+          <t>(061)7876267</t>
         </is>
       </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4" t="inlineStr">
         <is>
-          <t>kzsvitoch@gmail.com</t>
+          <t>zpnvkreal@ukr.net</t>
         </is>
       </c>
       <c r="S141" s="4" t="inlineStr">
         <is>
-          <t>http://www.shkolasvitoch.com.ua/</t>
+          <t>http://real-school.zp.ua</t>
         </is>
       </c>
       <c r="T141" s="4" t="inlineStr">
         <is>
-          <t> Розумейко Тетяна Миколаївна</t>
+          <t>Директор Бондаренко Інна Іванівна</t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Талант" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Запорізький технічний ліцей Запорізької міської ради</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>134270</v>
+        <v>134672</v>
       </c>
       <c r="C142" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ДСШ І-ІІІ ст. "Талант" ДМР ВР ЗО</t>
+          <t>Запорізький технічний ліцей</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Залізнична/Інституцька, 11/2</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P142" s="4" t="inlineStr">
         <is>
-          <t>(093)6214060</t>
+          <t>(061)720-33-35, (061)720-22-23</t>
         </is>
       </c>
       <c r="Q142" s="4"/>
       <c r="R142" s="4" t="inlineStr">
         <is>
-          <t>sh3_dnr@ukr.net</t>
+          <t>z_tex_litchei@ukr.net</t>
         </is>
       </c>
       <c r="S142" s="4" t="inlineStr">
         <is>
-          <t>https://talant.eddy.school</t>
+          <t>http://www.ztl.zp.ua</t>
         </is>
       </c>
       <c r="T142" s="4" t="inlineStr">
         <is>
-          <t> Герасименко Людмила Іванівна</t>
+          <t>Директор Баглер Ігор Олегович</t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціалізована школа-інтернат ІІ-ІІІ ступенів "Козацький ліцей" Запорізької обласної ради</t>
+          <t>Кам'янський опорний заклад загальної середньої освіти І-ІІІ ступенів Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>135207</v>
+        <v>136366</v>
       </c>
       <c r="C143" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>Запорізька школа-інтернат "Козацький ліцей"</t>
+          <t>Кам'янський опорний ЗЗСО</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>вулиця Щаслива, 2</t>
+          <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(0612)24-79-67</t>
+          <t>(066)2310310</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>zp.inter4@ukr.net</t>
+          <t>kyubzosh@gmail.com</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
-          <t>http://inter4.zp.ua/</t>
+          <t>http://kuib-school2.at.ua/</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
-          <t> Губіна Оксана Олександрівна</t>
+          <t>Директор Паржиховська Вікторія Владиславівна</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціалізована школа-інтернат ІІ-ІІІ ступенів "Січовий колегіум" Запорізької обласної ради</t>
+          <t>Кам'янський спеціалізований заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>137520</v>
+        <v>136362</v>
       </c>
       <c r="C144" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Запорізька школа-інтернат "Січовий колегіум"</t>
+          <t>Більмацький спеціалізований ЗЗСО "Інтелект"</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа-інтернат</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
-          <t>проспект Ювілейний, 19</t>
+          <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P144" s="4" t="inlineStr">
         <is>
-          <t>(061)2862080</t>
+          <t>(066)5874698</t>
         </is>
       </c>
       <c r="Q144" s="4"/>
       <c r="R144" s="4" t="inlineStr">
         <is>
-          <t>sichoviycolegium@gmail.com</t>
+          <t>intelektzosh@gmail.com</t>
         </is>
       </c>
       <c r="S144" s="4" t="inlineStr">
         <is>
-          <t>http://zski.com.ua</t>
+          <t>https://sites.google.com/view/intelektzosh</t>
         </is>
       </c>
       <c r="T144" s="4" t="inlineStr">
         <is>
-          <t> Волкова Галина Володимирівна</t>
+          <t>Т.в.о. директора Заярський Олександр Васильович</t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат №1" Запорізької обласної ради</t>
+          <t>Комунальна установа "Вербівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>137523</v>
+        <v>136381</v>
       </c>
       <c r="C145" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>Запорізька школа-інтернат №1</t>
+          <t>КУ "Вербівський ліцей"</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Котельникова, 16</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(061)286-96-15</t>
+          <t>(061)6538140</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>internat1zp@ukr.net</t>
+          <t>verbivsko@gmail.com</t>
         </is>
       </c>
       <c r="S145" s="4" t="inlineStr">
         <is>
-          <t>http://www.internat1.zp.ua</t>
+          <t>http://verb2school.ho.ua</t>
         </is>
       </c>
       <c r="T145" s="4" t="inlineStr">
         <is>
-          <t> Максимов Володимир Степанович</t>
+          <t>Директор Пода Андрій Сергійович</t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат №2" Запорізької обласної ради</t>
+          <t>Комунальна установа "Інженерненський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B146" s="5" t="n">
-        <v>136998</v>
+        <v>136371</v>
       </c>
       <c r="C146" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ЗСЗШ-І № 2" ЗОР</t>
+          <t>КУ "Інженерненський ліцей"</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
-          <t>вулиця І. Сікорського, 267</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>(061)239-70-50, (061)239-70-51, (061)2397055</t>
+          <t>(06165)35940</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
       <c r="R146" s="4" t="inlineStr">
         <is>
-          <t>zshi@ukr.net</t>
+          <t>ingenernezosh@ukr.net</t>
         </is>
       </c>
       <c r="S146" s="4" t="inlineStr">
         <is>
-          <t>http://zshi2.org.ua/</t>
+          <t>https://ku-inzenernenskij-licej.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T146" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Кисла Наталія Михайлівна</t>
+          <t>Директор Кононенко Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y146" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Джерело" Запорізької обласної ради</t>
+          <t>комунальна установа "Костянтинівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B147" s="5" t="n">
-        <v>136715</v>
+        <v>136286</v>
       </c>
       <c r="C147" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Запорізька школа-інтернат "Джерело"</t>
+          <t>КУ "Костянтинівська гімназія"</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H147" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I147" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J147" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тарасівська, 2</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L147" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M147" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N147" s="7"/>
       <c r="O147" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P147" s="4" t="inlineStr">
         <is>
-          <t>(061)707-55-15</t>
+          <t>(061)6539740</t>
         </is>
       </c>
       <c r="Q147" s="4"/>
       <c r="R147" s="4" t="inlineStr">
         <is>
-          <t>zsdjerelo@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>konstanschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S147" s="4"/>
       <c r="T147" s="4" t="inlineStr">
         <is>
-          <t>Директор Нішенко Олександр Володимирович</t>
+          <t>Директор Соколовська Людмила Олексіївна</t>
         </is>
       </c>
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Оберіг" Запорізької обласної ради</t>
+          <t>комунальна установа "Новокарлівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
-        <v>137226</v>
+        <v>135840</v>
       </c>
       <c r="C148" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Запорізька школа-інтернат "Оберіг"</t>
+          <t>КУ "Новокарлівський ліцей"</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H148" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I148" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K148" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Мономаха, 87-А</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L148" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M148" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P148" s="4" t="inlineStr">
         <is>
-          <t>(061)286-25-85</t>
+          <t>(06165)57212</t>
         </is>
       </c>
       <c r="Q148" s="4"/>
       <c r="R148" s="4" t="inlineStr">
         <is>
-          <t>oberig9@ukr.net</t>
+          <t>novokarlivska111@gmail.com</t>
         </is>
       </c>
       <c r="S148" s="4" t="inlineStr">
         <is>
-          <t>http://www.oberig.zp.ua</t>
+          <t>https://ku-novokarlivska-zosh-i-iii-st.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T148" s="4" t="inlineStr">
         <is>
-          <t> Дуда Ірина Олександрівна</t>
+          <t>Директор Цикало Віталій Вікторович</t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X148" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Орієнтир" Запорізької обласної ради</t>
+          <t>комунальна установа "Пологівський ліцей №1" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
-        <v>137203</v>
+        <v>136386</v>
       </c>
       <c r="C149" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ЗСЗШІ "Орієнтир" ЗОР</t>
+          <t>КУ "Пологівський ліцей № 1"</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K149" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сарматська, 17</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L149" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M149" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P149" s="4" t="inlineStr">
         <is>
-          <t>(066)403-57-10</t>
+          <t>(06165)22413</t>
         </is>
       </c>
       <c r="Q149" s="4"/>
       <c r="R149" s="4" t="inlineStr">
         <is>
-          <t>internat.orientir@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>pology.kolegium1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S149" s="4"/>
       <c r="T149" s="4" t="inlineStr">
         <is>
-          <t> Тихомирова Ганна Володимирівна</t>
+          <t>Директор Кучер Олександр Федорович</t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X149" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y149" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Світанок" Запорізької обласної ради</t>
+          <t>комунальна установа "Пологівський ліцей №2" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B150" s="5" t="n">
-        <v>137567</v>
+        <v>136388</v>
       </c>
       <c r="C150" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Запорізька школа-інтернат "Світанок"</t>
+          <t>КУ "Пологівський ліцей №2"</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H150" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J150" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K150" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перспективна, 8</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L150" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M150" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N150" s="7"/>
       <c r="O150" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P150" s="4" t="inlineStr">
         <is>
-          <t>(061)7077028</t>
+          <t>(06165)50008, (06165)55850</t>
         </is>
       </c>
       <c r="Q150" s="4"/>
       <c r="R150" s="4" t="inlineStr">
         <is>
-          <t>svitanok2022zp@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S150" s="4"/>
+          <t>pologyschool2@gmail.com</t>
+        </is>
+      </c>
+      <c r="S150" s="4" t="inlineStr">
+        <is>
+          <t>http://polohy-school2.edukit.zp.ua</t>
+        </is>
+      </c>
       <c r="T150" s="4" t="inlineStr">
         <is>
-          <t> Шарікова Катерина Павлівна</t>
+          <t>Директор Волощук Богдан Миколайович</t>
         </is>
       </c>
       <c r="U150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X150" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y150" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізький обласний академічний ліцей "Альта" Запорізької обласної ради</t>
+          <t>Комунальна установа "Пологівський ліцей №4" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B151" s="5" t="n">
-        <v>137510</v>
+        <v>136393</v>
       </c>
       <c r="C151" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Запорізький обласний академічний ліцей "Альта" ЗОР</t>
+          <t>КУ "Пологівський ліцей №4"</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H151" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J151" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K151" s="4" t="inlineStr">
         <is>
-          <t>вулиця Краєвидна, 1А</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L151" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M151" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N151" s="7"/>
       <c r="O151" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P151" s="4" t="inlineStr">
         <is>
-          <t>(061)286-97-58</t>
+          <t>(06165)22619, (06165)50007</t>
         </is>
       </c>
       <c r="Q151" s="4"/>
       <c r="R151" s="4" t="inlineStr">
         <is>
-          <t>internat7zp@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>litsey4pology@gmail.com</t>
+        </is>
+      </c>
+      <c r="S151" s="4"/>
       <c r="T151" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Кутузова Світлана Володимирівна</t>
+          <t>Директор Хижняк Станіслав Володимирович</t>
         </is>
       </c>
       <c r="U151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y151" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізький обласний ліцей-інтернат з посиленою військово-фізичною підготовкою "Захисник" Запорізької обласної ради</t>
+          <t>комунальна установа "Пологівський ліцей №5" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B152" s="5" t="n">
-        <v>137425</v>
+        <v>135918</v>
       </c>
       <c r="C152" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>КЗ ЗОЛ "Захисник" ЗОР</t>
+          <t>КУ "Пологівський ліцей № 5"</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H152" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I152" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J152" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K152" s="4" t="inlineStr">
         <is>
-          <t>вулиця Військбуд, 570</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L152" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M152" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P152" s="4" t="inlineStr">
         <is>
-          <t>(061)226-23-52, (061)226-23-53, (096)272-82-18</t>
+          <t>(066)5457056</t>
         </is>
       </c>
       <c r="Q152" s="4"/>
       <c r="R152" s="4" t="inlineStr">
         <is>
-          <t>zahisnik.zp@gmail.com</t>
+          <t>pology.litsei.5@gmail.com</t>
         </is>
       </c>
       <c r="S152" s="4" t="inlineStr">
         <is>
-          <t>www.zahisnik.zp.ua</t>
+          <t>http://pologi-nvk.jimdo.com/</t>
         </is>
       </c>
       <c r="T152" s="4" t="inlineStr">
         <is>
-          <t> Кулька Руслан Миколайович</t>
+          <t>В.о. директора Зуй Ірина Степанівна</t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізький обласний спортивний ліцей" Запорізької обласної ради</t>
+          <t>комунальна установа "Пологівський ліцей "Основа" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
-        <v>146714</v>
+        <v>136392</v>
       </c>
       <c r="C153" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ЗСЗШІСП" ЗОР</t>
+          <t>КУ "Пологівський ліцей "Основа"</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
-          <t>школа-інтернат</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G153" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H153" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I153" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J153" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K153" s="4" t="inlineStr">
         <is>
-          <t>вулиця Патріотична, 7</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L153" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M153" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N153" s="7"/>
       <c r="O153" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P153" s="4" t="inlineStr">
         <is>
-          <t>(0612)326650</t>
+          <t>(06165)23815</t>
         </is>
       </c>
       <c r="Q153" s="4"/>
       <c r="R153" s="4" t="inlineStr">
         <is>
-          <t>sport@zapisp.com</t>
+          <t>pologyschool3@gmail.com</t>
         </is>
       </c>
       <c r="S153" s="4" t="inlineStr">
         <is>
-          <t>http://www.zapisp.com</t>
+          <t>http://polohy-osnova.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T153" s="4" t="inlineStr">
         <is>
-          <t> Білова Лариса Василівна</t>
+          <t>Директор Приходько Лілія Юріївна</t>
         </is>
       </c>
       <c r="U153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X153" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y153" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Зеленівський ліцей" Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>комунальна установа "Тарасівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B154" s="5" t="n">
-        <v>135529</v>
+        <v>136377</v>
       </c>
       <c r="C154" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Зеленівський ліцей"</t>
+          <t>КУ "Тарасівська гімназія"</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H154" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I154" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J154" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 58</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L154" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M154" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N154" s="7"/>
       <c r="O154" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P154" s="4" t="inlineStr">
         <is>
-          <t>(06137)62141</t>
+          <t>(061)6536426</t>
         </is>
       </c>
       <c r="Q154" s="4"/>
       <c r="R154" s="4" t="inlineStr">
         <is>
-          <t>zelenivskijlicej@gmail.com</t>
+          <t>tarasiv.zosh@ukr.net</t>
         </is>
       </c>
       <c r="S154" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/zelenovskayaschool/</t>
+          <t>http://Tarassc.zz.mu</t>
         </is>
       </c>
       <c r="T154" s="4" t="inlineStr">
         <is>
-          <t>Директор Іотова Наталія Петрівна</t>
+          <t>Директор Діденко Олександр Васильович</t>
         </is>
       </c>
       <c r="U154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V154" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y154" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Кам'янсько-Дніпровська загальноосвітня школа І-ІІІ ступенів №3" Кам'янсько-Дніпровської міської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Берестівська гімназія" Берестівської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B155" s="5" t="n">
-        <v>134724</v>
+        <v>134948</v>
       </c>
       <c r="C155" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Кам'янсько-Дніпровська ЗОШ І-ІІІ ступенів №3"</t>
+          <t>КЗ «Берестівська гімназія»</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G155" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H155" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I155" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J155" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K155" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L155" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M155" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N155" s="7"/>
       <c r="O155" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Кам`янсько-Дніпровської міської ради Василівського району Запорізької області</t>
+          <t>Відділ освіти, культури, молоді та спорту Берестівської сільської ради</t>
         </is>
       </c>
       <c r="P155" s="4" t="inlineStr">
         <is>
-          <t>(095)53-37-851</t>
+          <t>(06153)96-2-60</t>
         </is>
       </c>
       <c r="Q155" s="4"/>
       <c r="R155" s="4" t="inlineStr">
         <is>
-          <t>school-3@kd-ovita.zp.ua</t>
-[...2 lines deleted...]
-      <c r="S155" s="4"/>
+          <t>berestove.school@meta.ua</t>
+        </is>
+      </c>
+      <c r="S155" s="4" t="inlineStr">
+        <is>
+          <t>http://berestovoechool.at.ua</t>
+        </is>
+      </c>
       <c r="T155" s="4" t="inlineStr">
         <is>
-          <t>Директор Різниченко Юлія Сергіївна</t>
+          <t>Директор Грицай Євгеній Миколайович</t>
         </is>
       </c>
       <c r="U155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V155" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y155" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Нестерянська спеціалізована різнопрофільна загальноосвітня школа I-III ступенів" Оріхівської міської ради</t>
+          <t>Комунальний заклад "Благовіщенська загальноосвітня школа І-ІІІ ступенів" Благовіщенської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B156" s="5" t="n">
-        <v>135297</v>
+        <v>134793</v>
       </c>
       <c r="C156" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Нестерянська СРЗОШ І-ІІІ ст."</t>
+          <t>КЗ"Благовіщенська ЗОШ"</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H156" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 43-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L156" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N156" s="7"/>
       <c r="O156" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Оріхівської міської ради Запорізької області</t>
+          <t>Відділ освіти, фізичної культури та спорту Благовіщенської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P156" s="4" t="inlineStr">
         <is>
-          <t>(06141)49290</t>
+          <t>(061)3896616, (061)3896533</t>
         </is>
       </c>
       <c r="Q156" s="4"/>
       <c r="R156" s="4" t="inlineStr">
         <is>
-          <t>nesterianka2@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>blagschool1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S156" s="4"/>
       <c r="T156" s="4" t="inlineStr">
         <is>
-          <t>Директор Закарлюка Наталія Олександрівна</t>
+          <t> Звягін Віталій Петрович</t>
         </is>
       </c>
       <c r="U156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V156" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y156" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Новоукраїнська гімназія" Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №1" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B157" s="5" t="n">
-        <v>136708</v>
+        <v>134261</v>
       </c>
       <c r="C157" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Новоукраїнська гімназія"</t>
+          <t>КЗ "Василівська ЗОШ І-ІІІ ступенів №1" ВМР ЗО</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G157" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H157" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I157" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 11</t>
+          <t>вулиця Грищенка Володимира, 9</t>
         </is>
       </c>
       <c r="L157" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M157" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N157" s="7"/>
       <c r="O157" s="4" t="inlineStr">
         <is>
-          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P157" s="4" t="inlineStr">
         <is>
-          <t>(06147)75630</t>
+          <t>(097)453-31-32</t>
         </is>
       </c>
       <c r="Q157" s="4"/>
       <c r="R157" s="4" t="inlineStr">
         <is>
-          <t>novukrzosh@gmail.com</t>
+          <t>natasha_kit@ukr.net</t>
         </is>
       </c>
       <c r="S157" s="4" t="inlineStr">
         <is>
-          <t>http://novoykrainkazoh.ucoz.ua/</t>
+          <t>http://vasschool1.at.ua</t>
         </is>
       </c>
       <c r="T157" s="4" t="inlineStr">
         <is>
-          <t>Директор Яковлєва Тетяна Геннадіївна</t>
+          <t>В.о. директора Кіт Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V157" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y157" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Преславська гімназія імені академіка Миколи Державіна" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №3" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B158" s="5" t="n">
-        <v>136360</v>
+        <v>134443</v>
       </c>
       <c r="C158" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Преславська гімназія імені академіка Миколи Державіна"</t>
+          <t>КЗ "Василівська ЗОШ І - ІІІ ступенів № 3" ВМР ЗО</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G158" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H158" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I158" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J158" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K158" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L158" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M158" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N158" s="7"/>
       <c r="O158" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P158" s="4" t="inlineStr">
         <is>
-          <t>(06137)76132</t>
+          <t>(096)219-64-56</t>
         </is>
       </c>
       <c r="Q158" s="4"/>
       <c r="R158" s="4" t="inlineStr">
         <is>
-          <t>preslav_zoh@ukr.net</t>
+          <t>annasschulle@gmail.com</t>
         </is>
       </c>
       <c r="S158" s="4" t="inlineStr">
         <is>
-          <t>https://preslavzoh.wixsite.com/kz-preslav</t>
+          <t>http://vastretya.ucoz.site</t>
         </is>
       </c>
       <c r="T158" s="4" t="inlineStr">
         <is>
-          <t>Директор Саввова Тетяна Іванівна</t>
+          <t>Т.в.о. директора Куткова Анна В'ячеславівна</t>
         </is>
       </c>
       <c r="U158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V158" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y158" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Приморський регіональний українсько-болгарський багатопрофільний ліцей ІІ-ІІІ ступенів" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>комунальний заклад "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>136364</v>
+        <v>134507</v>
       </c>
       <c r="C159" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Приморський ліцей"</t>
+          <t>КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H159" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K159" s="4" t="inlineStr">
         <is>
-          <t>провулок Соборний, 145</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L159" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M159" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P159" s="4" t="inlineStr">
         <is>
-          <t>(06137)73547</t>
+          <t>(097)48-74-776</t>
         </is>
       </c>
       <c r="Q159" s="4"/>
       <c r="R159" s="4" t="inlineStr">
         <is>
-          <t>prubml2015@gmail.com</t>
+          <t>licej.suziria.1952@gmail.com</t>
         </is>
       </c>
       <c r="S159" s="4" t="inlineStr">
         <is>
-          <t>https://prubml.e-schools.info/</t>
+          <t>http://suzirya.do.am</t>
         </is>
       </c>
       <c r="T159" s="4" t="inlineStr">
         <is>
-          <t>Директор Вишневецький Василь Олександрович</t>
+          <t>Директор Познякова Анжела Павлівна</t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y159" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Софіївська гімназія" Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>комунальний заклад "Верхньокриничанська загальноосвітня школа I-II ступенів" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>135888</v>
+        <v>134448</v>
       </c>
       <c r="C160" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Софіївська гімназія"</t>
+          <t>КЗ "Верхньокриничанська ЗОШ І-ІІ ст." ВМР ЗО</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H160" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 58</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L160" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M160" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N160" s="7"/>
       <c r="O160" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P160" s="4" t="inlineStr">
         <is>
-          <t>(06137)67192</t>
+          <t>(093)493-13-85</t>
         </is>
       </c>
       <c r="Q160" s="4"/>
       <c r="R160" s="4" t="inlineStr">
         <is>
-          <t>oleksandstoev@gmail.com</t>
+          <t>verschol@ukr.net</t>
         </is>
       </c>
       <c r="S160" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/sofiivskahymnazia</t>
+          <t>http://krynytsya-nvk.at.ua/</t>
         </is>
       </c>
       <c r="T160" s="4" t="inlineStr">
         <is>
-          <t>Директор Стоєв Олександр Михайлович</t>
+          <t>Директор Тютюненко Олена Миколаївна</t>
         </is>
       </c>
       <c r="U160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Костянтинівський ліцей "Ерудит" Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Комунальний заклад "Веселівська гімназія № 2" Веселівської селищної ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>134778</v>
+        <v>135223</v>
       </c>
       <c r="C161" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>Костянтинівський ліцей "Ерудит"</t>
+          <t>Веселівська гімназія № 2</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>проспект Соборний, 133</t>
         </is>
       </c>
       <c r="L161" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M161" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N161" s="7"/>
       <c r="O161" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту Веселівської селищної ради</t>
         </is>
       </c>
       <c r="P161" s="4" t="inlineStr">
         <is>
-          <t>(068)0692055</t>
+          <t>(06136)2-15-94</t>
         </is>
       </c>
       <c r="Q161" s="4"/>
       <c r="R161" s="4" t="inlineStr">
         <is>
-          <t>koosh2.erudit@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S161" s="4"/>
+          <t>vesschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S161" s="4" t="inlineStr">
+        <is>
+          <t>http://vesschool2.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T161" s="4" t="inlineStr">
         <is>
-          <t>Директор Неліпа Світлана Василівна</t>
+          <t>Директор Нестеренко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Коханівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Веселівська районна різнопрофільна гімназія" Веселівської селищної ради</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>134477</v>
+        <v>135794</v>
       </c>
       <c r="C162" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>Коханівська гімназія</t>
+          <t>КЗ "Веселівська районна різнопрофільна гімназія"</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H162" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>проспект Соборний, 133</t>
         </is>
       </c>
       <c r="L162" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M162" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N162" s="7"/>
       <c r="O162" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту Веселівської селищної ради</t>
         </is>
       </c>
       <c r="P162" s="4" t="inlineStr">
         <is>
-          <t>(098)4147545</t>
+          <t>(06136)21632</t>
         </is>
       </c>
       <c r="Q162" s="4"/>
       <c r="R162" s="4" t="inlineStr">
         <is>
-          <t>kochane.nvk@gmail.com</t>
+          <t>vesele.gimnaziya@ukr.net</t>
         </is>
       </c>
       <c r="S162" s="4" t="inlineStr">
         <is>
-          <t>http://kokhane-nvk.zp.sch.in.ua/</t>
+          <t>http://vesele-gimnaz.ucoz.ua/</t>
         </is>
       </c>
       <c r="T162" s="4" t="inlineStr">
         <is>
-          <t>Директор Солом'яна Інна Вікторівна</t>
+          <t>Директор Кривко Ігор Олексійович</t>
         </is>
       </c>
       <c r="U162" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V162" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y162" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Лагіднівський заклад загальної середньої освіти Молочанської міської ради</t>
+          <t>Комунальний заклад "Гімназія № 1 м. Приморська" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>135618</v>
+        <v>137983</v>
       </c>
       <c r="C163" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>Лагіднівський ЗЗСО ММР</t>
+          <t>КЗ "Гімназія № 1 м. Приморська"</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H163" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L163" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M163" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N163" s="7"/>
       <c r="O163" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Молочанської міської ради</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P163" s="4" t="inlineStr">
         <is>
-          <t>(096)4702977</t>
+          <t>(06137)72139</t>
         </is>
       </c>
       <c r="Q163" s="4"/>
       <c r="R163" s="4" t="inlineStr">
         <is>
-          <t>bondar_n_a_@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S163" s="4"/>
+          <t>prim.school1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S163" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/prim.school1.ukr.education/znz1/</t>
+        </is>
+      </c>
       <c r="T163" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондарь Наталя Анатоліївна</t>
+          <t>Директор Македонська Світлана Іванівна</t>
         </is>
       </c>
       <c r="U163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 10 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Гімназія №2 м. Приморськ" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>135810</v>
+        <v>137980</v>
       </c>
       <c r="C164" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 10 ММР ЗО</t>
+          <t>КЗ "Гімназія № 2 м. Приморськ"</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L164" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M164" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P164" s="4" t="inlineStr">
         <is>
-          <t>(0619)422690</t>
+          <t>(06137)73606</t>
         </is>
       </c>
       <c r="Q164" s="4"/>
       <c r="R164" s="4" t="inlineStr">
         <is>
-          <t>licey10mlt@gmail.com</t>
+          <t>zosh-2-primorsk@ukr.net</t>
         </is>
       </c>
       <c r="S164" s="4" t="inlineStr">
         <is>
-          <t>https://liceum10.wixsite.com/site</t>
+          <t>http://prim2school.ucoz.ua/</t>
         </is>
       </c>
       <c r="T164" s="4" t="inlineStr">
         <is>
-          <t>Директор Вольнюк Ірина Анатоліївна</t>
+          <t>Директор Донченко Сергій Євгенович</t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 16 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Дніпрорудненська гімназія "Софія" - загальноосвітня школа І-ІІІ ступенів № 1" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>135860</v>
+        <v>134360</v>
       </c>
       <c r="C165" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 16 ММР ЗО</t>
+          <t>КЗ "Дніпрорудненська гімназія "Софія" - ЗОШ І-ІІІ ступенів № 1" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H165" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L165" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M165" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N165" s="7"/>
       <c r="O165" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P165" s="4" t="inlineStr">
         <is>
-          <t>(093)6671076</t>
+          <t>(0617)576282</t>
         </is>
       </c>
       <c r="Q165" s="4"/>
       <c r="R165" s="4" t="inlineStr">
         <is>
-          <t>nvk16_mel@ukr.net</t>
+          <t>priyomnaya.czsofia@ukr.net</t>
         </is>
       </c>
       <c r="S165" s="4" t="inlineStr">
         <is>
-          <t>https://nvk16mel.wixsite.com/site</t>
+          <t>http://sofiya-dn.com/</t>
         </is>
       </c>
       <c r="T165" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Наталя Миколаївна</t>
+          <t>Директор Притула Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y165" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 19 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Світоч" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>135861</v>
+        <v>134260</v>
       </c>
       <c r="C166" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 19 ММР ЗО</t>
+          <t>КЗ "ДСШ І-ІІІ ст. "Світоч" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H166" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J166" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K166" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L166" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M166" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N166" s="7"/>
       <c r="O166" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P166" s="4" t="inlineStr">
         <is>
-          <t>(06192)51097</t>
+          <t>(098)7809706</t>
         </is>
       </c>
       <c r="Q166" s="4"/>
       <c r="R166" s="4" t="inlineStr">
         <is>
-          <t>licey19mlt@gmail.com</t>
+          <t>kzsvitoch@gmail.com</t>
         </is>
       </c>
       <c r="S166" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum19.wixsite.com/site</t>
+          <t>http://www.shkolasvitoch.com.ua/</t>
         </is>
       </c>
       <c r="T166" s="4" t="inlineStr">
         <is>
-          <t>Директор Мельник Світлана Володимирівна</t>
+          <t>Директор Розумейко Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y166" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 24 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Талант" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>135323</v>
+        <v>134270</v>
       </c>
       <c r="C167" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 24 ММР ЗО</t>
+          <t>КЗ "ДСШ І-ІІІ ст. "Талант" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G167" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H167" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I167" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J167" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K167" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L167" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M167" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N167" s="7"/>
       <c r="O167" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P167" s="4" t="inlineStr">
         <is>
-          <t>(0619)428731</t>
+          <t>(093)6214060</t>
         </is>
       </c>
       <c r="Q167" s="4"/>
       <c r="R167" s="4" t="inlineStr">
         <is>
-          <t>mlt.znz24@gmail.com</t>
+          <t>sh3_dnr@ukr.net</t>
         </is>
       </c>
       <c r="S167" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/lyceum-24mlt</t>
+          <t>https://talant.eddy.school</t>
         </is>
       </c>
       <c r="T167" s="4" t="inlineStr">
         <is>
-          <t>Директор Гарабажій Ірина Миколаївна</t>
+          <t>Директор Герасименко Людмила Іванівна</t>
         </is>
       </c>
       <c r="U167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y167" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 5 Мелітопольської міської ради Запорізької області</t>
+          <t>комунальний заклад "Запорізька спеціалізована школа-інтернат ІІ-ІІІ ступенів "Козацький ліцей" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>135805</v>
+        <v>135207</v>
       </c>
       <c r="C168" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 5 ММР ЗО</t>
+          <t>Запорізька школа-інтернат "Козацький ліцей"</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа-інтернат</t>
         </is>
       </c>
       <c r="G168" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H168" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I168" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K168" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Щаслива, 2</t>
         </is>
       </c>
       <c r="L168" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M168" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N168" s="7"/>
       <c r="O168" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P168" s="4" t="inlineStr">
         <is>
-          <t>(067)9405276</t>
+          <t>(0612)24-79-67</t>
         </is>
       </c>
       <c r="Q168" s="4"/>
       <c r="R168" s="4" t="inlineStr">
         <is>
-          <t>liceum5mel@gmail.com</t>
+          <t>zp.inter4@ukr.net</t>
         </is>
       </c>
       <c r="S168" s="4" t="inlineStr">
         <is>
-          <t>https://liceum.melliceum5.ukr.education/</t>
+          <t>http://inter4.zp.ua/</t>
         </is>
       </c>
       <c r="T168" s="4" t="inlineStr">
         <is>
-          <t>Директор Суптеля Тетяна Олександрівна</t>
+          <t> Губіна Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X168" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y168" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 9 Мелітопольської міської ради Запорізької області</t>
+          <t>комунальний заклад "Запорізька спеціалізована школа-інтернат ІІ-ІІІ ступенів "Січовий колегіум" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
-        <v>135809</v>
+        <v>137520</v>
       </c>
       <c r="C169" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 9 ММР ЗО</t>
+          <t>Запорізька школа-інтернат "Січовий колегіум"</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа-інтернат</t>
         </is>
       </c>
       <c r="G169" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H169" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I169" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J169" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K169" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>проспект Ювілейний, 19</t>
         </is>
       </c>
       <c r="L169" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M169" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N169" s="7"/>
       <c r="O169" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P169" s="4" t="inlineStr">
         <is>
-          <t>(06192)71331</t>
+          <t>(061)2862080</t>
         </is>
       </c>
       <c r="Q169" s="4"/>
       <c r="R169" s="4" t="inlineStr">
         <is>
-          <t>melitg9@gmail.com</t>
+          <t>sichoviycolegium@gmail.com</t>
         </is>
       </c>
       <c r="S169" s="4" t="inlineStr">
         <is>
-          <t>http://www.gimnaziya9.zp.ua</t>
+          <t>http://zski.com.ua</t>
         </is>
       </c>
       <c r="T169" s="4" t="inlineStr">
         <is>
-          <t>Директор Чугай Людмила Віталіївна</t>
+          <t> Волкова Галина Володимирівна</t>
         </is>
       </c>
       <c r="U169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X169" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y169" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>Любимівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат №1" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B170" s="5" t="n">
-        <v>134339</v>
+        <v>137523</v>
       </c>
       <c r="C170" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>Любимівська гімназія</t>
+          <t>Запорізька школа-інтернат №1</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G170" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H170" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I170" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J170" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K170" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>вулиця Котельникова, 16</t>
         </is>
       </c>
       <c r="L170" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M170" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N170" s="7"/>
       <c r="O170" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P170" s="4" t="inlineStr">
         <is>
-          <t>(093)6838882</t>
+          <t>(061)286-96-15</t>
         </is>
       </c>
       <c r="Q170" s="4"/>
       <c r="R170" s="4" t="inlineStr">
         <is>
-          <t>lubimovkazosh1@gmail.com</t>
+          <t>internat1zp@ukr.net</t>
         </is>
       </c>
       <c r="S170" s="4" t="inlineStr">
         <is>
-          <t>http://lyubimovka.esy.es/</t>
+          <t>http://www.internat1.zp.ua</t>
         </is>
       </c>
       <c r="T170" s="4" t="inlineStr">
         <is>
-          <t>Директор Баздирєва Ольга Василівна</t>
+          <t> Максимов Володимир Степанович</t>
         </is>
       </c>
       <c r="U170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V170" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y170" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівська гімназія Плодородненської сільської ради Мелітопольського району Запорізької області</t>
+          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат №2" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B171" s="5" t="n">
-        <v>136306</v>
+        <v>136998</v>
       </c>
       <c r="C171" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівська гімназія</t>
+          <t>КЗ "ЗСЗШ-І № 2" ЗОР</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G171" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H171" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I171" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J171" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K171" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козача, 35</t>
+          <t>вулиця І. Сікорського, 267</t>
         </is>
       </c>
       <c r="L171" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M171" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N171" s="7"/>
       <c r="O171" s="4" t="inlineStr">
         <is>
-          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P171" s="4" t="inlineStr">
         <is>
-          <t>(06132)26712</t>
+          <t>(061)239-70-50, (061)239-70-51, (061)2397055</t>
         </is>
       </c>
       <c r="Q171" s="4"/>
       <c r="R171" s="4" t="inlineStr">
         <is>
-          <t>mar_nvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S171" s="4"/>
+          <t>zshi@ukr.net</t>
+        </is>
+      </c>
+      <c r="S171" s="4" t="inlineStr">
+        <is>
+          <t>http://zshi2.org.ua/</t>
+        </is>
+      </c>
       <c r="T171" s="4" t="inlineStr">
         <is>
-          <t>Директор Ходирєва Інна Олександрівна</t>
+          <t>Т.в.о. директора Кисла Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V171" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X171" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y171" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 1 Мелітопольської міської ради Запорізької області</t>
+          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Джерело" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B172" s="5" t="n">
-        <v>135595</v>
+        <v>136715</v>
       </c>
       <c r="C172" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 1 ММР ЗО</t>
+          <t>Запорізька школа-інтернат "Джерело"</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G172" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H172" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I172" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J172" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K172" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Тарасівська, 2</t>
         </is>
       </c>
       <c r="L172" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M172" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N172" s="7"/>
       <c r="O172" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P172" s="4" t="inlineStr">
         <is>
-          <t>(0619)490177</t>
+          <t>(061)707-55-15</t>
         </is>
       </c>
       <c r="Q172" s="4"/>
       <c r="R172" s="4" t="inlineStr">
         <is>
-          <t>1schoolmlt.com@gmail.com</t>
+          <t>zsdjerelo@ukr.net</t>
         </is>
       </c>
       <c r="S172" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/g1.ukr.education/mlt-g1</t>
+          <t>http://dzherelo.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T172" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Болбат Владислав Віталійович</t>
+          <t>Директор Нішенко Олександр Володимирович</t>
         </is>
       </c>
       <c r="U172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X172" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y172" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 11 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Оберіг" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
-        <v>136035</v>
+        <v>137226</v>
       </c>
       <c r="C173" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 11 ММР ЗО</t>
+          <t>Запорізька школа-інтернат "Оберіг"</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H173" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K173" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Володимира Мономаха, 87-А</t>
         </is>
       </c>
       <c r="L173" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M173" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
-          <t>(0619)421307</t>
+          <t>(061)286-25-85</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
-          <t>melgimnazia11@gmail.com</t>
+          <t>oberig9@ukr.net</t>
         </is>
       </c>
       <c r="S173" s="4" t="inlineStr">
         <is>
-          <t>http://www.znz11.com.ua</t>
+          <t>https://oberig.zp.ua/</t>
         </is>
       </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t>Директор Овсянникова Маргарита Сталіківна</t>
+          <t> Дуда Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X173" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y173" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 13 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Орієнтир" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B174" s="5" t="n">
-        <v>135084</v>
+        <v>137203</v>
       </c>
       <c r="C174" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 13 ММР ЗО</t>
+          <t>КЗ "ЗСЗШІ "Орієнтир" ЗОР</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G174" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H174" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I174" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J174" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K174" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Сарматська, 17</t>
         </is>
       </c>
       <c r="L174" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M174" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N174" s="7"/>
       <c r="O174" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P174" s="4" t="inlineStr">
         <is>
-          <t>(061)9271607</t>
+          <t>(066)403-57-10</t>
         </is>
       </c>
       <c r="Q174" s="4"/>
       <c r="R174" s="4" t="inlineStr">
         <is>
-          <t>abcd@mg13.ukr.education</t>
+          <t>internat.orientir@gmail.com</t>
         </is>
       </c>
       <c r="S174" s="4" t="inlineStr">
         <is>
-          <t>https://mg13mltosvita.wixsite.com/mg13</t>
+          <t>orientyr.org.ua</t>
         </is>
       </c>
       <c r="T174" s="4" t="inlineStr">
         <is>
-          <t>Директор Галацан Олена Володимирівна</t>
+          <t> Тихомирова Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X174" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y174" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 14 Мелітопольської міської ради Запорізької області</t>
+          <t>комунальний заклад "Запорізька спеціальна загальноосвітня школа-інтернат "Світанок" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B175" s="5" t="n">
-        <v>135821</v>
+        <v>137567</v>
       </c>
       <c r="C175" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 14 ММР ЗО</t>
+          <t>Запорізька школа-інтернат "Світанок"</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H175" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I175" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J175" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K175" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Перспективна, 8</t>
         </is>
       </c>
       <c r="L175" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M175" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N175" s="7"/>
       <c r="O175" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P175" s="4" t="inlineStr">
         <is>
-          <t>(06192)58048</t>
+          <t>(061)7077028</t>
         </is>
       </c>
       <c r="Q175" s="4"/>
       <c r="R175" s="4" t="inlineStr">
         <is>
-          <t>school14mel@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>svitanok2022zp@gmail.com</t>
+        </is>
+      </c>
+      <c r="S175" s="4"/>
       <c r="T175" s="4" t="inlineStr">
         <is>
-          <t>Директор Дервіш Ольга Вячеславівна</t>
+          <t> Шарікова Катерина Павлівна</t>
         </is>
       </c>
       <c r="U175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X175" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y175" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 20 Мелітопольської міської ради Запорізької області</t>
+          <t>комунальний заклад "Запорізький обласний академічний ліцей "Альта" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B176" s="5" t="n">
-        <v>135967</v>
+        <v>137510</v>
       </c>
       <c r="C176" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 20 ММР ЗО</t>
+          <t>КЗ "Запорізький обласний академічний ліцей "Альта" ЗОР</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G176" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H176" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I176" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J176" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K176" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Краєвидна, 1А</t>
         </is>
       </c>
       <c r="L176" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M176" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N176" s="7"/>
       <c r="O176" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P176" s="4" t="inlineStr">
         <is>
-          <t>(06192)50202</t>
+          <t>(061)286-97-58</t>
         </is>
       </c>
       <c r="Q176" s="4"/>
       <c r="R176" s="4" t="inlineStr">
         <is>
-          <t>mail@melschool20.ukr.education</t>
+          <t>internat7zp@gmail.com</t>
         </is>
       </c>
       <c r="S176" s="4" t="inlineStr">
         <is>
-          <t>https://gymnasium20mlt.wixsite.com/g20mlt</t>
+          <t>http://internat7.zp.ua</t>
         </is>
       </c>
       <c r="T176" s="4" t="inlineStr">
         <is>
-          <t>Директор Карандаш Микола Михайлович</t>
+          <t>Т.в.о. директора Кутузова Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y176" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 22 Мелітопольської міської ради Запорізької області</t>
+          <t>комунальний заклад "Запорізький обласний ліцей-інтернат з посиленою військово-фізичною підготовкою "Захисник" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>135968</v>
+        <v>137425</v>
       </c>
       <c r="C177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 22 ММР ЗО</t>
+          <t>КЗ ЗОЛ "Захисник" ЗОР</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей-інтернат</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H177" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K177" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Військбуд, 570</t>
         </is>
       </c>
       <c r="L177" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M177" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P177" s="4" t="inlineStr">
         <is>
-          <t>(0619)477412</t>
+          <t>(061)226-23-52, (061)226-23-53, (096)272-82-18</t>
         </is>
       </c>
       <c r="Q177" s="4"/>
       <c r="R177" s="4" t="inlineStr">
         <is>
-          <t>gimnazija22mlt@gmail.com</t>
+          <t>zahisnik.zp@gmail.com</t>
         </is>
       </c>
       <c r="S177" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/melschool22</t>
+          <t>www.zahisnik.zp.ua</t>
         </is>
       </c>
       <c r="T177" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Лук’янова Марія Володимирівна</t>
+          <t> Кулька Руслан Миколайович</t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X177" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y177" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 23 Мелітопольської міської ради Запорізької області</t>
+          <t>комунальний заклад "Запорізький обласний спортивний ліцей" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B178" s="5" t="n">
-        <v>136094</v>
+        <v>146714</v>
       </c>
       <c r="C178" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 23 ММР ЗО</t>
+          <t>КЗ "ЗСЗШІСП" ЗОР</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа-інтернат</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H178" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K178" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Патріотична, 7</t>
         </is>
       </c>
       <c r="L178" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M178" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
-          <t>(06192)50246</t>
+          <t>(0612)326650</t>
         </is>
       </c>
       <c r="Q178" s="4"/>
       <c r="R178" s="4" t="inlineStr">
         <is>
-          <t>melgimnasium23@gmail.com</t>
+          <t>sport@zapisp.com</t>
         </is>
       </c>
       <c r="S178" s="4" t="inlineStr">
         <is>
-          <t>https://school23mlt.com</t>
+          <t>http://www.zapisp.com</t>
         </is>
       </c>
       <c r="T178" s="4" t="inlineStr">
         <is>
-          <t>Директор Покуса Інна Миколаївна</t>
+          <t> Білова Лариса Василівна</t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X178" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y178" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 25 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Зеленівський ліцей" Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B179" s="5" t="n">
-        <v>136029</v>
+        <v>135529</v>
       </c>
       <c r="C179" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 25 ММР ЗО</t>
+          <t>КЗ "Зеленівський ліцей"</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H179" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Незалежної України, 58</t>
         </is>
       </c>
       <c r="L179" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M179" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N179" s="7"/>
       <c r="O179" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P179" s="4" t="inlineStr">
         <is>
-          <t>(0619)444620</t>
+          <t>(099)3285908</t>
         </is>
       </c>
       <c r="Q179" s="4"/>
       <c r="R179" s="4" t="inlineStr">
         <is>
-          <t>melschcool25@gmail.com</t>
+          <t>zelenivskijlicej@gmail.com</t>
         </is>
       </c>
       <c r="S179" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/gimnasia25mel</t>
+          <t>https://sites.google.com/view/zelenovskayaschool/</t>
         </is>
       </c>
       <c r="T179" s="4" t="inlineStr">
         <is>
-          <t>Директор Клименко Марина Миколаївна</t>
+          <t>Директор Іотова Наталія Петрівна</t>
         </is>
       </c>
       <c r="U179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V179" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y179" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 4 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Кам'янсько-Дніпровська загальноосвітня школа І-ІІІ ступенів №3" Кам'янсько-Дніпровської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B180" s="5" t="n">
-        <v>135784</v>
+        <v>134724</v>
       </c>
       <c r="C180" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 4 ММР ЗО</t>
+          <t>КЗ "Кам'янсько-Дніпровська ЗОШ І-ІІІ ступенів №3"</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H180" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L180" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M180" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Кам`янсько-Дніпровської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
-          <t>(096)0722186</t>
+          <t>(095)53-37-851</t>
         </is>
       </c>
       <c r="Q180" s="4"/>
       <c r="R180" s="4" t="inlineStr">
         <is>
-          <t>ukrmelznz4@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school-3@kd-ovita.zp.ua</t>
+        </is>
+      </c>
+      <c r="S180" s="4"/>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваленко Анжеліна Михайлівна</t>
+          <t>Директор Різниченко Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y180" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 6 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Нестерянська спеціалізована різнопрофільна загальноосвітня школа I-III ступенів" Оріхівської міської ради</t>
         </is>
       </c>
       <c r="B181" s="5" t="n">
-        <v>134865</v>
+        <v>135297</v>
       </c>
       <c r="C181" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 6 ММР ЗО</t>
+          <t>КЗ "Нестерянська СРЗОШ І-ІІІ ст."</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G181" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H181" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I181" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J181" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K181" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Незалежної України, 43-А</t>
         </is>
       </c>
       <c r="L181" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M181" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N181" s="7"/>
       <c r="O181" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Оріхівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P181" s="4" t="inlineStr">
         <is>
-          <t>(0619)436055</t>
+          <t>(06141)49290</t>
         </is>
       </c>
       <c r="Q181" s="4"/>
       <c r="R181" s="4" t="inlineStr">
         <is>
-          <t>melgymnasium6@gmail.com</t>
+          <t>nesterianka2@ukr.net</t>
         </is>
       </c>
       <c r="S181" s="4" t="inlineStr">
         <is>
-          <t>http://melznz6.at.ua</t>
+          <t>https://sites.google.com/site/sckilnipodij/</t>
         </is>
       </c>
       <c r="T181" s="4" t="inlineStr">
         <is>
-          <t>Директор Тривайло Світлана Вікторівна</t>
+          <t>Директор Закарлюка Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V181" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y181" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 7 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Новоукраїнська гімназія" Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
-        <v>136106</v>
+        <v>136708</v>
       </c>
       <c r="C182" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 7 ММР ЗО</t>
+          <t>КЗ "Новоукраїнська гімназія"</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H182" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I182" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J182" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L182" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M182" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N182" s="7"/>
       <c r="O182" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P182" s="4" t="inlineStr">
         <is>
-          <t>(0619)490103, (0619)490130</t>
+          <t>(06147)75630</t>
         </is>
       </c>
       <c r="Q182" s="4"/>
       <c r="R182" s="4" t="inlineStr">
         <is>
-          <t>osvita.g7@gmail.com</t>
+          <t>novukrzosh@gmail.com</t>
         </is>
       </c>
       <c r="S182" s="4" t="inlineStr">
         <is>
-          <t>https://7.mlznz7.net.ua/</t>
+          <t>http://novoykrainkazoh.ucoz.ua/</t>
         </is>
       </c>
       <c r="T182" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопець Катерина Віталіївна</t>
+          <t>Директор Яковлєва Тетяна Геннадіївна</t>
         </is>
       </c>
       <c r="U182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V182" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y182" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 8 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Преславська гімназія імені академіка Миколи Державіна" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B183" s="5" t="n">
-        <v>135806</v>
+        <v>136360</v>
       </c>
       <c r="C183" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 8 ММР ЗО</t>
+          <t>КЗ "Преславська гімназія імені академіка Миколи Державіна"</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H183" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I183" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J183" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K183" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L183" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M183" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N183" s="7"/>
       <c r="O183" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P183" s="4" t="inlineStr">
         <is>
-          <t>(0619)437805</t>
+          <t>(06137)76132</t>
         </is>
       </c>
       <c r="Q183" s="4"/>
       <c r="R183" s="4" t="inlineStr">
         <is>
-          <t>osvita8mlt@gmail.com</t>
+          <t>preslav_zoh@ukr.net</t>
         </is>
       </c>
       <c r="S183" s="4" t="inlineStr">
         <is>
-          <t>http://www.osvita4.wixsite.com/znz8</t>
+          <t>https://preslavzoh.wixsite.com/kz-preslav</t>
         </is>
       </c>
       <c r="T183" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Нагай Анастасія Вікторівна</t>
+          <t>Директор Саввова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V183" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y183" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія №15 Мелітопольської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Приморський регіональний українсько-болгарський багатопрофільний ліцей ІІ-ІІІ ступенів" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B184" s="5" t="n">
-        <v>135822</v>
+        <v>136364</v>
       </c>
       <c r="C184" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 15 ММР ЗО</t>
+          <t>КЗ "Приморський ліцей"</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G184" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H184" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I184" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>провулок Соборний, 145</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
-          <t>(0619)251258</t>
+          <t>(06137)73547</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
       <c r="R184" s="4" t="inlineStr">
         <is>
-          <t>znz15mlt@melitznz15.ukr.education</t>
+          <t>prubml2015@gmail.com</t>
         </is>
       </c>
       <c r="S184" s="4" t="inlineStr">
         <is>
-          <t>https://melitznz15.ukr.education/</t>
+          <t>https://prubml.e-schools.info/</t>
         </is>
       </c>
       <c r="T184" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткаченко Олена Вікторівна</t>
+          <t>Директор Вишневецький Василь Олександрович</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y184" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>Мирненський опорний заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Мирненської селищної ради</t>
+          <t>Комунальний заклад "Софіївська гімназія" Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B185" s="5" t="n">
-        <v>134333</v>
+        <v>135888</v>
       </c>
       <c r="C185" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>Мирненський ОЗЗСО І-ІІІ ступенів "Інтелект" МСР</t>
+          <t>КЗ "Софіївська гімназія"</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H185" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I185" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Незалежної України, 58</t>
         </is>
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
-          <t>Мирненська селищна рада</t>
+          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P185" s="4" t="inlineStr">
         <is>
-          <t>(0619)494288</t>
+          <t>(099)9707765</t>
         </is>
       </c>
       <c r="Q185" s="4"/>
       <c r="R185" s="4" t="inlineStr">
         <is>
-          <t>school_myrne@ukr.net</t>
+          <t>oleksandstoev@gmail.com</t>
         </is>
       </c>
       <c r="S185" s="4" t="inlineStr">
         <is>
-          <t>http://myrne.pp.ua</t>
+          <t>https://sites.google.com/view/sofiivskahymnazia</t>
         </is>
       </c>
       <c r="T185" s="4" t="inlineStr">
         <is>
-          <t>Директор Бєляєва Віта Володимирівна</t>
+          <t>Директор Стоєв Олександр Михайлович</t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V185" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y185" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 1 Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Костянтинівський ліцей "Ерудит" Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B186" s="5" t="n">
-        <v>134264</v>
+        <v>134778</v>
       </c>
       <c r="C186" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 1</t>
+          <t>Костянтинівський ліцей "Ерудит"</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G186" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H186" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I186" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J186" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K186" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L186" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M186" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N186" s="7"/>
       <c r="O186" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P186" s="4" t="inlineStr">
         <is>
-          <t>(097)432-39-39</t>
+          <t>(068)0692055</t>
         </is>
       </c>
       <c r="Q186" s="4"/>
       <c r="R186" s="4" t="inlineStr">
         <is>
-          <t>mihgimnazium16@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>koosh2.erudit@gmail.com</t>
+        </is>
+      </c>
+      <c r="S186" s="4"/>
       <c r="T186" s="4" t="inlineStr">
         <is>
-          <t>Директор Щусь Ольга Володимирівна</t>
+          <t>Директор Неліпа Світлана Василівна</t>
         </is>
       </c>
       <c r="U186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V186" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y186" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 3 Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Коханівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B187" s="5" t="n">
-        <v>134268</v>
+        <v>134477</v>
       </c>
       <c r="C187" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 3</t>
+          <t>Коханівська гімназія</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G187" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H187" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I187" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J187" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K187" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 59</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L187" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M187" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N187" s="7"/>
       <c r="O187" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P187" s="4" t="inlineStr">
         <is>
-          <t>(068)068-42-86</t>
+          <t>(098)4147545</t>
         </is>
       </c>
       <c r="Q187" s="4"/>
       <c r="R187" s="4" t="inlineStr">
         <is>
-          <t>mihzosh3@gmail.com</t>
+          <t>kochane.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S187" s="4" t="inlineStr">
         <is>
-          <t>http://mihalzosh3.ucoz.ua</t>
+          <t>http://kokhane-nvk.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T187" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокудіна Вероніка Анатоліївна</t>
+          <t>Директор Солом'яна Інна Вікторівна</t>
         </is>
       </c>
       <c r="U187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V187" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y187" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>Молочанська загальноосвітня школа I-III ступенів Молочанської міської ради</t>
+          <t>Лагіднівський заклад загальної середньої освіти Молочанської міської ради</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>135255</v>
+        <v>135618</v>
       </c>
       <c r="C188" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>Молочанська ЗОШ І-ІІІ ступенів</t>
+          <t>Лагіднівський ЗЗСО ММР</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H188" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I188" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -21330,3338 +21306,6829 @@
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
           <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L188" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M188" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N188" s="7"/>
       <c r="O188" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Молочанської міської ради</t>
         </is>
       </c>
       <c r="P188" s="4" t="inlineStr">
         <is>
-          <t>(06178)40471</t>
+          <t>(096)4702977</t>
         </is>
       </c>
       <c r="Q188" s="4"/>
       <c r="R188" s="4" t="inlineStr">
         <is>
-          <t>molschool2017@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>bondar_n_a_@ukr.net</t>
+        </is>
+      </c>
+      <c r="S188" s="4"/>
       <c r="T188" s="4" t="inlineStr">
         <is>
-          <t>Директор Клименко Тетяна Іванівна</t>
+          <t>Директор Бондарь Наталя Анатоліївна</t>
         </is>
       </c>
       <c r="U188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V188" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y188" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>Молочанський опорний заклад загальної середньої освіти I-III ступенів Молочанської міської ради</t>
+          <t>Ліцей № 10 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B189" s="5" t="n">
-        <v>134987</v>
+        <v>135810</v>
       </c>
       <c r="C189" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>МОЗЗСО</t>
+          <t>Ліцей № 10 ММР ЗО</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H189" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K189" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L189" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M189" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Молочанської міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P189" s="4" t="inlineStr">
         <is>
-          <t>(06178)40582</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q189" s="4"/>
       <c r="R189" s="4" t="inlineStr">
         <is>
-          <t>panialena72@gmail.com</t>
+          <t>licey10mlt@gmail.com</t>
         </is>
       </c>
       <c r="S189" s="4" t="inlineStr">
         <is>
-          <t>http://molshkola2.klasna.com</t>
+          <t>https://liceum10.wixsite.com/site</t>
         </is>
       </c>
       <c r="T189" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Потапова Альона Миколаївна</t>
+          <t>Директор Вольнюк Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y189" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>Науковий ліцей комунального закладу вищої освіти "Хортицька національна навчально-реабілітаційна академія" Запорізької обласної ради</t>
+          <t>Ліцей № 16 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B190" s="5" t="n">
-        <v>137162</v>
+        <v>135860</v>
       </c>
       <c r="C190" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>Науковий ліцей Хортицької національної академії</t>
+          <t>Ліцей № 16 ММР ЗО</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
-          <t>науковий ліцей</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H190" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I190" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K190" s="4" t="inlineStr">
         <is>
-          <t>вулиця Наукового містечка (о. Хортиця), 59</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L190" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M190" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N190" s="7"/>
       <c r="O190" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P190" s="4" t="inlineStr">
         <is>
-          <t>(061)2832001</t>
+          <t>(093)6671076</t>
         </is>
       </c>
       <c r="Q190" s="4"/>
       <c r="R190" s="4" t="inlineStr">
         <is>
-          <t>nlkhnazp@gmail.com</t>
+          <t>nvk16_mel@ukr.net</t>
         </is>
       </c>
       <c r="S190" s="4" t="inlineStr">
         <is>
-          <t>http://school.khnnra.zp.ua/</t>
+          <t>https://nvk16mel.wixsite.com/site</t>
         </is>
       </c>
       <c r="T190" s="4" t="inlineStr">
         <is>
-          <t>Директор Доценко Вікторія Валеріївна</t>
+          <t>Директор Савченко Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y190" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>Новобогданівська гімназія "Успіх" Новобогданівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Ліцей № 19 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B191" s="5" t="n">
-        <v>135061</v>
+        <v>135861</v>
       </c>
       <c r="C191" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>Новобогданівська гімназія "Успіх" Новобогданівської СР МР ЗО</t>
+          <t>Ліцей № 19 ММР ЗО</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H191" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I191" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J191" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K191" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L191" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M191" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N191" s="7"/>
       <c r="O191" s="4" t="inlineStr">
         <is>
-          <t>Новобогданівська сільська рада</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P191" s="4" t="inlineStr">
         <is>
-          <t>(068)0795193</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q191" s="4"/>
       <c r="R191" s="4" t="inlineStr">
         <is>
-          <t>uspih.nbogdan23@gmail.com</t>
+          <t>licey19mlt@gmail.com</t>
         </is>
       </c>
       <c r="S191" s="4" t="inlineStr">
         <is>
-          <t>http://uspih.school.org.ua</t>
+          <t>https://lyceum19.wixsite.com/site</t>
         </is>
       </c>
       <c r="T191" s="4" t="inlineStr">
         <is>
-          <t>Директор Лось Ігор Васильович</t>
+          <t>Директор Мельник Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U191" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>Нововасилівський ліцей "Гармонія" Нововасилівської селищної ради</t>
+          <t>Ліцей № 24 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
-        <v>135398</v>
+        <v>135323</v>
       </c>
       <c r="C192" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>Нововасилівський ліцей "Гармонія"</t>
+          <t>Ліцей № 24 ММР ЗО</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J192" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K192" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перша Ливарна, 38</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та культури Нововасилівської селищної ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
-          <t>(097)5401078</t>
+          <t>(068)3762811</t>
         </is>
       </c>
       <c r="Q192" s="4"/>
       <c r="R192" s="4" t="inlineStr">
         <is>
-          <t>nvkgarmonij@gmail.com</t>
+          <t>mlt.znz24@gmail.com</t>
         </is>
       </c>
       <c r="S192" s="4" t="inlineStr">
         <is>
-          <t>http://novovasylivka.edukit.zp.ua</t>
+          <t>https://sites.google.com/view/lyceum-24mlt</t>
         </is>
       </c>
       <c r="T192" s="4" t="inlineStr">
         <is>
-          <t>Директор Задирака Олена Юріївна</t>
+          <t>Директор Гарабажій Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>Новогорівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Ліцей № 5 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
-        <v>134732</v>
+        <v>135805</v>
       </c>
       <c r="C193" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>Новогорівська гімназія</t>
+          <t>Ліцей № 5 ММР ЗО</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H193" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J193" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K193" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L193" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M193" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N193" s="7"/>
       <c r="O193" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P193" s="4" t="inlineStr">
         <is>
-          <t>(097)8401771</t>
+          <t>(067)9405276</t>
         </is>
       </c>
       <c r="Q193" s="4"/>
       <c r="R193" s="4" t="inlineStr">
         <is>
-          <t>novogorivozzso@gmail.com</t>
+          <t>liceum5mel@gmail.com</t>
         </is>
       </c>
       <c r="S193" s="4" t="inlineStr">
         <is>
-          <t>http://shkola-novogor.klasna.com</t>
+          <t>https://liceum.melliceum5.ukr.education/</t>
         </is>
       </c>
       <c r="T193" s="4" t="inlineStr">
         <is>
-          <t>Директор Лисенко Юлія Вікторівна</t>
+          <t>Директор Суптеля Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U193" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V193" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y193" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Ліцей № 9 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B194" s="5" t="n">
-        <v>134414</v>
+        <v>135809</v>
       </c>
       <c r="C194" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія</t>
+          <t>Ліцей № 9 ММР ЗО</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G194" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H194" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I194" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J194" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K194" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L194" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M194" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N194" s="7"/>
       <c r="O194" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P194" s="4" t="inlineStr">
         <is>
-          <t>(06153)98154</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q194" s="4"/>
       <c r="R194" s="4" t="inlineStr">
         <is>
-          <t>novopetrovka.school@meta.ua</t>
+          <t>melitg9@gmail.com</t>
         </is>
       </c>
       <c r="S194" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/novopetrovkaschool15/</t>
+          <t>http://www.gimnaziya9.zp.ua</t>
         </is>
       </c>
       <c r="T194" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковбаса Тетяна Ростиславівна</t>
+          <t>Директор Чугай Людмила Віталіївна</t>
         </is>
       </c>
       <c r="U194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V194" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y194" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="4" t="inlineStr">
         <is>
-          <t>Олександрівська гімназія Запорізької міської ради</t>
+          <t>Любимівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B195" s="5" t="n">
-        <v>134568</v>
+        <v>134339</v>
       </c>
       <c r="C195" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>Олександрівська гімназія</t>
+          <t>Любимівська гімназія</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G195" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H195" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I195" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 155</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L195" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M195" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
-          <t>(061)2862833</t>
+          <t>(093)6838882</t>
         </is>
       </c>
       <c r="Q195" s="4"/>
       <c r="R195" s="4" t="inlineStr">
         <is>
-          <t>zal.akademic@ukr.net</t>
+          <t>lubimovkazosh1@gmail.com</t>
         </is>
       </c>
       <c r="S195" s="4" t="inlineStr">
         <is>
-          <t>https://academlyceum.zp.ua</t>
+          <t>http://lyubimovka.esy.es/</t>
         </is>
       </c>
       <c r="T195" s="4" t="inlineStr">
         <is>
-          <t>Директор Коміссаров Вадим Олексійович</t>
+          <t>Директор Баздирєва Ольга Василівна</t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>Опорна гімназія "Джерело" Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Малобілозерська гімназія №1 Малобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>135565</v>
+        <v>134516</v>
       </c>
       <c r="C196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Опорна гімназія "Джерело" Терпіннівської СР МР ЗО</t>
+          <t>Малобілозерська гімназія №1 МСР ВР ЗО</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G196" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H196" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I196" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
-          <t>(098)4265805</t>
+          <t>(06175)54-1-54</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
       <c r="R196" s="4" t="inlineStr">
         <is>
-          <t>dzherelo.ua@gmail.com</t>
+          <t>bel2007@meta.ua</t>
         </is>
       </c>
       <c r="S196" s="4" t="inlineStr">
         <is>
-          <t>https://dzherelo.e-schools.info</t>
+          <t>https://sites.google.com/site/belozerka12011</t>
         </is>
       </c>
       <c r="T196" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Єременко Тетяна Олександрівна</t>
+          <t>Директор Овчаренко Світлана Вікторівна</t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y196" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад загальної середньої освіти Приазовський ліцей Приазовської селищної ради Запорізької області</t>
+          <t>Мар'янівська гімназія Плодородненської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B197" s="5" t="n">
-        <v>134440</v>
+        <v>136306</v>
       </c>
       <c r="C197" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>ОЗЗСО Приазовський ліцей</t>
+          <t>Мар'янівська гімназія</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G197" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H197" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I197" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J197" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K197" s="4" t="inlineStr">
         <is>
           <t>вулиця Козача, 35</t>
         </is>
       </c>
       <c r="L197" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M197" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N197" s="7"/>
       <c r="O197" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту, культури і туризму Приазовської селищної ради</t>
+          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P197" s="4" t="inlineStr">
         <is>
-          <t>(06133)22780</t>
+          <t>(06132)26712</t>
         </is>
       </c>
       <c r="Q197" s="4"/>
       <c r="R197" s="4" t="inlineStr">
         <is>
-          <t>priazlicej@gmail.com</t>
+          <t>mar_nvk@ukr.net</t>
         </is>
       </c>
       <c r="S197" s="4"/>
       <c r="T197" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Цвєтанська Галина Василівна</t>
+          <t>Директор Ходирєва Інна Олександрівна</t>
         </is>
       </c>
       <c r="U197" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V197" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y197" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="4" t="inlineStr">
         <is>
-          <t>опорний навчально-виховний заклад Чернігівська загальноосвітня школа I-III ступенів імені Героя Радянського Союзу А.М.Темника Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 1 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B198" s="5" t="n">
-        <v>135140</v>
+        <v>135595</v>
       </c>
       <c r="C198" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад Чернігівська ЗОШ І-ІІІ ступенів</t>
+          <t>Мелітопольська гімназія № 1 ММР ЗО</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G198" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H198" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I198" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J198" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K198" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L198" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M198" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N198" s="7"/>
       <c r="O198" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P198" s="4" t="inlineStr">
         <is>
-          <t>(06140)91771</t>
+          <t>(068)3336065</t>
         </is>
       </c>
       <c r="Q198" s="4"/>
       <c r="R198" s="4" t="inlineStr">
         <is>
-          <t>onvz@school-temnik.net</t>
+          <t>1schoolmlt.com@gmail.com</t>
         </is>
       </c>
       <c r="S198" s="4" t="inlineStr">
         <is>
-          <t>http://school-temnika.edukit.zp.ua</t>
+          <t>https://sites.google.com/g1.ukr.education/mlt-g1</t>
         </is>
       </c>
       <c r="T198" s="4" t="inlineStr">
         <is>
-          <t>Директор Денисенко Олена Іванівна</t>
+          <t>В.о. директора Болбат Владислав Віталійович</t>
         </is>
       </c>
       <c r="U198" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y198" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="4" t="inlineStr">
         <is>
-          <t>Осипенківська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 11 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B199" s="5" t="n">
-        <v>138010</v>
+        <v>136035</v>
       </c>
       <c r="C199" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>Осипенківська гімназія</t>
+          <t>Мелітопольська гімназія № 11 ММР ЗО</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G199" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H199" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I199" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J199" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K199" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L199" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M199" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N199" s="7"/>
       <c r="O199" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P199" s="4" t="inlineStr">
         <is>
-          <t>(06153)99-5-40</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q199" s="4"/>
       <c r="R199" s="4" t="inlineStr">
         <is>
-          <t>osipenko2007@meta.ua</t>
+          <t>melgimnazia11@gmail.com</t>
         </is>
       </c>
       <c r="S199" s="4" t="inlineStr">
         <is>
-          <t>https://osipenko-onlineschool.blogspot.com/</t>
+          <t>http://www.znz11.com.ua</t>
         </is>
       </c>
       <c r="T199" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Новосела Тетяна Анатоліївна</t>
+          <t>Директор Овсянникова Маргарита Сталіківна</t>
         </is>
       </c>
       <c r="U199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V199" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y199" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="4" t="inlineStr">
         <is>
-          <t>Плодородненський ліцей Плодородненської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 13 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B200" s="5" t="n">
-        <v>136363</v>
+        <v>135084</v>
       </c>
       <c r="C200" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>Плодородненський ліцей</t>
+          <t>Мелітопольська гімназія № 13 ММР ЗО</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H200" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J200" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K200" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козача, 35</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L200" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M200" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N200" s="7"/>
       <c r="O200" s="4" t="inlineStr">
         <is>
-          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P200" s="4" t="inlineStr">
         <is>
-          <t>(06132)95125, (098)5629386</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q200" s="4"/>
       <c r="R200" s="4" t="inlineStr">
         <is>
-          <t>plodlicey@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S200" s="4"/>
+          <t>abcd@mg13.ukr.education</t>
+        </is>
+      </c>
+      <c r="S200" s="4" t="inlineStr">
+        <is>
+          <t>https://mg13mltosvita.wixsite.com/mg13</t>
+        </is>
+      </c>
       <c r="T200" s="4" t="inlineStr">
         <is>
-          <t>Директор Старовойтов Микола Григорович</t>
+          <t>Директор Галацан Олена Володимирівна</t>
         </is>
       </c>
       <c r="U200" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V200" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y200" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 2 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 14 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B201" s="5" t="n">
-        <v>137897</v>
+        <v>135821</v>
       </c>
       <c r="C201" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 2 ММР ЗО</t>
+          <t>Гімназія № 14 ММР ЗО</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G201" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H201" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I201" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J201" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K201" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L201" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M201" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N201" s="7"/>
       <c r="O201" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P201" s="4" t="inlineStr">
         <is>
-          <t>(0619)416127</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q201" s="4"/>
       <c r="R201" s="4" t="inlineStr">
         <is>
-          <t>psukr2@gmail.com</t>
+          <t>school14mel@gmail.com</t>
         </is>
       </c>
       <c r="S201" s="4" t="inlineStr">
         <is>
-          <t>http://znz2melitopol.wix.com/znz2melitopol</t>
+          <t>http://surl.li/gwsrx</t>
         </is>
       </c>
       <c r="T201" s="4" t="inlineStr">
         <is>
-          <t>Директор Кваскова Олена Іванівна</t>
+          <t>Директор Дервіш Ольга Вячеславівна</t>
         </is>
       </c>
       <c r="U201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y201" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 3 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 20 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B202" s="5" t="n">
-        <v>136172</v>
+        <v>135967</v>
       </c>
       <c r="C202" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа № 3 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 20 ММР ЗО</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G202" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H202" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I202" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J202" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K202" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L202" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M202" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N202" s="7"/>
       <c r="O202" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P202" s="4" t="inlineStr">
         <is>
-          <t>(0619)421242</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q202" s="4"/>
       <c r="R202" s="4" t="inlineStr">
         <is>
-          <t>osvitamph3@gmail.com</t>
+          <t>mail@melschool20.ukr.education</t>
         </is>
       </c>
       <c r="S202" s="4" t="inlineStr">
         <is>
-          <t>http://surl.li/pzlck</t>
+          <t>https://gymnasium20mlt.wixsite.com/g20mlt</t>
         </is>
       </c>
       <c r="T202" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мельникова Любов Дмитрівна</t>
+          <t>Директор Карандаш Микола Михайлович</t>
         </is>
       </c>
       <c r="U202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "ІТ СТЕП СКУЛ ЗАПОРІЖЖЯ"</t>
+          <t>Мелітопольська гімназія № 22 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
-        <v>176505</v>
+        <v>135968</v>
       </c>
       <c r="C203" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО Ліцей "ІТ СТЕП СКУЛ ЗАПОРІЖЖЯ"</t>
+          <t>Мелітопольська гімназія № 22 ММР ЗО</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H203" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I203" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J203" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K203" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рекордна, 20</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L203" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M203" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N203" s="7"/>
       <c r="O203" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P203" s="4" t="inlineStr">
         <is>
-          <t>(050)2105770</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q203" s="4"/>
-      <c r="R203" s="4"/>
-      <c r="S203" s="4"/>
+      <c r="R203" s="4" t="inlineStr">
+        <is>
+          <t>gimnazija22mlt@gmail.com</t>
+        </is>
+      </c>
+      <c r="S203" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/melschool22</t>
+        </is>
+      </c>
       <c r="T203" s="4" t="inlineStr">
         <is>
-          <t>Директор Ярова Олена Володимирівна</t>
+          <t>В.о. директора Лук’янова Марія Володимирівна</t>
         </is>
       </c>
       <c r="U203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y203" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+          <t>Мелітопольська гімназія № 23 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B204" s="5" t="n">
-        <v>137114</v>
+        <v>136094</v>
       </c>
       <c r="C204" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+          <t>Мелітопольська гімназія № 23 ММР ЗО</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G204" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H204" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I204" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J204" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K204" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нижньодніпровська, 4-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L204" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M204" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N204" s="7"/>
       <c r="O204" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P204" s="4" t="inlineStr">
         <is>
-          <t>(061)2396560, (050)1022212</t>
+          <t>(068)7063430</t>
         </is>
       </c>
       <c r="Q204" s="4"/>
       <c r="R204" s="4" t="inlineStr">
         <is>
-          <t>eidos.zp.ua@gmail.com</t>
+          <t>melgimnasium23@gmail.com</t>
         </is>
       </c>
       <c r="S204" s="4" t="inlineStr">
         <is>
-          <t>http://www.eidos.zp.ua/</t>
+          <t>https://school23mlt.com</t>
         </is>
       </c>
       <c r="T204" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Грединарова Олена Михайлівна</t>
+          <t>Директор Покуса Інна Миколаївна</t>
         </is>
       </c>
       <c r="U204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y204" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="4" t="inlineStr">
         <is>
-          <t>Пришибська гімназія Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 25 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B205" s="5" t="n">
-        <v>134334</v>
+        <v>136029</v>
       </c>
       <c r="C205" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Пришибська гімназія</t>
+          <t>Мелітопольська гімназія № 25 ММР ЗО</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G205" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H205" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I205" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J205" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K205" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L205" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M205" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N205" s="7"/>
       <c r="O205" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P205" s="4" t="inlineStr">
         <is>
-          <t>(068)812-60-48</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q205" s="4"/>
       <c r="R205" s="4" t="inlineStr">
         <is>
-          <t>Astra65@meta.ua</t>
+          <t>melschcool25@gmail.com</t>
         </is>
       </c>
       <c r="S205" s="4" t="inlineStr">
         <is>
-          <t>http://pryshybschool.at.ua</t>
+          <t>https://sites.google.com/view/gimnasia25mel</t>
         </is>
       </c>
       <c r="T205" s="4" t="inlineStr">
         <is>
-          <t>Директор Кузьменко Оксана Олександрівна</t>
+          <t>Директор Клименко Марина Миколаївна</t>
         </is>
       </c>
       <c r="U205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y205" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="4" t="inlineStr">
         <is>
-          <t>Роздольський ліцей Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 4 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B206" s="5" t="n">
-        <v>135404</v>
+        <v>135784</v>
       </c>
       <c r="C206" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
-          <t>Роздольський ліцей</t>
+          <t>Мелітопольська гімназія № 4 ММР ЗО</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G206" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H206" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I206" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J206" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K206" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L206" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M206" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N206" s="7"/>
       <c r="O206" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P206" s="4" t="inlineStr">
         <is>
-          <t>(068)0841599</t>
+          <t>(096)0722186</t>
         </is>
       </c>
       <c r="Q206" s="4"/>
       <c r="R206" s="4" t="inlineStr">
         <is>
-          <t>rozdol_shkola@meta.ua</t>
+          <t>ukrmelznz4@gmail.com</t>
         </is>
       </c>
       <c r="S206" s="4" t="inlineStr">
         <is>
-          <t>https://shalay595.wixsite.com/kzrozdol</t>
+          <t>http://melitopol-zosh4.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T206" s="4" t="inlineStr">
         <is>
-          <t>Директор Катречко Галина Василівна</t>
+          <t>Директор Коваленко Анжеліна Михайлівна</t>
         </is>
       </c>
       <c r="U206" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V206" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y206" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="4" t="inlineStr">
         <is>
-          <t>Розівський опорний заклад загальної середньої освіти І - ІІІ ступенів Розівської селищної ради Пологівського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 6 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B207" s="5" t="n">
-        <v>136429</v>
+        <v>134865</v>
       </c>
       <c r="C207" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>Розівський ОЗЗСО І-ІІІ ст.</t>
+          <t>Мелітопольська гімназія № 6 ММР ЗО</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G207" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H207" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I207" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J207" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K207" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 17</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L207" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M207" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N207" s="7"/>
       <c r="O207" s="4" t="inlineStr">
         <is>
-          <t>Розівська селищна рада Розівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P207" s="4" t="inlineStr">
         <is>
-          <t>(095)6937107</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q207" s="4"/>
       <c r="R207" s="4" t="inlineStr">
         <is>
-          <t>rozovskayaoosh1@gmail.com</t>
+          <t>melgymnasium6@gmail.com</t>
         </is>
       </c>
       <c r="S207" s="4" t="inlineStr">
         <is>
-          <t>https://rozschool.com.ua/</t>
+          <t>http://melznz6.at.ua</t>
         </is>
       </c>
       <c r="T207" s="4" t="inlineStr">
         <is>
-          <t>Директор Тарасенко Віра Михайлівна</t>
+          <t>В.о. директора Баландюк Артем Олександрович</t>
         </is>
       </c>
       <c r="U207" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y207" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа "Хабад Любавич" з поглибленим вивченням івриту та англійської мови</t>
+          <t>Мелітопольська гімназія № 7 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B208" s="5" t="n">
-        <v>135626</v>
+        <v>136106</v>
       </c>
       <c r="C208" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа "Хабад Любавич"</t>
+          <t>Мелітопольська гімназія № 7 ММР ЗО</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G208" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H208" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I208" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J208" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K208" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бородінська, 9-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L208" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M208" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N208" s="7"/>
       <c r="O208" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P208" s="4" t="inlineStr">
         <is>
-          <t>(061)2397101, (061)2397102</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q208" s="4"/>
       <c r="R208" s="4" t="inlineStr">
         <is>
-          <t>chabadzp@gmail.com</t>
+          <t>osvita.g7@gmail.com</t>
         </is>
       </c>
       <c r="S208" s="4" t="inlineStr">
         <is>
-          <t>http://khabad.inf.ua/</t>
+          <t>https://7.mlznz7.net.ua/</t>
         </is>
       </c>
       <c r="T208" s="4" t="inlineStr">
         <is>
-          <t>Директор Бобакова Лариса Анатоліївна</t>
+          <t>Директор Прокопець Катерина Віталіївна</t>
         </is>
       </c>
       <c r="U208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y208" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="4" t="inlineStr">
         <is>
-          <t>Таврійська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Мелітопольська гімназія № 8 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B209" s="5" t="n">
-        <v>134774</v>
+        <v>135806</v>
       </c>
       <c r="C209" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Таврійська гімназія</t>
+          <t>Мелітопольська гімназія № 8 ММР ЗО</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H209" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I209" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J209" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K209" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L209" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M209" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N209" s="7"/>
       <c r="O209" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P209" s="4" t="inlineStr">
         <is>
-          <t>(096)3924791</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q209" s="4"/>
       <c r="R209" s="4" t="inlineStr">
         <is>
-          <t>tavrijaskul@ukr.net</t>
+          <t>osvita8mlt@gmail.com</t>
         </is>
       </c>
       <c r="S209" s="4" t="inlineStr">
         <is>
-          <t>http://tavrijascool.klasna.com/</t>
+          <t>http://www.osvita4.wixsite.com/znz8</t>
         </is>
       </c>
       <c r="T209" s="4" t="inlineStr">
         <is>
-          <t>Директор Сорока Таміла Віталіївна</t>
+          <t>В.о. директора Нагай Анастасія Вікторівна</t>
         </is>
       </c>
       <c r="U209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V209" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y209" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Запорізький приватний Монтессорі ліцей"</t>
+          <t>Мелітопольська гімназія №15 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B210" s="5" t="n">
-        <v>176850</v>
+        <v>135822</v>
       </c>
       <c r="C210" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Запорізький приватний Монтессорі ліцей"</t>
+          <t>Гімназія № 15 ММР ЗО</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G210" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H210" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I210" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J210" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K210" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 82а</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L210" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M210" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N210" s="7"/>
       <c r="O210" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P210" s="4" t="inlineStr">
         <is>
-          <t>(099)7181891</t>
+          <t>(096)2853909</t>
         </is>
       </c>
       <c r="Q210" s="4"/>
       <c r="R210" s="4" t="inlineStr">
         <is>
-          <t>montessori@osvita.zp.ua</t>
+          <t>znz15mlt@melitznz15.ukr.education</t>
         </is>
       </c>
       <c r="S210" s="4" t="inlineStr">
         <is>
-          <t>www.montessori.osvita.zp.ua</t>
+          <t>https://melitznz15.ukr.education/</t>
         </is>
       </c>
       <c r="T210" s="4" t="inlineStr">
         <is>
-          <t>Директор Турчина Алла Григорівна</t>
+          <t>Директор Ткаченко Олена Вікторівна</t>
         </is>
       </c>
       <c r="U210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y210" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчально-виховний комплекс "Ліцей економіки та інформаційних технологій"</t>
+          <t>Мирненський опорний заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Мирненської селищної ради</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>136724</v>
+        <v>134333</v>
       </c>
       <c r="C211" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "НВК "Ліцей ЕІТ"</t>
+          <t>Мирненський ОЗЗСО І-ІІІ ступенів "Інтелект" МСР</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G211" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H211" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310100000</t>
         </is>
       </c>
       <c r="I211" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J211" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K211" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кияшка, 16-Б</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L211" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M211" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N211" s="7"/>
       <c r="O211" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Мирненська селищна рада</t>
         </is>
       </c>
       <c r="P211" s="4" t="inlineStr">
         <is>
-          <t>(061)2399008</t>
+          <t>(0619)494288</t>
         </is>
       </c>
       <c r="Q211" s="4"/>
       <c r="R211" s="4" t="inlineStr">
         <is>
-          <t>liceum@econom.zp.ua</t>
-[...2 lines deleted...]
-      <c r="S211" s="4"/>
+          <t>school_myrne@ukr.net</t>
+        </is>
+      </c>
+      <c r="S211" s="4" t="inlineStr">
+        <is>
+          <t>http://myrne.pp.ua</t>
+        </is>
+      </c>
       <c r="T211" s="4" t="inlineStr">
         <is>
-          <t>Директор Охріменко Олена Миколаївна</t>
+          <t>Директор Бєляєва Віта Володимирівна</t>
         </is>
       </c>
       <c r="U211" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y211" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="4" t="inlineStr">
         <is>
-          <t>Фруктівський ліцей Новенської сільської ради</t>
+          <t>Михайлівська гімназія № 1 Михайлівської селищної ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B212" s="5" t="n">
-        <v>135097</v>
+        <v>134264</v>
       </c>
       <c r="C212" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Фруктівський ліцей НСР</t>
+          <t>Михайлівська гімназія № 1</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G212" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H212" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I212" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J212" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K212" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L212" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M212" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N212" s="7"/>
       <c r="O212" s="4" t="inlineStr">
         <is>
-          <t>Новенська сільська рада</t>
+          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P212" s="4" t="inlineStr">
         <is>
-          <t>(097)9726422</t>
+          <t>(097)432-39-39</t>
         </is>
       </c>
       <c r="Q212" s="4"/>
       <c r="R212" s="4" t="inlineStr">
         <is>
-          <t>fruktivsky_lyceum@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S212" s="4"/>
+          <t>mihgimnazium16@ukr.net</t>
+        </is>
+      </c>
+      <c r="S212" s="4" t="inlineStr">
+        <is>
+          <t>http://mihgimnazium.wixsite.com/kznvk</t>
+        </is>
+      </c>
       <c r="T212" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Трифонова Тетяна Анатоліївна</t>
+          <t>Директор Щусь Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y212" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="4" t="inlineStr">
         <is>
-          <t>Хортицький академічний ліцей Запорізької міської ради</t>
+          <t>Михайлівська гімназія № 3 Михайлівської селищної ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B213" s="5" t="n">
-        <v>134657</v>
+        <v>134268</v>
       </c>
       <c r="C213" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Хортицький ліцей</t>
+          <t>Михайлівська гімназія № 3</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G213" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H213" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I213" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J213" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K213" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чотирнадцятого жовтня, 15</t>
+          <t>вулиця Перемоги, 59</t>
         </is>
       </c>
       <c r="L213" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M213" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N213" s="7"/>
       <c r="O213" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P213" s="4" t="inlineStr">
         <is>
-          <t>(061)2260637</t>
+          <t>(068)068-42-86</t>
         </is>
       </c>
       <c r="Q213" s="4"/>
       <c r="R213" s="4" t="inlineStr">
         <is>
-          <t>akademlitseyhort2020@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S213" s="4"/>
+          <t>mihzosh3@gmail.com</t>
+        </is>
+      </c>
+      <c r="S213" s="4" t="inlineStr">
+        <is>
+          <t>http://mihalzosh3.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T213" s="4" t="inlineStr">
         <is>
-          <t>Директор Погорелова Наталія Вікторівна</t>
+          <t>Директор Прокудіна Вероніка Анатоліївна</t>
         </is>
       </c>
       <c r="U213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y213" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="4" t="inlineStr">
         <is>
-          <t>Червонопільська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Молочанська загальноосвітня школа I-III ступенів Молочанської міської ради</t>
         </is>
       </c>
       <c r="B214" s="5" t="n">
-        <v>136433</v>
+        <v>135255</v>
       </c>
       <c r="C214" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>Червонопільська гімназія</t>
+          <t>Молочанська ЗОШ І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G214" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H214" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I214" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J214" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K214" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L214" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M214" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N214" s="7"/>
       <c r="O214" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Виконавчий комітет Молочанської міської ради</t>
         </is>
       </c>
       <c r="P214" s="4" t="inlineStr">
         <is>
-          <t>(06153)95140</t>
+          <t>(06178)40471</t>
         </is>
       </c>
       <c r="Q214" s="4"/>
       <c r="R214" s="4" t="inlineStr">
         <is>
-          <t>ccervonopilskaskola@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S214" s="4"/>
+          <t>molschool2017@gmail.com</t>
+        </is>
+      </c>
+      <c r="S214" s="4" t="inlineStr">
+        <is>
+          <t>http://molochanska-zag.klasna.com</t>
+        </is>
+      </c>
       <c r="T214" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Проценко Едуард Петрович</t>
+          <t>Директор Клименко Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V214" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y214" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська загальноосвітня школа І-ІІІ ступенів Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Молочанський опорний заклад загальної середньої освіти I-III ступенів Молочанської міської ради</t>
         </is>
       </c>
       <c r="B215" s="5" t="n">
-        <v>134795</v>
+        <v>134987</v>
       </c>
       <c r="C215" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська ЗОШ І-ІІІ ступенів</t>
+          <t>МОЗЗСО</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G215" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H215" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I215" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J215" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K215" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L215" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M215" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N215" s="7"/>
       <c r="O215" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Виконавчий комітет Молочанської міської ради</t>
         </is>
       </c>
       <c r="P215" s="4" t="inlineStr">
         <is>
-          <t>(06140)91662</t>
+          <t>(06178)40582</t>
         </is>
       </c>
       <c r="Q215" s="4"/>
       <c r="R215" s="4" t="inlineStr">
         <is>
-          <t>schoolnadia2016@gmail.com</t>
+          <t>panialena72@gmail.com</t>
         </is>
       </c>
       <c r="S215" s="4" t="inlineStr">
         <is>
-          <t>http://schoolnadia.ucoz.org</t>
+          <t>http://molshkola2.klasna.com</t>
         </is>
       </c>
       <c r="T215" s="4" t="inlineStr">
         <is>
-          <t>Директор Макаренко Юлія Анатоліївна</t>
+          <t>В.о. директора Потапова Альона Миколаївна</t>
         </is>
       </c>
       <c r="U215" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y215" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="4" t="inlineStr">
         <is>
-          <t>Чкаловський ліцей Чкаловської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Науковий ліцей комунального закладу вищої освіти "Хортицька національна навчально-реабілітаційна академія" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B216" s="5" t="n">
-        <v>135137</v>
+        <v>137162</v>
       </c>
       <c r="C216" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Чкаловський ліцей</t>
+          <t>Науковий ліцей Хортицької національної академії</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>науковий ліцей</t>
         </is>
       </c>
       <c r="G216" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H216" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I216" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J216" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K216" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Наукового містечка (о. Хортиця), 59</t>
         </is>
       </c>
       <c r="L216" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M216" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N216" s="7"/>
       <c r="O216" s="4" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P216" s="4" t="inlineStr">
         <is>
-          <t>(06136)74525</t>
+          <t>(061)2832001</t>
         </is>
       </c>
       <c r="Q216" s="4"/>
       <c r="R216" s="4" t="inlineStr">
         <is>
-          <t>chkalov.school@ukr.net</t>
+          <t>nlkhnazp@gmail.com</t>
         </is>
       </c>
       <c r="S216" s="4" t="inlineStr">
         <is>
-          <t>https://surl.li/gaumnh</t>
+          <t>http://school.khnnra.zp.ua/</t>
         </is>
       </c>
       <c r="T216" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Тетяна Володимирівна</t>
+          <t>Директор Доценко Вікторія Валеріївна</t>
         </is>
       </c>
       <c r="U216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V216" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y216" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="4" t="inlineStr">
         <is>
-          <t>ЧКАЛОВСЬКИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД I-III СТУПЕНІВ - ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД" ОЛЕКСАНДРІВСЬКОЇ СІЛЬСЬКОЇ РАДИ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>Новенський заклад загальної середньої освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="B217" s="5" t="n">
-        <v>136484</v>
+        <v>135355</v>
       </c>
       <c r="C217" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>ЧКАЛОВСЬКИЙ НВК I-III СТУПЕНІВ</t>
+          <t>Новенський ЗЗСО</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G217" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H217" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I217" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J217" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K217" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L217" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M217" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N217" s="7"/>
       <c r="O217" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту, туризму та архівної роботи Олександрівської сільської ради</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P217" s="4" t="inlineStr">
         <is>
-          <t>(098)9199551</t>
+          <t>(067)1955408</t>
         </is>
       </c>
       <c r="Q217" s="4"/>
       <c r="R217" s="4" t="inlineStr">
         <is>
-          <t>chkalovo2013@ukr.net</t>
+          <t>novoe.shkola@gmail.com</t>
         </is>
       </c>
       <c r="S217" s="4" t="inlineStr">
         <is>
-          <t>http://chkalovo.ucoz.ua</t>
+          <t>https://sites.google.com/view/novoeschool</t>
         </is>
       </c>
       <c r="T217" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Ірина Леонідівна</t>
+          <t>Директор Федан Інна Василівна</t>
         </is>
       </c>
       <c r="U217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V217" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y217" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="4" t="inlineStr">
+        <is>
+          <t>Новобогданівська гімназія "Успіх" Новобогданівської сільської ради Мелітопольського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B218" s="5" t="n">
+        <v>135061</v>
+      </c>
+      <c r="C218" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>Новобогданівська гімназія "Успіх" Новобогданівської СР МР ЗО</t>
+        </is>
+      </c>
+      <c r="E218" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G218" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H218" s="6" t="inlineStr">
+        <is>
+          <t>2310136900</t>
+        </is>
+      </c>
+      <c r="I218" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J218" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K218" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Фанатська, 10</t>
+        </is>
+      </c>
+      <c r="L218" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010228148</t>
+        </is>
+      </c>
+      <c r="M218" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N218" s="7"/>
+      <c r="O218" s="4" t="inlineStr">
+        <is>
+          <t>Новобогданівська сільська рада</t>
+        </is>
+      </c>
+      <c r="P218" s="4" t="inlineStr">
+        <is>
+          <t>(097)4491287, (066)5654052</t>
+        </is>
+      </c>
+      <c r="Q218" s="4"/>
+      <c r="R218" s="4" t="inlineStr">
+        <is>
+          <t>uspih@novobogdanivska-gromada.gov.ua</t>
+        </is>
+      </c>
+      <c r="S218" s="4" t="inlineStr">
+        <is>
+          <t>http://uspih.school.org.ua</t>
+        </is>
+      </c>
+      <c r="T218" s="4" t="inlineStr">
+        <is>
+          <t>Директор Кульбак Юлія Олексіївна</t>
+        </is>
+      </c>
+      <c r="U218" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V218" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W218" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X218" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y218" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="4" t="inlineStr">
+        <is>
+          <t>Нововасилівський ліцей "Гармонія" Нововасилівської селищної ради</t>
+        </is>
+      </c>
+      <c r="B219" s="5" t="n">
+        <v>135398</v>
+      </c>
+      <c r="C219" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>Нововасилівський ліцей "Гармонія"</t>
+        </is>
+      </c>
+      <c r="E219" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G219" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H219" s="6" t="inlineStr">
+        <is>
+          <t>2310100000</t>
+        </is>
+      </c>
+      <c r="I219" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J219" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K219" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Перша Ливарна, 38</t>
+        </is>
+      </c>
+      <c r="L219" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010069526</t>
+        </is>
+      </c>
+      <c r="M219" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N219" s="7"/>
+      <c r="O219" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти та культури Нововасилівської селищної ради</t>
+        </is>
+      </c>
+      <c r="P219" s="4" t="inlineStr">
+        <is>
+          <t>(097)5401078</t>
+        </is>
+      </c>
+      <c r="Q219" s="4"/>
+      <c r="R219" s="4" t="inlineStr">
+        <is>
+          <t>nvkgarmonij@gmail.com</t>
+        </is>
+      </c>
+      <c r="S219" s="4" t="inlineStr">
+        <is>
+          <t>http://novovasylivka.edukit.zp.ua</t>
+        </is>
+      </c>
+      <c r="T219" s="4" t="inlineStr">
+        <is>
+          <t>Директор Задирака Олена Юріївна</t>
+        </is>
+      </c>
+      <c r="U219" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V219" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W219" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X219" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y219" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="4" t="inlineStr">
+        <is>
+          <t>Новогорівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B220" s="5" t="n">
+        <v>134732</v>
+      </c>
+      <c r="C220" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>Новогорівська гімназія</t>
+        </is>
+      </c>
+      <c r="E220" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G220" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H220" s="6" t="inlineStr">
+        <is>
+          <t>2310136300</t>
+        </is>
+      </c>
+      <c r="I220" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J220" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K220" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Університетська, 55-А</t>
+        </is>
+      </c>
+      <c r="L220" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010595678</t>
+        </is>
+      </c>
+      <c r="M220" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N220" s="7"/>
+      <c r="O220" s="4" t="inlineStr">
+        <is>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P220" s="4" t="inlineStr">
+        <is>
+          <t>(097)8401771</t>
+        </is>
+      </c>
+      <c r="Q220" s="4"/>
+      <c r="R220" s="4" t="inlineStr">
+        <is>
+          <t>novogorivozzso@gmail.com</t>
+        </is>
+      </c>
+      <c r="S220" s="4" t="inlineStr">
+        <is>
+          <t>http://shkola-novogor.klasna.com</t>
+        </is>
+      </c>
+      <c r="T220" s="4" t="inlineStr">
+        <is>
+          <t>Директор Лисенко Юлія Вікторівна</t>
+        </is>
+      </c>
+      <c r="U220" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V220" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W220" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X220" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y220" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="4" t="inlineStr">
+        <is>
+          <t>Новопетрівська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B221" s="5" t="n">
+        <v>134414</v>
+      </c>
+      <c r="C221" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>Новопетрівська гімназія</t>
+        </is>
+      </c>
+      <c r="E221" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G221" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H221" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I221" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J221" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K221" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L221" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M221" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N221" s="7"/>
+      <c r="O221" s="4" t="inlineStr">
+        <is>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
+        </is>
+      </c>
+      <c r="P221" s="4" t="inlineStr">
+        <is>
+          <t>(06153)98154</t>
+        </is>
+      </c>
+      <c r="Q221" s="4"/>
+      <c r="R221" s="4" t="inlineStr">
+        <is>
+          <t>novopetrovka.school@meta.ua</t>
+        </is>
+      </c>
+      <c r="S221" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/novopetrovkaschool15/</t>
+        </is>
+      </c>
+      <c r="T221" s="4" t="inlineStr">
+        <is>
+          <t>Директор Ковбаса Тетяна Ростиславівна</t>
+        </is>
+      </c>
+      <c r="U221" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V221" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W221" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X221" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y221" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="4" t="inlineStr">
+        <is>
+          <t>Олександрівська гімназія Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="B222" s="5" t="n">
+        <v>134568</v>
+      </c>
+      <c r="C222" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>Олександрівська гімназія</t>
+        </is>
+      </c>
+      <c r="E222" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G222" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H222" s="6" t="inlineStr">
+        <is>
+          <t>2310136300</t>
+        </is>
+      </c>
+      <c r="I222" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J222" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K222" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Гоголя, 155</t>
+        </is>
+      </c>
+      <c r="L222" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010595678</t>
+        </is>
+      </c>
+      <c r="M222" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N222" s="7"/>
+      <c r="O222" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P222" s="4" t="inlineStr">
+        <is>
+          <t>(061)2862833</t>
+        </is>
+      </c>
+      <c r="Q222" s="4"/>
+      <c r="R222" s="4" t="inlineStr">
+        <is>
+          <t>zal.akademic@ukr.net</t>
+        </is>
+      </c>
+      <c r="S222" s="4" t="inlineStr">
+        <is>
+          <t>https://academlyceum.zp.ua</t>
+        </is>
+      </c>
+      <c r="T222" s="4" t="inlineStr">
+        <is>
+          <t>Директор Коміссаров Вадим Олексійович</t>
+        </is>
+      </c>
+      <c r="U222" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V222" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W222" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X222" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y222" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="4" t="inlineStr">
+        <is>
+          <t>Опорна гімназія "Джерело" Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B223" s="5" t="n">
+        <v>135565</v>
+      </c>
+      <c r="C223" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>Опорна гімназія "Джерело" Терпіннівської СР МР ЗО</t>
+        </is>
+      </c>
+      <c r="E223" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G223" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H223" s="6" t="inlineStr">
+        <is>
+          <t>2310136900</t>
+        </is>
+      </c>
+      <c r="I223" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J223" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K223" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Фанатська, 10</t>
+        </is>
+      </c>
+      <c r="L223" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010228148</t>
+        </is>
+      </c>
+      <c r="M223" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N223" s="7"/>
+      <c r="O223" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти, культури, молоді та спорту Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P223" s="4" t="inlineStr">
+        <is>
+          <t>(098)4265805</t>
+        </is>
+      </c>
+      <c r="Q223" s="4"/>
+      <c r="R223" s="4" t="inlineStr">
+        <is>
+          <t>dzherelo.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S223" s="4" t="inlineStr">
+        <is>
+          <t>https://dzherelo.e-schools.info</t>
+        </is>
+      </c>
+      <c r="T223" s="4" t="inlineStr">
+        <is>
+          <t>Т.в.о. директора Єременко Тетяна Олександрівна</t>
+        </is>
+      </c>
+      <c r="U223" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V223" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W223" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X223" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y223" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="4" t="inlineStr">
+        <is>
+          <t>Опорний заклад загальної середньої освіти Приазовський ліцей Приазовської селищної ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B224" s="5" t="n">
+        <v>134440</v>
+      </c>
+      <c r="C224" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>ОЗЗСО Приазовський ліцей</t>
+        </is>
+      </c>
+      <c r="E224" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>спеціалізована школа</t>
+        </is>
+      </c>
+      <c r="G224" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H224" s="6" t="inlineStr">
+        <is>
+          <t>2310136300</t>
+        </is>
+      </c>
+      <c r="I224" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J224" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K224" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Козача, 35</t>
+        </is>
+      </c>
+      <c r="L224" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010595678</t>
+        </is>
+      </c>
+      <c r="M224" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N224" s="7"/>
+      <c r="O224" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти, молоді та спорту, культури і туризму Приазовської селищної ради</t>
+        </is>
+      </c>
+      <c r="P224" s="4" t="inlineStr">
+        <is>
+          <t>(06133)22780</t>
+        </is>
+      </c>
+      <c r="Q224" s="4"/>
+      <c r="R224" s="4" t="inlineStr">
+        <is>
+          <t>priazlicej@gmail.com</t>
+        </is>
+      </c>
+      <c r="S224" s="4"/>
+      <c r="T224" s="4" t="inlineStr">
+        <is>
+          <t>Т.в.о. директора Цвєтанська Галина Василівна</t>
+        </is>
+      </c>
+      <c r="U224" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V224" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W224" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X224" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y224" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="4" t="inlineStr">
+        <is>
+          <t>опорний навчально-виховний заклад Чернігівська загальноосвітня школа I-III ступенів імені Героя Радянського Союзу А.М.Темника Чернігівської селищної ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B225" s="5" t="n">
+        <v>135140</v>
+      </c>
+      <c r="C225" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>опорний заклад Чернігівська ЗОШ І-ІІІ ступенів</t>
+        </is>
+      </c>
+      <c r="E225" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G225" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H225" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I225" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J225" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K225" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Героїв Крут, 3-А</t>
+        </is>
+      </c>
+      <c r="L225" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M225" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N225" s="7"/>
+      <c r="O225" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P225" s="4" t="inlineStr">
+        <is>
+          <t>(06140)91771</t>
+        </is>
+      </c>
+      <c r="Q225" s="4"/>
+      <c r="R225" s="4" t="inlineStr">
+        <is>
+          <t>onvz@school-temnik.net</t>
+        </is>
+      </c>
+      <c r="S225" s="4" t="inlineStr">
+        <is>
+          <t>http://school-temnika.edukit.zp.ua</t>
+        </is>
+      </c>
+      <c r="T225" s="4" t="inlineStr">
+        <is>
+          <t>Директор Денисенко Олена Іванівна</t>
+        </is>
+      </c>
+      <c r="U225" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V225" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W225" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X225" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y225" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="4" t="inlineStr">
+        <is>
+          <t>Орлянська гімназія Малобілозерської сільської ради Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B226" s="5" t="n">
+        <v>134489</v>
+      </c>
+      <c r="C226" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>Орлянська гімназія МСР ВР ЗО</t>
+        </is>
+      </c>
+      <c r="E226" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G226" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H226" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I226" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J226" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K226" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L226" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M226" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N226" s="7"/>
+      <c r="O226" s="4" t="inlineStr">
+        <is>
+          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P226" s="4" t="inlineStr">
+        <is>
+          <t>(0617)552391</t>
+        </is>
+      </c>
+      <c r="Q226" s="4"/>
+      <c r="R226" s="4" t="inlineStr">
+        <is>
+          <t>orlanka.zosh@gmail.com</t>
+        </is>
+      </c>
+      <c r="S226" s="4" t="inlineStr">
+        <is>
+          <t>http://www.orlianske-zosh.edukit.zp.ua</t>
+        </is>
+      </c>
+      <c r="T226" s="4" t="inlineStr">
+        <is>
+          <t>Т.в.о. директора Борисенко Олександр Павлович</t>
+        </is>
+      </c>
+      <c r="U226" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V226" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W226" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X226" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y226" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="4" t="inlineStr">
+        <is>
+          <t>Осипенківська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B227" s="5" t="n">
+        <v>138010</v>
+      </c>
+      <c r="C227" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>Осипенківська гімназія</t>
+        </is>
+      </c>
+      <c r="E227" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G227" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H227" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I227" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J227" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K227" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L227" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M227" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N227" s="7"/>
+      <c r="O227" s="4" t="inlineStr">
+        <is>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
+        </is>
+      </c>
+      <c r="P227" s="4" t="inlineStr">
+        <is>
+          <t>(06153)99-5-40</t>
+        </is>
+      </c>
+      <c r="Q227" s="4"/>
+      <c r="R227" s="4" t="inlineStr">
+        <is>
+          <t>osipenko2007@meta.ua</t>
+        </is>
+      </c>
+      <c r="S227" s="4" t="inlineStr">
+        <is>
+          <t>https://osipenko-onlineschool.blogspot.com/</t>
+        </is>
+      </c>
+      <c r="T227" s="4" t="inlineStr">
+        <is>
+          <t>В.о. директора Новосела Тетяна Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U227" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V227" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W227" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X227" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y227" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="4" t="inlineStr">
+        <is>
+          <t>Плодородненський ліцей Плодородненської сільської ради Мелітопольського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B228" s="5" t="n">
+        <v>136363</v>
+      </c>
+      <c r="C228" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>Плодородненський ліцей</t>
+        </is>
+      </c>
+      <c r="E228" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G228" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H228" s="6" t="inlineStr">
+        <is>
+          <t>2310136300</t>
+        </is>
+      </c>
+      <c r="I228" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J228" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K228" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Козача, 35</t>
+        </is>
+      </c>
+      <c r="L228" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010595678</t>
+        </is>
+      </c>
+      <c r="M228" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N228" s="7"/>
+      <c r="O228" s="4" t="inlineStr">
+        <is>
+          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P228" s="4" t="inlineStr">
+        <is>
+          <t>(06132)95125, (098)5629386</t>
+        </is>
+      </c>
+      <c r="Q228" s="4"/>
+      <c r="R228" s="4" t="inlineStr">
+        <is>
+          <t>plodlicey@gmail.com</t>
+        </is>
+      </c>
+      <c r="S228" s="4"/>
+      <c r="T228" s="4" t="inlineStr">
+        <is>
+          <t>Директор Старовойтов Микола Григорович</t>
+        </is>
+      </c>
+      <c r="U228" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V228" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W228" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X228" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y228" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="4" t="inlineStr">
+        <is>
+          <t>Покровський заклад загальної середньої освіти Токмацької міської ради</t>
+        </is>
+      </c>
+      <c r="B229" s="5" t="n">
+        <v>134276</v>
+      </c>
+      <c r="C229" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>Покровський ЗЗСО ТМР</t>
+        </is>
+      </c>
+      <c r="E229" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>навчально-виховний комплекс (об'єднання)</t>
+        </is>
+      </c>
+      <c r="G229" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H229" s="6" t="inlineStr">
+        <is>
+          <t>2310136900</t>
+        </is>
+      </c>
+      <c r="I229" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J229" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K229" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Фанатська, 10</t>
+        </is>
+      </c>
+      <c r="L229" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010228148</t>
+        </is>
+      </c>
+      <c r="M229" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N229" s="7"/>
+      <c r="O229" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти Токмацької міської ради</t>
+        </is>
+      </c>
+      <c r="P229" s="4" t="inlineStr">
+        <is>
+          <t>(068)9602100</t>
+        </is>
+      </c>
+      <c r="Q229" s="4"/>
+      <c r="R229" s="4" t="inlineStr">
+        <is>
+          <t>skolapokrovske503@gmail.com</t>
+        </is>
+      </c>
+      <c r="S229" s="4" t="inlineStr">
+        <is>
+          <t>https://pzzso.e-schools.info</t>
+        </is>
+      </c>
+      <c r="T229" s="4" t="inlineStr">
+        <is>
+          <t>Директор Антипенко Оксана Володимирівна</t>
+        </is>
+      </c>
+      <c r="U229" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V229" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W229" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X229" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y229" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="4" t="inlineStr">
+        <is>
+          <t>Початкова школа № 2 Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B230" s="5" t="n">
+        <v>137897</v>
+      </c>
+      <c r="C230" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>Початкова школа № 2 ММР ЗО</t>
+        </is>
+      </c>
+      <c r="E230" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G230" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H230" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I230" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J230" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K230" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L230" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M230" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N230" s="7"/>
+      <c r="O230" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="P230" s="4" t="inlineStr">
+        <is>
+          <t>(096)5480591</t>
+        </is>
+      </c>
+      <c r="Q230" s="4"/>
+      <c r="R230" s="4" t="inlineStr">
+        <is>
+          <t>psukr2@gmail.com</t>
+        </is>
+      </c>
+      <c r="S230" s="4" t="inlineStr">
+        <is>
+          <t>http://znz2melitopol.wix.com/znz2melitopol</t>
+        </is>
+      </c>
+      <c r="T230" s="4" t="inlineStr">
+        <is>
+          <t>Директор Кваскова Олена Іванівна</t>
+        </is>
+      </c>
+      <c r="U230" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V230" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W230" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X230" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y230" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="4" t="inlineStr">
+        <is>
+          <t>Початкова школа № 3 Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B231" s="5" t="n">
+        <v>136172</v>
+      </c>
+      <c r="C231" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>Початкова школа № 3 ММР ЗО</t>
+        </is>
+      </c>
+      <c r="E231" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G231" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H231" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I231" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J231" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K231" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L231" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M231" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N231" s="7"/>
+      <c r="O231" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="P231" s="4" t="inlineStr">
+        <is>
+          <t>(068)3672811</t>
+        </is>
+      </c>
+      <c r="Q231" s="4"/>
+      <c r="R231" s="4" t="inlineStr">
+        <is>
+          <t>osvitamph3@gmail.com</t>
+        </is>
+      </c>
+      <c r="S231" s="4" t="inlineStr">
+        <is>
+          <t>http://surl.li/pzlck</t>
+        </is>
+      </c>
+      <c r="T231" s="4" t="inlineStr">
+        <is>
+          <t>В.о. директора Мельникова Любов Дмитрівна</t>
+        </is>
+      </c>
+      <c r="U231" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V231" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W231" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X231" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y231" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="4" t="inlineStr">
+        <is>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "ІТ СТЕП СКУЛ ЗАПОРІЖЖЯ"</t>
+        </is>
+      </c>
+      <c r="B232" s="5" t="n">
+        <v>176505</v>
+      </c>
+      <c r="C232" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>ПЗЗСО Ліцей "ІТ СТЕП СКУЛ ЗАПОРІЖЖЯ"</t>
+        </is>
+      </c>
+      <c r="E232" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G232" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H232" s="6" t="inlineStr">
+        <is>
+          <t>2310100000</t>
+        </is>
+      </c>
+      <c r="I232" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J232" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K232" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Рекордна, 20</t>
+        </is>
+      </c>
+      <c r="L232" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010069526</t>
+        </is>
+      </c>
+      <c r="M232" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N232" s="7"/>
+      <c r="O232" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P232" s="4" t="inlineStr">
+        <is>
+          <t>(050)2105770</t>
+        </is>
+      </c>
+      <c r="Q232" s="4"/>
+      <c r="R232" s="4"/>
+      <c r="S232" s="4"/>
+      <c r="T232" s="4" t="inlineStr">
+        <is>
+          <t>Директор Ярова Олена Володимирівна</t>
+        </is>
+      </c>
+      <c r="U232" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V232" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W232" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X232" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y232" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="4" t="inlineStr">
+        <is>
+          <t>Приватний заклад "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+        </is>
+      </c>
+      <c r="B233" s="5" t="n">
+        <v>137114</v>
+      </c>
+      <c r="C233" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>ПЗ "Ліцей інтелектуальної творчості "ЕйдоС" м. Запоріжжя"</t>
+        </is>
+      </c>
+      <c r="E233" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G233" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H233" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I233" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J233" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K233" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Нижньодніпровська, 4-А</t>
+        </is>
+      </c>
+      <c r="L233" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M233" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N233" s="7"/>
+      <c r="O233" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P233" s="4" t="inlineStr">
+        <is>
+          <t>(061)2396560, (050)1022212</t>
+        </is>
+      </c>
+      <c r="Q233" s="4"/>
+      <c r="R233" s="4" t="inlineStr">
+        <is>
+          <t>eidos.zp.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S233" s="4" t="inlineStr">
+        <is>
+          <t>http://www.eidos.zp.ua/</t>
+        </is>
+      </c>
+      <c r="T233" s="4" t="inlineStr">
+        <is>
+          <t>Генеральний директор Грединарова Олена Михайлівна</t>
+        </is>
+      </c>
+      <c r="U233" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V233" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W233" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X233" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y233" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="4" t="inlineStr">
+        <is>
+          <t>Пришибська гімназія Михайлівської селищної ради Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B234" s="5" t="n">
+        <v>134334</v>
+      </c>
+      <c r="C234" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>Пришибська гімназія</t>
+        </is>
+      </c>
+      <c r="E234" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G234" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H234" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I234" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J234" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K234" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L234" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M234" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N234" s="7"/>
+      <c r="O234" s="4" t="inlineStr">
+        <is>
+          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P234" s="4" t="inlineStr">
+        <is>
+          <t>(068)812-60-48</t>
+        </is>
+      </c>
+      <c r="Q234" s="4"/>
+      <c r="R234" s="4" t="inlineStr">
+        <is>
+          <t>Astra65@meta.ua</t>
+        </is>
+      </c>
+      <c r="S234" s="4" t="inlineStr">
+        <is>
+          <t>http://pryshybschool.at.ua</t>
+        </is>
+      </c>
+      <c r="T234" s="4" t="inlineStr">
+        <is>
+          <t>Директор Кузьменко Оксана Олександрівна</t>
+        </is>
+      </c>
+      <c r="U234" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V234" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W234" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X234" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y234" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="4" t="inlineStr">
+        <is>
+          <t>Роздольський ліцей Роздольської сільської ради Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B235" s="5" t="n">
+        <v>135404</v>
+      </c>
+      <c r="C235" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>Роздольський ліцей</t>
+        </is>
+      </c>
+      <c r="E235" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G235" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H235" s="6" t="inlineStr">
+        <is>
+          <t>2310136300</t>
+        </is>
+      </c>
+      <c r="I235" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J235" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K235" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Університетська, 55-А</t>
+        </is>
+      </c>
+      <c r="L235" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010595678</t>
+        </is>
+      </c>
+      <c r="M235" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N235" s="7"/>
+      <c r="O235" s="4" t="inlineStr">
+        <is>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P235" s="4" t="inlineStr">
+        <is>
+          <t>(068)0841599</t>
+        </is>
+      </c>
+      <c r="Q235" s="4"/>
+      <c r="R235" s="4" t="inlineStr">
+        <is>
+          <t>rozdol_shkola@meta.ua</t>
+        </is>
+      </c>
+      <c r="S235" s="4" t="inlineStr">
+        <is>
+          <t>https://shalay595.wixsite.com/kzrozdol</t>
+        </is>
+      </c>
+      <c r="T235" s="4" t="inlineStr">
+        <is>
+          <t>Директор Катречко Галина Василівна</t>
+        </is>
+      </c>
+      <c r="U235" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V235" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W235" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X235" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y235" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="4" t="inlineStr">
+        <is>
+          <t>Розівський опорний заклад загальної середньої освіти І - ІІІ ступенів Розівської селищної ради Пологівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B236" s="5" t="n">
+        <v>136429</v>
+      </c>
+      <c r="C236" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>Розівський ОЗЗСО І-ІІІ ст.</t>
+        </is>
+      </c>
+      <c r="E236" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G236" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H236" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I236" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J236" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K236" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Героїв Крут, 17</t>
+        </is>
+      </c>
+      <c r="L236" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M236" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N236" s="7"/>
+      <c r="O236" s="4" t="inlineStr">
+        <is>
+          <t>Розівська селищна рада Розівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P236" s="4" t="inlineStr">
+        <is>
+          <t>(095)6937107</t>
+        </is>
+      </c>
+      <c r="Q236" s="4"/>
+      <c r="R236" s="4" t="inlineStr">
+        <is>
+          <t>rozovskayaoosh1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S236" s="4" t="inlineStr">
+        <is>
+          <t>https://rozschool.com.ua/</t>
+        </is>
+      </c>
+      <c r="T236" s="4" t="inlineStr">
+        <is>
+          <t>Директор Тарасенко Віра Михайлівна</t>
+        </is>
+      </c>
+      <c r="U236" s="6" t="inlineStr">
+        <is>
+          <t>Опорний заклад</t>
+        </is>
+      </c>
+      <c r="V236" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W236" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X236" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y236" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="4" t="inlineStr">
+        <is>
+          <t>Спеціалізована школа "Хабад Любавич" з поглибленим вивченням івриту та англійської мови</t>
+        </is>
+      </c>
+      <c r="B237" s="5" t="n">
+        <v>135626</v>
+      </c>
+      <c r="C237" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>Спеціалізована школа "Хабад Любавич"</t>
+        </is>
+      </c>
+      <c r="E237" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>спеціалізована школа</t>
+        </is>
+      </c>
+      <c r="G237" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H237" s="6" t="inlineStr">
+        <is>
+          <t>2310136900</t>
+        </is>
+      </c>
+      <c r="I237" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J237" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K237" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Бородінська, 9-А</t>
+        </is>
+      </c>
+      <c r="L237" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010228148</t>
+        </is>
+      </c>
+      <c r="M237" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N237" s="7"/>
+      <c r="O237" s="4" t="inlineStr">
+        <is>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P237" s="4" t="inlineStr">
+        <is>
+          <t>(061)2397101, (061)2397102</t>
+        </is>
+      </c>
+      <c r="Q237" s="4"/>
+      <c r="R237" s="4" t="inlineStr">
+        <is>
+          <t>chabadzp@gmail.com</t>
+        </is>
+      </c>
+      <c r="S237" s="4" t="inlineStr">
+        <is>
+          <t>http://khabad.inf.ua/</t>
+        </is>
+      </c>
+      <c r="T237" s="4" t="inlineStr">
+        <is>
+          <t>Директор Бобакова Лариса Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U237" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V237" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W237" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X237" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y237" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="4" t="inlineStr">
+        <is>
+          <t>Таврійська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B238" s="5" t="n">
+        <v>134774</v>
+      </c>
+      <c r="C238" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>Таврійська гімназія</t>
+        </is>
+      </c>
+      <c r="E238" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G238" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H238" s="6" t="inlineStr">
+        <is>
+          <t>2310136300</t>
+        </is>
+      </c>
+      <c r="I238" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J238" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K238" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Університетська, 55-А</t>
+        </is>
+      </c>
+      <c r="L238" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010595678</t>
+        </is>
+      </c>
+      <c r="M238" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N238" s="7"/>
+      <c r="O238" s="4" t="inlineStr">
+        <is>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P238" s="4" t="inlineStr">
+        <is>
+          <t>(096)3924791</t>
+        </is>
+      </c>
+      <c r="Q238" s="4"/>
+      <c r="R238" s="4" t="inlineStr">
+        <is>
+          <t>tavrijaskul@ukr.net</t>
+        </is>
+      </c>
+      <c r="S238" s="4" t="inlineStr">
+        <is>
+          <t>http://tavrijascool.klasna.com/</t>
+        </is>
+      </c>
+      <c r="T238" s="4" t="inlineStr">
+        <is>
+          <t>Директор Сорока Таміла Віталіївна</t>
+        </is>
+      </c>
+      <c r="U238" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V238" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W238" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X238" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y238" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Запорізький приватний Монтессорі ліцей"</t>
+        </is>
+      </c>
+      <c r="B239" s="5" t="n">
+        <v>176850</v>
+      </c>
+      <c r="C239" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "Запорізький приватний Монтессорі ліцей"</t>
+        </is>
+      </c>
+      <c r="E239" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G239" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H239" s="6" t="inlineStr">
+        <is>
+          <t>2310100000</t>
+        </is>
+      </c>
+      <c r="I239" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J239" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K239" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Незалежної України, 82а</t>
+        </is>
+      </c>
+      <c r="L239" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010069526</t>
+        </is>
+      </c>
+      <c r="M239" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N239" s="7"/>
+      <c r="O239" s="4" t="inlineStr">
+        <is>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P239" s="4" t="inlineStr">
+        <is>
+          <t>(099)7181891</t>
+        </is>
+      </c>
+      <c r="Q239" s="4"/>
+      <c r="R239" s="4" t="inlineStr">
+        <is>
+          <t>montessori@osvita.zp.ua</t>
+        </is>
+      </c>
+      <c r="S239" s="4" t="inlineStr">
+        <is>
+          <t>www.montessori.osvita.zp.ua</t>
+        </is>
+      </c>
+      <c r="T239" s="4" t="inlineStr">
+        <is>
+          <t>Директор Турчина Алла Григорівна</t>
+        </is>
+      </c>
+      <c r="U239" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V239" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W239" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X239" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y239" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="4" t="inlineStr">
+        <is>
+          <t>Товариство з обмеженою відповідальністю "Навчально-виховний комплекс "Ліцей економіки та інформаційних технологій"</t>
+        </is>
+      </c>
+      <c r="B240" s="5" t="n">
+        <v>136724</v>
+      </c>
+      <c r="C240" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "НВК "Ліцей ЕІТ"</t>
+        </is>
+      </c>
+      <c r="E240" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>навчально-виховний комплекс (об'єднання)</t>
+        </is>
+      </c>
+      <c r="G240" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H240" s="6" t="inlineStr">
+        <is>
+          <t>2310136900</t>
+        </is>
+      </c>
+      <c r="I240" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J240" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K240" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Кияшка, 16-Б</t>
+        </is>
+      </c>
+      <c r="L240" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010228148</t>
+        </is>
+      </c>
+      <c r="M240" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N240" s="7"/>
+      <c r="O240" s="4" t="inlineStr">
+        <is>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P240" s="4" t="inlineStr">
+        <is>
+          <t>(061)2399008</t>
+        </is>
+      </c>
+      <c r="Q240" s="4"/>
+      <c r="R240" s="4" t="inlineStr">
+        <is>
+          <t>liceum@econom.zp.ua</t>
+        </is>
+      </c>
+      <c r="S240" s="4"/>
+      <c r="T240" s="4" t="inlineStr">
+        <is>
+          <t>Директор Охріменко Олена Миколаївна</t>
+        </is>
+      </c>
+      <c r="U240" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V240" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W240" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X240" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y240" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="4" t="inlineStr">
+        <is>
+          <t>Фруктівський ліцей Новенської сільської ради</t>
+        </is>
+      </c>
+      <c r="B241" s="5" t="n">
+        <v>135097</v>
+      </c>
+      <c r="C241" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>Фруктівський ліцей НСР</t>
+        </is>
+      </c>
+      <c r="E241" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G241" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H241" s="6" t="inlineStr">
+        <is>
+          <t>2310136900</t>
+        </is>
+      </c>
+      <c r="I241" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J241" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K241" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Фанатська, 10</t>
+        </is>
+      </c>
+      <c r="L241" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010228148</t>
+        </is>
+      </c>
+      <c r="M241" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N241" s="7"/>
+      <c r="O241" s="4" t="inlineStr">
+        <is>
+          <t>Новенська сільська рада</t>
+        </is>
+      </c>
+      <c r="P241" s="4" t="inlineStr">
+        <is>
+          <t>(097)9726422</t>
+        </is>
+      </c>
+      <c r="Q241" s="4"/>
+      <c r="R241" s="4" t="inlineStr">
+        <is>
+          <t>fruktivsky_lyceum@ukr.net</t>
+        </is>
+      </c>
+      <c r="S241" s="4"/>
+      <c r="T241" s="4" t="inlineStr">
+        <is>
+          <t>Т.в.о. директора Трифонова Тетяна Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U241" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V241" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W241" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X241" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y241" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="4" t="inlineStr">
+        <is>
+          <t>Хортицький академічний ліцей Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="B242" s="5" t="n">
+        <v>134657</v>
+      </c>
+      <c r="C242" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>Хортицький ліцей</t>
+        </is>
+      </c>
+      <c r="E242" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G242" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H242" s="6" t="inlineStr">
+        <is>
+          <t>2310137300</t>
+        </is>
+      </c>
+      <c r="I242" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J242" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K242" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Чотирнадцятого жовтня, 15</t>
+        </is>
+      </c>
+      <c r="L242" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010618511</t>
+        </is>
+      </c>
+      <c r="M242" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N242" s="7"/>
+      <c r="O242" s="4" t="inlineStr">
+        <is>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P242" s="4" t="inlineStr">
+        <is>
+          <t>(061)2260637</t>
+        </is>
+      </c>
+      <c r="Q242" s="4"/>
+      <c r="R242" s="4" t="inlineStr">
+        <is>
+          <t>akademlitseyhort2020@gmail.com</t>
+        </is>
+      </c>
+      <c r="S242" s="4"/>
+      <c r="T242" s="4" t="inlineStr">
+        <is>
+          <t>Директор Погорелова Наталія Вікторівна</t>
+        </is>
+      </c>
+      <c r="U242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X242" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y242" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="4" t="inlineStr">
+        <is>
+          <t>Червонопільська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B243" s="5" t="n">
+        <v>136433</v>
+      </c>
+      <c r="C243" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>Червонопільська гімназія</t>
+        </is>
+      </c>
+      <c r="E243" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G243" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H243" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I243" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J243" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K243" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L243" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M243" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N243" s="7"/>
+      <c r="O243" s="4" t="inlineStr">
+        <is>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
+        </is>
+      </c>
+      <c r="P243" s="4" t="inlineStr">
+        <is>
+          <t>(06153)95140</t>
+        </is>
+      </c>
+      <c r="Q243" s="4"/>
+      <c r="R243" s="4" t="inlineStr">
+        <is>
+          <t>ccervonopilskaskola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S243" s="4"/>
+      <c r="T243" s="4" t="inlineStr">
+        <is>
+          <t>В.о. директора Проценко Едуард Петрович</t>
+        </is>
+      </c>
+      <c r="U243" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V243" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W243" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X243" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y243" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська загальноосвітня школа І-ІІІ ступенів Чернігівської селищної ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B244" s="5" t="n">
+        <v>134795</v>
+      </c>
+      <c r="C244" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська ЗОШ І-ІІІ ступенів</t>
+        </is>
+      </c>
+      <c r="E244" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G244" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H244" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I244" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J244" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K244" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Героїв Крут, 3-А</t>
+        </is>
+      </c>
+      <c r="L244" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M244" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N244" s="7"/>
+      <c r="O244" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P244" s="4" t="inlineStr">
+        <is>
+          <t>(06140)91662</t>
+        </is>
+      </c>
+      <c r="Q244" s="4"/>
+      <c r="R244" s="4" t="inlineStr">
+        <is>
+          <t>schoolnadia2016@gmail.com</t>
+        </is>
+      </c>
+      <c r="S244" s="4" t="inlineStr">
+        <is>
+          <t>http://schoolnadia.ucoz.org</t>
+        </is>
+      </c>
+      <c r="T244" s="4" t="inlineStr">
+        <is>
+          <t>Директор Макаренко Юлія Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U244" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V244" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W244" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X244" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y244" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="4" t="inlineStr">
+        <is>
+          <t>Чкаловський ліцей Чкаловської сільської ради Мелітопольського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="B245" s="5" t="n">
+        <v>135137</v>
+      </c>
+      <c r="C245" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>Чкаловський ліцей</t>
+        </is>
+      </c>
+      <c r="E245" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G245" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H245" s="6" t="inlineStr">
+        <is>
+          <t>2310100000</t>
+        </is>
+      </c>
+      <c r="I245" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J245" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K245" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Фанатська, 10</t>
+        </is>
+      </c>
+      <c r="L245" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010069526</t>
+        </is>
+      </c>
+      <c r="M245" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N245" s="7"/>
+      <c r="O245" s="4" t="inlineStr">
+        <is>
+          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+        </is>
+      </c>
+      <c r="P245" s="4" t="inlineStr">
+        <is>
+          <t>(06136)74525</t>
+        </is>
+      </c>
+      <c r="Q245" s="4"/>
+      <c r="R245" s="4" t="inlineStr">
+        <is>
+          <t>chkalov.school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S245" s="4" t="inlineStr">
+        <is>
+          <t>https://surl.li/gaumnh</t>
+        </is>
+      </c>
+      <c r="T245" s="4" t="inlineStr">
+        <is>
+          <t>Директор Черномурко Ліна Миколаївна</t>
+        </is>
+      </c>
+      <c r="U245" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V245" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W245" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X245" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y245" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="4" t="inlineStr">
+        <is>
+          <t>ЧКАЛОВСЬКИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД I-III СТУПЕНІВ - ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД" ОЛЕКСАНДРІВСЬКОЇ СІЛЬСЬКОЇ РАДИ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+        </is>
+      </c>
+      <c r="B246" s="5" t="n">
+        <v>136484</v>
+      </c>
+      <c r="C246" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>ЧКАЛОВСЬКИЙ НВК I-III СТУПЕНІВ</t>
+        </is>
+      </c>
+      <c r="E246" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>навчально-виховний комплекс (об'єднання)</t>
+        </is>
+      </c>
+      <c r="G246" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H246" s="6" t="inlineStr">
+        <is>
+          <t>2310100000</t>
+        </is>
+      </c>
+      <c r="I246" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J246" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K246" s="4" t="inlineStr">
+        <is>
+          <t>проспект Соборний, 164</t>
+        </is>
+      </c>
+      <c r="L246" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010069526</t>
+        </is>
+      </c>
+      <c r="M246" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N246" s="7"/>
+      <c r="O246" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти, культури, молоді, спорту, туризму та архівної роботи Олександрівської сільської ради</t>
+        </is>
+      </c>
+      <c r="P246" s="4" t="inlineStr">
+        <is>
+          <t>(098)9199551</t>
+        </is>
+      </c>
+      <c r="Q246" s="4"/>
+      <c r="R246" s="4" t="inlineStr">
+        <is>
+          <t>chkalovo2013@ukr.net</t>
+        </is>
+      </c>
+      <c r="S246" s="4" t="inlineStr">
+        <is>
+          <t>http://chkalovo.ucoz.ua</t>
+        </is>
+      </c>
+      <c r="T246" s="4" t="inlineStr">
+        <is>
+          <t>Директор Савченко Ірина Леонідівна</t>
+        </is>
+      </c>
+      <c r="U246" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V246" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W246" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X246" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y246" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="4" t="inlineStr">
+        <is>
+          <t>Шевченківська гімназія-філія комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B247" s="5" t="n">
+        <v>134359</v>
+      </c>
+      <c r="C247" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>Шевченківська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+        </is>
+      </c>
+      <c r="E247" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G247" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H247" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I247" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J247" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K247" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Володимира Грищенка, 9</t>
+        </is>
+      </c>
+      <c r="L247" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M247" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N247" s="7"/>
+      <c r="O247" s="4" t="inlineStr">
+        <is>
+          <t>Василівська міська рада Запорізької області</t>
+        </is>
+      </c>
+      <c r="P247" s="4" t="inlineStr">
+        <is>
+          <t>(097)48-74-776</t>
+        </is>
+      </c>
+      <c r="Q247" s="4"/>
+      <c r="R247" s="4" t="inlineStr">
+        <is>
+          <t>licej.suziria.1952@gmail.com</t>
+        </is>
+      </c>
+      <c r="S247" s="4" t="inlineStr">
+        <is>
+          <t>http://shev-school.at.ua</t>
+        </is>
+      </c>
+      <c r="T247" s="4" t="inlineStr">
+        <is>
+          <t>Завідувач філією Тішин Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U247" s="6" t="inlineStr">
+        <is>
+          <t>Філія</t>
+        </is>
+      </c>
+      <c r="V247" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W247" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X247" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y247" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="4" t="inlineStr">
+        <is>
+          <t>Широківська гімназія-філія комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
+        </is>
+      </c>
+      <c r="B248" s="5" t="n">
+        <v>151500</v>
+      </c>
+      <c r="C248" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>Широківська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+        </is>
+      </c>
+      <c r="E248" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G248" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H248" s="6" t="inlineStr">
+        <is>
+          <t>2310137200</t>
+        </is>
+      </c>
+      <c r="I248" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька область</t>
+        </is>
+      </c>
+      <c r="J248" s="4" t="inlineStr">
+        <is>
+          <t>Запоріжжя, Запорізька область</t>
+        </is>
+      </c>
+      <c r="K248" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Володимира Грищенка, 9</t>
+        </is>
+      </c>
+      <c r="L248" s="6" t="inlineStr">
+        <is>
+          <t>UA23060070010154443</t>
+        </is>
+      </c>
+      <c r="M248" s="4" t="inlineStr">
+        <is>
+          <t>Запорізька обл., м. Запоріжжя</t>
+        </is>
+      </c>
+      <c r="N248" s="7"/>
+      <c r="O248" s="4" t="inlineStr">
+        <is>
+          <t>Василівська міська рада Запорізької області</t>
+        </is>
+      </c>
+      <c r="P248" s="4" t="inlineStr">
+        <is>
+          <t>(097)48-74-776</t>
+        </is>
+      </c>
+      <c r="Q248" s="4"/>
+      <c r="R248" s="4" t="inlineStr">
+        <is>
+          <t>licej.suziria.1952@gmail.com</t>
+        </is>
+      </c>
+      <c r="S248" s="4"/>
+      <c r="T248" s="4" t="inlineStr">
+        <is>
+          <t>Завідувач філією Шевченко Оксана Іванівна</t>
+        </is>
+      </c>
+      <c r="U248" s="6" t="inlineStr">
+        <is>
+          <t>Філія</t>
+        </is>
+      </c>
+      <c r="V248" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W248" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X248" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y248" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y217"/>
+  <autoFilter ref="A1:Y248"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>