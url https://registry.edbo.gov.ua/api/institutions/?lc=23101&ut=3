--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -3213,290 +3213,290 @@
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Долинська гімназія-філії комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
+          <t>Гаврилівський ліцей Гаврилівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>151502</v>
+        <v>135137</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Долинська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+          <t>Гаврилівський ліцей</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310100000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Грищенка, 9</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Василівська міська рада Запорізької області</t>
+          <t>Гаврилівська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(06175)55431</t>
+          <t>(06136)74525</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>licej.suziria.1952@gmail.com</t>
+          <t>chkalov.school@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://dolinskaschool.blogspot.com</t>
+          <t>https://surl.li/gaumnh</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Остапенко Людмила Григорівна</t>
+          <t>Директор Черномурко Ліна Миколаївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №1 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Долинська гімназія-філії комунального закладу "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>135754</v>
+        <v>151502</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №1</t>
+          <t>Долинська гімназія-філія КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 64</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(066)6071370</t>
+          <t>(06175)55431</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>envk1@envk1collegium.com.ua</t>
+          <t>licej.suziria.1952@gmail.com</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>https://enskola1.wixsite.com/envk1</t>
+          <t>http://dolinskaschool.blogspot.com</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Стьопіна Ірина Анатоліївна</t>
+          <t>Завідувач філією Остапенко Людмила Григорівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №2 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Енергодарська гімназія №1 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>135870</v>
+        <v>135754</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №2</t>
+          <t>Енергодарська гімназія №1</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -3508,108 +3508,108 @@
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(067)6134615</t>
+          <t>(066)6071370</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>en.himnaziya2@gmail.com</t>
+          <t>envk1@envk1collegium.com.ua</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>https://www.en-oosh2.com</t>
+          <t>https://enskola1.wixsite.com/envk1</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Воробйов Леонід Михайлович</t>
+          <t>Директор Стьопіна Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №3 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Енергодарська гімназія №2 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>135947</v>
+        <v>135870</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №3</t>
+          <t>Енергодарська гімназія №2</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -3621,108 +3621,108 @@
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(099)1133371</t>
+          <t>(067)6134615</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>ebggarmony@gmail.com</t>
+          <t>en.himnaziya2@gmail.com</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>https://garmoniya1029.wixsite.com/ebggarmoniya</t>
+          <t>https://www.en-oosh2.com</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Біряк Володимир Васильович</t>
+          <t>Директор Воробйов Леонід Михайлович</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №4 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Енергодарська гімназія №3 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>135906</v>
+        <v>135947</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №4</t>
+          <t>Енергодарська гімназія №3</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -3734,108 +3734,108 @@
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(067)6126044</t>
+          <t>(099)1133371</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>school4pr@gmail.com</t>
+          <t>ebggarmony@gmail.com</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://enschool4.wixsite.com/engymnasium4</t>
+          <t>https://garmoniya1029.wixsite.com/ebggarmoniya</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Воробйова Олена Дмитрівна</t>
+          <t>Директор Біряк Володимир Васильович</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №5 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Енергодарська гімназія №4 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>135946</v>
+        <v>135906</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська гімназія №5</t>
+          <t>Енергодарська гімназія №4</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -3847,560 +3847,560 @@
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(050)9447188</t>
+          <t>(067)6126044</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>enoosh5@gmail.com</t>
+          <t>school4pr@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://ennvk5.wixsite.com/envk</t>
+          <t>https://enschool4.wixsite.com/engymnasium4</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Зеленська Оксана Станіславівна</t>
+          <t>Директор Воробйова Олена Дмитрівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська початкова школа № 6 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Енергодарська гімназія №5 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>135955</v>
+        <v>135946</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Енергодарська початкова школа № 6</t>
+          <t>Енергодарська гімназія №5</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(098)4300232</t>
+          <t>(050)9447188</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>eoosh6@envk6.zp.ua</t>
+          <t>enoosh5@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>https://eoosh6.wixsite.com/envk6</t>
+          <t>https://ennvk5.wixsite.com/envk</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Марієва Ірина Геннадіївна</t>
+          <t>Директор Зеленська Оксана Станіславівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Енергодарський багатопрофільний ліцей Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Енергодарська початкова школа № 6 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>135842</v>
+        <v>135955</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Енергодарський БЛ</t>
+          <t>Енергодарська початкова школа № 6</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
           <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(096)0027441</t>
+          <t>(098)4300232</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>newlicey2@gmail.com</t>
+          <t>eoosh6@envk6.zp.ua</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>http://enlicey.org.ua</t>
+          <t>https://eoosh6.wixsite.com/envk6</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Мятович Ірина Володимирівна</t>
+          <t>Директор Марієва Ірина Геннадіївна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>заклад загальної середньої освіти №12 Токмацької міської ради</t>
+          <t>Енергодарський багатопрофільний ліцей Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>134760</v>
+        <v>135842</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО №12</t>
+          <t>Енергодарський БЛ</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Університетська, 64</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Токмацької міської ради</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(095)6614271</t>
+          <t>(096)0027441</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>tokmak.nvk12@gmail.com</t>
+          <t>newlicey2@gmail.com</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/tokmak-nvk12</t>
+          <t>http://enlicey.org.ua</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Ходальська Тетяна Володимирівна</t>
+          <t>Директор Мятович Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти №2 Токмацької міської ради</t>
+          <t>заклад загальної середньої освіти №12 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>135262</v>
+        <v>134760</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО №2</t>
+          <t>ЗЗСО №12</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
           <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(098)0167812</t>
+          <t>(095)6614271</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>tokmakschool2@ukr.net</t>
+          <t>tokmak.nvk12@gmail.com</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school2tokmak</t>
+          <t>https://sites.google.com/view/tokmak-nvk12</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Чаговець Олена Вікторівна</t>
+          <t>Директор Ходальська Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти №5 Токмацької міської ради</t>
+          <t>Заклад загальної середньої освіти №2 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>135768</v>
+        <v>135262</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО №5</t>
+          <t>ЗЗСО №2</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4412,108 +4412,108 @@
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
           <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(095)6614531</t>
+          <t>(098)0167812</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>tokmak5school@gmail.com</t>
+          <t>tokmakschool2@ukr.net</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/tokmak-5school</t>
+          <t>https://sites.google.com/view/school2tokmak</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Чорна Тетяна Владиславівна</t>
+          <t>Директор Чаговець Олена Вікторівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти №6 Токмацької міської ради</t>
+          <t>Заклад загальної середньої освіти №5 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>135361</v>
+        <v>135768</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО №6</t>
+          <t>ЗЗСО №5</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -4525,1536 +4525,1536 @@
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
           <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(098)3932427</t>
+          <t>(095)6614531</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>school6tokmak@gmail.com</t>
+          <t>tokmak5school@gmail.com</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school6tokmak/</t>
+          <t>https://sites.google.com/view/tokmak-5school</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Ситник Володимир Петрович</t>
+          <t>Директор Чорна Тетяна Владиславівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 106 Запорізької міської ради</t>
+          <t>Заклад загальної середньої освіти №6 Токмацької міської ради</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>137739</v>
+        <v>135361</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>ЗГ № 106</t>
+          <t>ЗЗСО №6</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рубана, 9</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(061)2260623</t>
+          <t>(098)3932427</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>zzbnvk106zp@gmail.com</t>
+          <t>school6tokmak@gmail.com</t>
         </is>
       </c>
       <c r="S40" s="4" t="inlineStr">
         <is>
-          <t>http://zzbnvk106.pp.ua</t>
+          <t>https://sites.google.com/view/school6tokmak/</t>
         </is>
       </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Колупаєва Тетяна Миколаївна</t>
+          <t>Директор Ситник Володимир Петрович</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 108 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 106 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>136918</v>
+        <v>137739</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>ЗГ № 108</t>
+          <t>ЗГ № 106</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дорошенка, 1</t>
+          <t>вулиця Рубана, 9</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(061)2862685</t>
+          <t>(061)2260623</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>zznvk108@ukr.net</t>
+          <t>zzbnvk106zp@gmail.com</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
-          <t>http://sites.google.com/site/zznvk108/</t>
+          <t>http://zzbnvk106.pp.ua</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Агапова Ольга Вікторівна</t>
+          <t>Директор Колупаєва Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 24 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 108 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>136929</v>
+        <v>136918</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>ЗГ № 24</t>
+          <t>ЗГ № 108</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Сергієнка, 12-А</t>
+          <t>вулиця Дорошенка, 1</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(061)2862662, (061)2862663</t>
+          <t>(061)2862685</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>24schoolzp@ukr.net</t>
+          <t>zznvk108@ukr.net</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/school24.zp.ua/school24zp/</t>
+          <t>http://sites.google.com/site/zznvk108/</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Кулик Володимир Юрійович</t>
+          <t>Директор Агапова Ольга Вікторівна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 32 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 24 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>136127</v>
+        <v>136929</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 32</t>
+          <t>ЗГ № 24</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чотирнадцятого Жовтня, 13</t>
+          <t>вулиця Василя Сергієнка, 12-А</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(061)2260598</t>
+          <t>(061)2862662, (061)2862663</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>school32zp@ukr.net</t>
+          <t>24schoolzp@ukr.net</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>http://school32zp.wix.com/school32zp</t>
+          <t>https://sites.google.com/school24.zp.ua/school24zp/</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Остах Світлана Іванівна</t>
+          <t>Директор Кулик Володимир Юрійович</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 40 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 32 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>136130</v>
+        <v>136127</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №40, ЗГ № 40</t>
+          <t>Запорізька гімназія № 32</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 93-ї бригади, 18-А</t>
+          <t>вулиця Чотирнадцятого Жовтня, 13</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(061)2260601</t>
+          <t>(061)2260598</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>school40.hort@gmail.com</t>
+          <t>school32zp@ukr.net</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://school40.zp.ua</t>
+          <t>http://school32zp.wix.com/school32zp</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Свиридова Олена Володимирівна</t>
+          <t>Директор Остах Світлана Іванівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 49 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 40 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>136153</v>
+        <v>136130</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 49</t>
+          <t>Запорізька гімназія №40, ЗГ № 40</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Світла, 16-А</t>
+          <t>вулиця Героїв 93-ї бригади, 18-А</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-05</t>
+          <t>(061)2260601</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>s49zp@ukr.net</t>
+          <t>school40.hort@gmail.com</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>http://school49.zp.sch.in.ua/</t>
+          <t>http://school40.zp.ua</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Хміль Ганна Максимівна</t>
+          <t>Директор Свиридова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 51 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 49 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>136154</v>
+        <v>136153</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 51</t>
+          <t>Запорізька гімназія № 49</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стародніпровська, 4</t>
+          <t>вулиця Світла, 16-А</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-08</t>
+          <t>(061)226-06-05</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>school51_zap@ukr.net</t>
+          <t>s49zp@ukr.net</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/school51.zp.ua/school51zp</t>
+          <t>http://school49.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Кисліцина Ірина Ігорівна</t>
+          <t>Директор Хміль Ганна Максимівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 91 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 51 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>136132</v>
+        <v>136154</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 91</t>
+          <t>Запорізька гімназія № 51</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лахтінська, 6-А</t>
+          <t>вулиця Стародніпровська, 4</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(061)2260616</t>
+          <t>(061)226-06-08</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>zpgym91@gmail.com</t>
+          <t>school51_zap@ukr.net</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>http://www.school91.inf.ua</t>
+          <t>https://sites.google.com/school51.zp.ua/school51zp</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Іваницька Тетяна Вікторівна</t>
+          <t>Директор Кисліцина Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 92 Запорізької міської ради</t>
+          <t>Запорізька гімназія № 91 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>136218</v>
+        <v>136132</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 92</t>
+          <t>Запорізька гімназія № 91</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>2310137300</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лахтінська, 9</t>
+          <t>вулиця Лахтінська, 6-А</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-19</t>
+          <t>(061)2260616</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>92shcola@gmail.com</t>
+          <t>zpgym91@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>school92zp.blogspot.com</t>
+          <t>http://www.school91.inf.ua</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Дакуніна Анжела Валеріївна</t>
+          <t>Директор Іваницька Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №1 імені Т.Г. Шевченка Запорізької міської ради</t>
+          <t>Запорізька гімназія № 92 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>135859</v>
+        <v>136218</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 1</t>
+          <t>Запорізька гімназія № 92</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 11</t>
+          <t>вулиця Лахтінська, 9</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(0612)862850</t>
+          <t>(061)226-06-19</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>znz1_im.shevchenko@ukr.net</t>
+          <t>92shcola@gmail.com</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>http://school1.edukit.zp.ua/</t>
+          <t>school92zp.blogspot.com</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрієнко Оксана Володимирівна</t>
+          <t>Директор Дакуніна Анжела Валеріївна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №101 Запорізької міської ради</t>
+          <t>Запорізька гімназія №1 імені Т.Г. Шевченка Запорізької міської ради</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>139646</v>
+        <v>135859</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>ЗГ №101 ЗМР</t>
+          <t>Запорізька гімназія № 1</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бочарова, 10Б</t>
+          <t>вулиця Шкільна, 11</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-40</t>
+          <t>(0612)862850</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>zosh101@meta.ua</t>
+          <t>znz1_im.shevchenko@ukr.net</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/101.zp.ua/site/home</t>
+          <t>http://school1.edukit.zp.ua/</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Вітковська Ірина Олександрівна</t>
+          <t>Директор Андрієнко Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №103 Запорізької міської ради</t>
+          <t>Запорізька гімназія №101 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>137144</v>
+        <v>139646</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №103</t>
+          <t>ЗГ №101 ЗМР</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Українця, 18-А</t>
+          <t>вулиця Бочарова, 10Б</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(061)2799592</t>
+          <t>(061)286-24-40</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>school103zp@ukr.net</t>
+          <t>zosh101@meta.ua</t>
         </is>
       </c>
       <c r="S51" s="4" t="inlineStr">
         <is>
-          <t>http://school103.zp.sch.in.ua/</t>
+          <t>https://sites.google.com/101.zp.ua/site/home</t>
         </is>
       </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Суліма Ірина Сергіївна</t>
+          <t>Директор Вітковська Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія №107 Запорізької міської ради Запорізької області</t>
+          <t>Запорізька гімназія №103 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>136061</v>
+        <v>137144</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>Запорізька гімназія № 107</t>
+          <t>Запорізька гімназія №103</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>2310136700</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Національної гвардії України, 59</t>
+          <t>вулиця Володимира Українця, 18-А</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(061)7648640, (061)7648644, (061)7648641</t>
+          <t>(061)2799592</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>zpkrsc107@ukr.net</t>
+          <t>school103zp@ukr.net</t>
         </is>
       </c>
       <c r="S52" s="4" t="inlineStr">
         <is>
-          <t>http://planeta107.zp.ua</t>
+          <t>http://school103.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Кошель Дмитро Богданович</t>
+          <t>Директор Суліма Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
@@ -14037,2546 +14037,2546 @@
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №28 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей №107 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>135463</v>
+        <v>136061</v>
       </c>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D124" s="4"/>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький академічний ліцей № 107</t>
+        </is>
+      </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K124" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вячеслава Зайцева, 16</t>
+          <t>проспект Героїв Національної гвардії України, 59</t>
         </is>
       </c>
       <c r="L124" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M124" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P124" s="4" t="inlineStr">
         <is>
-          <t>(061)2335125, (061)2332553, (061)2331338</t>
-[...6 lines deleted...]
-      </c>
+          <t>(061)7648640, (061)7648644, (061)7648641</t>
+        </is>
+      </c>
+      <c r="Q124" s="4"/>
       <c r="R124" s="4" t="inlineStr">
         <is>
-          <t>zp28gimn@ukr.net</t>
+          <t>zpkrsc107@ukr.net</t>
         </is>
       </c>
       <c r="S124" s="4" t="inlineStr">
         <is>
-          <t>http://www.school28.zp.ua</t>
+          <t>http://planeta107.zp.ua</t>
         </is>
       </c>
       <c r="T124" s="4" t="inlineStr">
         <is>
-          <t>Директор Бурма Ірина Миколаївна</t>
+          <t>Директор Кошель Дмитро Богданович</t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №31 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей №28 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>135914</v>
+        <v>135463</v>
       </c>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D125" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D125" s="4"/>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 4</t>
+          <t>вулиця Вячеслава Зайцева, 16</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
-          <t>(061)7023119</t>
-[...2 lines deleted...]
-      <c r="Q125" s="4"/>
+          <t>(061)2335125, (061)2332553, (061)2331338</t>
+        </is>
+      </c>
+      <c r="Q125" s="4" t="inlineStr">
+        <is>
+          <t>(061)2332553</t>
+        </is>
+      </c>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>mail@gmz31.com</t>
+          <t>zp28gimn@ukr.net</t>
         </is>
       </c>
       <c r="S125" s="4" t="inlineStr">
         <is>
-          <t>http://gymnasium31.zp.sch.in.ua/</t>
+          <t>http://www.school28.zp.ua</t>
         </is>
       </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
-          <t>Директор Хрушкая Вікторія Валеріївна</t>
+          <t>Директор Бурма Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №34 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей №31 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>137825</v>
+        <v>135914</v>
       </c>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>ЗАЛ №34</t>
+          <t>Запорізький ліцей № 31</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K126" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Завади, 8</t>
+          <t>вулиця Фанатська, 4</t>
         </is>
       </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P126" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-33</t>
+          <t>(061)7023119</t>
         </is>
       </c>
       <c r="Q126" s="4"/>
       <c r="R126" s="4" t="inlineStr">
         <is>
-          <t>zplicey34@gmail.com</t>
+          <t>mail@gmz31.com</t>
         </is>
       </c>
       <c r="S126" s="4" t="inlineStr">
         <is>
-          <t>http://zplicey34.at.ua</t>
+          <t>http://gymnasium31.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T126" s="4" t="inlineStr">
         <is>
-          <t>Директор Дацінько Євдокія Григорівна</t>
+          <t>Директор Хрушкая Вікторія Валеріївна</t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №45 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей №34 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>136126</v>
+        <v>137825</v>
       </c>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №45</t>
+          <t>ЗАЛ №34</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>проспект Ювілейний, 30-А</t>
+          <t>вулиця Богдана Завади, 8</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
-          <t>(061)226-06-03</t>
+          <t>(061)286-24-33</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>gym45zp@gmail.com</t>
+          <t>zplicey34@gmail.com</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/a/zgym45.com/zaporizka-gimnazia-no45/</t>
+          <t>http://zplicey34.at.ua</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>Директор Мєркіна Антоніна Леонідівна</t>
+          <t>Директор Дацінько Євдокія Григорівна</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №46 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей №45 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>136826</v>
+        <v>136126</v>
       </c>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №46</t>
+          <t>Запорізький академічний ліцей №45</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>вулиця Павлокічкаська, 29</t>
+          <t>проспект Ювілейний, 30-А</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>(061)7082350, (061)2397357</t>
+          <t>(061)226-06-03</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
-          <t>gimnazy46@i.ua</t>
+          <t>gym45zp@gmail.com</t>
         </is>
       </c>
       <c r="S128" s="4" t="inlineStr">
         <is>
-          <t>http://gimnazy46.wix.com/school</t>
+          <t>https://sites.google.com/a/zgym45.com/zaporizka-gimnazia-no45/</t>
         </is>
       </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t>Директор Кругла Людмила Юхимівна</t>
+          <t>Директор Мєркіна Антоніна Леонідівна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №93 Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей №46 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>137142</v>
+        <v>136826</v>
       </c>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей №93</t>
+          <t>Запорізький академічний ліцей №46</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K129" s="4" t="inlineStr">
         <is>
-          <t>вулиця Полякова, 9</t>
+          <t>вулиця Павлокічкаська, 29</t>
         </is>
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-37</t>
+          <t>(061)7082350, (061)2397357</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>school93-60@ukr.net</t>
+          <t>gimnazy46@i.ua</t>
         </is>
       </c>
       <c r="S129" s="4" t="inlineStr">
         <is>
-          <t>http://g93.osvita.zp.ua</t>
+          <t>http://gimnazy46.wix.com/school</t>
         </is>
       </c>
       <c r="T129" s="4" t="inlineStr">
         <is>
-          <t>Директор Гаркуша Оксана Анатоліївна</t>
+          <t>Директор Кругла Людмила Юхимівна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей "Вибір" Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей №93 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>139647</v>
+        <v>137142</v>
       </c>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>Академічний ліцей "Вибір"</t>
+          <t>Запорізький академічний ліцей №93</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
           <t>2310137500</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K130" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пархоменка, 19</t>
+          <t>вулиця Полякова, 9</t>
         </is>
       </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
           <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
           <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P130" s="4" t="inlineStr">
         <is>
-          <t>(061)286-23-05</t>
+          <t>(061)286-24-37</t>
         </is>
       </c>
       <c r="Q130" s="4"/>
       <c r="R130" s="4" t="inlineStr">
         <is>
-          <t>ztlvybor@ukr.net</t>
+          <t>school93-60@ukr.net</t>
         </is>
       </c>
       <c r="S130" s="4" t="inlineStr">
         <is>
-          <t>http://vybor.zp.ua</t>
+          <t>http://g93.osvita.zp.ua</t>
         </is>
       </c>
       <c r="T130" s="4" t="inlineStr">
         <is>
-          <t>Директор Ребрик Алла Олексіївна</t>
+          <t>Директор Гаркуша Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей "Логос" Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей "Вибір" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>135434</v>
+        <v>139647</v>
       </c>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>ЗАЛ "ЛОГОС" ЗМР</t>
+          <t>Академічний ліцей "Вибір"</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рекордна, 27-А</t>
+          <t>вулиця Пархоменка, 19</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P131" s="4" t="inlineStr">
         <is>
-          <t>(061)7648877, (061)7016609</t>
+          <t>(061)286-23-05</t>
         </is>
       </c>
       <c r="Q131" s="4"/>
       <c r="R131" s="4" t="inlineStr">
         <is>
-          <t>zllog90@gmail.com</t>
+          <t>ztlvybor@ukr.net</t>
         </is>
       </c>
       <c r="S131" s="4" t="inlineStr">
         <is>
-          <t>http://www.zllogos.zp.ua</t>
+          <t>http://vybor.zp.ua</t>
         </is>
       </c>
       <c r="T131" s="4" t="inlineStr">
         <is>
-          <t>Директор Могилін Олександр Володимирович</t>
+          <t>Директор Ребрик Алла Олексіївна</t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Запорізький академічний ліцей "Перспектива" Запорізької міської ради</t>
+          <t>Запорізький академічний ліцей "Елінт" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>140256</v>
+        <v>136629</v>
       </c>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>ЗАЛ «Перспектива»</t>
+          <t>Запорізький академічний ліцей "Елінт"</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 55-ї бригади, 3Б</t>
+          <t>вулиця Професора Толока, 29</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P132" s="4" t="inlineStr">
         <is>
-          <t>(061)286-24-48</t>
+          <t>(061)707-50-13</t>
         </is>
       </c>
       <c r="Q132" s="4"/>
       <c r="R132" s="4" t="inlineStr">
         <is>
-          <t>zblzmr1@gmail.com</t>
+          <t>zk@elint.com.ua</t>
         </is>
       </c>
       <c r="S132" s="4" t="inlineStr">
         <is>
-          <t>https://www.perspectivazp.com</t>
+          <t>http://elint.com.ua</t>
         </is>
       </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
-          <t>Директор Саміло Костянтин Миколайович</t>
+          <t>Директор Зайковська Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Запорізький багатопрофільний ліцей №99 Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей "Логос" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>136131</v>
+        <v>135434</v>
       </c>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>Запорізький багатопрофільний ліцей № 99</t>
+          <t>ЗАЛ "ЛОГОС" ЗМР</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J133" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 93-ї бригади, 13-А</t>
+          <t>вулиця Рекордна, 27-А</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>(061)286-29-21</t>
+          <t>(061)7648877, (061)7016609</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>litsey99@ukr.net</t>
+          <t>zllog90@gmail.com</t>
         </is>
       </c>
       <c r="S133" s="4" t="inlineStr">
         <is>
-          <t>http://litsey-99.at.ua</t>
+          <t>http://www.zllogos.zp.ua</t>
         </is>
       </c>
       <c r="T133" s="4" t="inlineStr">
         <is>
-          <t>Директор Солдатєнко Ольга Василівна</t>
+          <t>Директор Могилін Олександр Володимирович</t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Запорізький класичний ліцей Запорізької міської ради Запорізької області</t>
+          <t>Запорізький академічний ліцей "Перспектива" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>135606</v>
+        <v>140256</v>
       </c>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>Запорізький класичний ліцей</t>
+          <t>ЗАЛ «Перспектива»</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леоніда Жаботинського, 23</t>
+          <t>вулиця Героїв 55-ї бригади, 3Б</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(061)2398682, (061)2331144</t>
+          <t>(061)286-24-48</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>lyceumsekret@ukr.net</t>
+          <t>zblzmr1@gmail.com</t>
         </is>
       </c>
       <c r="S134" s="4" t="inlineStr">
         <is>
-          <t>http://classlyceum.zp.ua</t>
+          <t>https://www.perspectivazp.com</t>
         </is>
       </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Марія Михайлівна</t>
+          <t>Директор Саміло Костянтин Миколайович</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Запорізький колегіум "Елінт" Запорізької міської ради Запорізької області</t>
+          <t>Запорізький багатопрофільний ліцей №99 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>136629</v>
+        <v>136131</v>
       </c>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>Запорізький колегіум "Елінт"</t>
+          <t>Запорізький багатопрофільний ліцей № 99</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>вулиця Професора Толока, 29</t>
+          <t>вулиця Героїв 93-ї бригади, 13-А</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
           <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P135" s="4" t="inlineStr">
         <is>
-          <t>(061)707-50-13</t>
+          <t>(061)286-29-21</t>
         </is>
       </c>
       <c r="Q135" s="4"/>
       <c r="R135" s="4" t="inlineStr">
         <is>
-          <t>zk@elint.com.ua</t>
+          <t>litsey99@ukr.net</t>
         </is>
       </c>
       <c r="S135" s="4" t="inlineStr">
         <is>
-          <t>http://elint.com.ua</t>
+          <t>http://litsey-99.at.ua</t>
         </is>
       </c>
       <c r="T135" s="4" t="inlineStr">
         <is>
-          <t>Директор Зайковська Олена Анатоліївна</t>
+          <t>Директор Солдатєнко Ольга Василівна</t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Запорізький колегіум "Мала гуманітарна академія" Запорізької міської ради Запорізької області</t>
+          <t>Запорізький класичний ліцей Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>136948</v>
+        <v>135606</v>
       </c>
       <c r="C136" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>ЗК "МГА"</t>
+          <t>Запорізький класичний ліцей</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
-          <t>коллегіум</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв 93-ї бригади, 13</t>
+          <t>вулиця Леоніда Жаботинського, 23</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P136" s="4" t="inlineStr">
         <is>
-          <t>(061)2397554</t>
+          <t>(061)2398682, (061)2331144</t>
         </is>
       </c>
       <c r="Q136" s="4"/>
       <c r="R136" s="4" t="inlineStr">
         <is>
-          <t>mga-school@ukr.net</t>
+          <t>lyceumsekret@ukr.net</t>
         </is>
       </c>
       <c r="S136" s="4" t="inlineStr">
         <is>
-          <t>http://mga.in.ua</t>
+          <t>http://classlyceum.zp.ua</t>
         </is>
       </c>
       <c r="T136" s="4" t="inlineStr">
         <is>
-          <t>Директор Євтушенко Вікторія Валеріївна</t>
+          <t>Директор Гончаренко Марія Михайлівна</t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей №71 Запорізької міської ради</t>
+          <t>Запорізький колегіум "Мала гуманітарна академія" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>135670</v>
+        <v>136948</v>
       </c>
       <c r="C137" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей №71</t>
+          <t>ЗК "МГА"</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>коллегіум</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>бульвар Марії Примаченко, 8</t>
+          <t>вулиця Героїв 93-ї бригади, 13</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P137" s="4" t="inlineStr">
         <is>
-          <t>(061)2338111, (061)2338711</t>
+          <t>(061)2397554</t>
         </is>
       </c>
       <c r="Q137" s="4"/>
       <c r="R137" s="4" t="inlineStr">
         <is>
-          <t>school-71@ukr.net</t>
+          <t>mga-school@ukr.net</t>
         </is>
       </c>
       <c r="S137" s="4" t="inlineStr">
         <is>
-          <t>http://school-71.zp.ua</t>
+          <t>http://mga.in.ua</t>
         </is>
       </c>
       <c r="T137" s="4" t="inlineStr">
         <is>
-          <t>Директор Терновська Людмила Іванівна</t>
+          <t>Директор Євтушенко Вікторія Валеріївна</t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "Альтернатива" Запорізької міської ради</t>
+          <t>Запорізький ліцей №71 Запорізької міської ради</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>135314</v>
+        <v>135670</v>
       </c>
       <c r="C138" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "Альтернатива"</t>
+          <t>Запорізький ліцей №71</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 154-Г</t>
+          <t>бульвар Марії Примаченко, 8</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
-          <t>(061)2862840</t>
+          <t>(061)2338111, (061)2338711</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>zvh12.zp.ua@gmail.com</t>
+          <t>school-71@ukr.net</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>http://zvh121.wix.com/zvh12</t>
+          <t>http://school-71.zp.ua</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
-          <t>Директор Губрієнко Оксана Геннадіївна</t>
+          <t>Директор Терновська Людмила Іванівна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Запорізький ліцей "ОРТ-Алєф" Запорізької міської ради</t>
+          <t>Запорізький ліцей "Альтернатива" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>135259</v>
+        <v>135314</v>
       </c>
       <c r="C139" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D139" s="4"/>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>Запорізький ліцей "Альтернатива"</t>
+        </is>
+      </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>бульвар Марії Примаченко, 14</t>
+          <t>проспект Соборний, 154-Г</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P139" s="4" t="inlineStr">
         <is>
-          <t>(061)2268309, (061)2395032</t>
+          <t>(061)2862840</t>
         </is>
       </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>ortalef@ort.zp.ua</t>
+          <t>zvh12.zp.ua@gmail.com</t>
         </is>
       </c>
       <c r="S139" s="4" t="inlineStr">
         <is>
-          <t>http://ort.zp.ua</t>
+          <t>http://zvh121.wix.com/zvh12</t>
         </is>
       </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
-          <t>Директор Шальміна Доліна Михайлівна</t>
+          <t>Директор Губрієнко Оксана Геннадіївна</t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Запорізький навчально-виховний комплекс №67 Запорізької міської ради Запорізької області</t>
+          <t>Запорізький ліцей "ОРТ-Алєф" Запорізької міської ради</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>136039</v>
+        <v>135259</v>
       </c>
       <c r="C140" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D140" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D140" s="4"/>
       <c r="E140" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>2310136600</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радіаторна, 26</t>
+          <t>бульвар Марії Примаченко, 14</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010385728</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
           <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>(061)2397350, (061)2397348</t>
+          <t>(061)2268309, (061)2395032</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>znvk67.zp@gmail.com</t>
+          <t>ortalef@ort.zp.ua</t>
         </is>
       </c>
       <c r="S140" s="4" t="inlineStr">
         <is>
-          <t>http://www.znvk67.zp.ua</t>
+          <t>http://ort.zp.ua</t>
         </is>
       </c>
       <c r="T140" s="4" t="inlineStr">
         <is>
-          <t>Директор Малиш Олена Євгенівна</t>
+          <t>Директор Шальміна Доліна Михайлівна</t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Запорізький приватний навчально-виховний комплекс І-ІІІ ступенів "РЕАЛ" Запорізької області</t>
+          <t>Запорізький навчально-виховний комплекс №67 Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>142570</v>
+        <v>136039</v>
       </c>
       <c r="C141" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>ЗПНВК "РЕАЛ"</t>
+          <t>Запорізький НВК №67</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136600</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 155</t>
+          <t>вулиця Радіаторна, 26</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010385728</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P141" s="4" t="inlineStr">
         <is>
-          <t>(061)7876267</t>
+          <t>(061)2397350, (061)2397348</t>
         </is>
       </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4" t="inlineStr">
         <is>
-          <t>zpnvkreal@ukr.net</t>
+          <t>znvk67.zp@gmail.com</t>
         </is>
       </c>
       <c r="S141" s="4" t="inlineStr">
         <is>
-          <t>http://real-school.zp.ua</t>
+          <t>http://www.znvk67.zp.ua</t>
         </is>
       </c>
       <c r="T141" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондаренко Інна Іванівна</t>
+          <t>Директор Малиш Олена Євгенівна</t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Запорізький технічний ліцей Запорізької міської ради</t>
+          <t>Запорізький приватний навчально-виховний комплекс І-ІІІ ступенів "РЕАЛ" Запорізької області</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>134672</v>
+        <v>142570</v>
       </c>
       <c r="C142" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>Запорізький технічний ліцей</t>
+          <t>ЗПНВК "РЕАЛ"</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Залізнична/Інституцька, 11/2</t>
+          <t>вулиця Гоголя, 155</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P142" s="4" t="inlineStr">
         <is>
-          <t>(061)720-33-35, (061)720-22-23</t>
+          <t>(061)7876267</t>
         </is>
       </c>
       <c r="Q142" s="4"/>
       <c r="R142" s="4" t="inlineStr">
         <is>
-          <t>z_tex_litchei@ukr.net</t>
+          <t>zpnvkreal@ukr.net</t>
         </is>
       </c>
       <c r="S142" s="4" t="inlineStr">
         <is>
-          <t>http://www.ztl.zp.ua</t>
+          <t>http://real-school.zp.ua</t>
         </is>
       </c>
       <c r="T142" s="4" t="inlineStr">
         <is>
-          <t>Директор Баглер Ігор Олегович</t>
+          <t>Директор Бондаренко Інна Іванівна</t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський опорний заклад загальної середньої освіти І-ІІІ ступенів Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Запорізький технічний ліцей Запорізької міської ради</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>136366</v>
+        <v>134672</v>
       </c>
       <c r="C143" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський опорний ЗЗСО</t>
+          <t>Запорізький технічний ліцей</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 11</t>
+          <t>вулиця Залізнична/Інституцька, 11/2</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
-          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(066)2310310</t>
+          <t>(061)720-33-35, (061)720-22-23</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>kyubzosh@gmail.com</t>
+          <t>z_tex_litchei@ukr.net</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
-          <t>http://kuib-school2.at.ua/</t>
+          <t>http://www.ztl.zp.ua</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
-          <t>Директор Паржиховська Вікторія Владиславівна</t>
+          <t>Директор Баглер Ігор Олегович</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський спеціалізований заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Кам'янський опорний заклад загальної середньої освіти І-ІІІ ступенів Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>136362</v>
+        <v>136366</v>
       </c>
       <c r="C144" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Більмацький спеціалізований ЗЗСО "Інтелект"</t>
+          <t>Кам'янський опорний ЗЗСО</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
           <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
           <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P144" s="4" t="inlineStr">
         <is>
-          <t>(066)5874698</t>
+          <t>(066)2310310</t>
         </is>
       </c>
       <c r="Q144" s="4"/>
       <c r="R144" s="4" t="inlineStr">
         <is>
-          <t>intelektzosh@gmail.com</t>
+          <t>kyubzosh@gmail.com</t>
         </is>
       </c>
       <c r="S144" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/intelektzosh</t>
+          <t>http://kuib-school2.at.ua/</t>
         </is>
       </c>
       <c r="T144" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Заярський Олександр Васильович</t>
+          <t>Директор Паржиховська Вікторія Владиславівна</t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Вербівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Кам'янський спеціалізований заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>136381</v>
+        <v>136362</v>
       </c>
       <c r="C145" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>КУ "Вербівський ліцей"</t>
+          <t>Кам'янський спеціалізований ЗЗСО "Інтелект"</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>провулок Туристський, 5</t>
+          <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Пологівська міська рада</t>
+          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(061)6538140</t>
+          <t>(066)5874698</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>verbivsko@gmail.com</t>
+          <t>intelektzosh@gmail.com</t>
         </is>
       </c>
       <c r="S145" s="4" t="inlineStr">
         <is>
-          <t>http://verb2school.ho.ua</t>
+          <t>https://sites.google.com/view/intelektzosh</t>
         </is>
       </c>
       <c r="T145" s="4" t="inlineStr">
         <is>
-          <t>Директор Пода Андрій Сергійович</t>
+          <t>В.о. директора Заярський Олександр Васильович</t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Інженерненський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Комунальна установа "Вербівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B146" s="5" t="n">
-        <v>136371</v>
+        <v>136381</v>
       </c>
       <c r="C146" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>КУ "Інженерненський ліцей"</t>
+          <t>КУ "Вербівський ліцей"</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -16588,108 +16588,108 @@
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>(06165)35940</t>
+          <t>(061)6538140</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
       <c r="R146" s="4" t="inlineStr">
         <is>
-          <t>ingenernezosh@ukr.net</t>
+          <t>verbivsko@gmail.com</t>
         </is>
       </c>
       <c r="S146" s="4" t="inlineStr">
         <is>
-          <t>https://ku-inzenernenskij-licej.webnode.com.ua/</t>
+          <t>http://verb2school.ho.ua</t>
         </is>
       </c>
       <c r="T146" s="4" t="inlineStr">
         <is>
-          <t>Директор Кононенко Наталія Анатоліївна</t>
+          <t>Директор Пода Андрій Сергійович</t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y146" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Костянтинівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Комунальна установа "Інженерненський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B147" s="5" t="n">
-        <v>136286</v>
+        <v>136371</v>
       </c>
       <c r="C147" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>КУ "Костянтинівська гімназія"</t>
+          <t>КУ "Інженерненський ліцей"</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H147" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I147" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -16701,104 +16701,108 @@
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L147" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M147" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N147" s="7"/>
       <c r="O147" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P147" s="4" t="inlineStr">
         <is>
-          <t>(061)6539740</t>
+          <t>(06165)35940</t>
         </is>
       </c>
       <c r="Q147" s="4"/>
       <c r="R147" s="4" t="inlineStr">
         <is>
-          <t>konstanschool@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S147" s="4"/>
+          <t>ingenernezosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S147" s="4" t="inlineStr">
+        <is>
+          <t>https://ku-inzenernenskij-licej.webnode.com.ua/</t>
+        </is>
+      </c>
       <c r="T147" s="4" t="inlineStr">
         <is>
-          <t>Директор Соколовська Людмила Олексіївна</t>
+          <t>Директор Кононенко Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Новокарлівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Костянтинівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
-        <v>135840</v>
+        <v>136286</v>
       </c>
       <c r="C148" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>КУ "Новокарлівський ліцей"</t>
+          <t>КУ "Костянтинівська гімназія"</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H148" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I148" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -16810,108 +16814,104 @@
         </is>
       </c>
       <c r="K148" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L148" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M148" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P148" s="4" t="inlineStr">
         <is>
-          <t>(06165)57212</t>
+          <t>(061)6539740</t>
         </is>
       </c>
       <c r="Q148" s="4"/>
       <c r="R148" s="4" t="inlineStr">
         <is>
-          <t>novokarlivska111@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>konstanschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S148" s="4"/>
       <c r="T148" s="4" t="inlineStr">
         <is>
-          <t>Директор Цикало Віталій Вікторович</t>
+          <t>Директор Соколовська Людмила Олексіївна</t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №1" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Новокарлівський ліцей" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
-        <v>136386</v>
+        <v>135840</v>
       </c>
       <c r="C149" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей № 1"</t>
+          <t>КУ "Новокарлівський ліцей"</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -16923,104 +16923,108 @@
         </is>
       </c>
       <c r="K149" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L149" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M149" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P149" s="4" t="inlineStr">
         <is>
-          <t>(06165)22413</t>
+          <t>(06165)57212</t>
         </is>
       </c>
       <c r="Q149" s="4"/>
       <c r="R149" s="4" t="inlineStr">
         <is>
-          <t>pology.kolegium1@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S149" s="4"/>
+          <t>novokarlivska111@gmail.com</t>
+        </is>
+      </c>
+      <c r="S149" s="4" t="inlineStr">
+        <is>
+          <t>https://ku-novokarlivska-zosh-i-iii-st.webnode.com.ua/</t>
+        </is>
+      </c>
       <c r="T149" s="4" t="inlineStr">
         <is>
-          <t>Директор Кучер Олександр Федорович</t>
+          <t>Директор Цикало Віталій Вікторович</t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y149" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №2" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей №1" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B150" s="5" t="n">
-        <v>136388</v>
+        <v>136386</v>
       </c>
       <c r="C150" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей №2"</t>
+          <t>КУ "Пологівський ліцей № 1"</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H150" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -17032,108 +17036,104 @@
         </is>
       </c>
       <c r="K150" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L150" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M150" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N150" s="7"/>
       <c r="O150" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P150" s="4" t="inlineStr">
         <is>
-          <t>(06165)50008, (06165)55850</t>
+          <t>(06165)22413</t>
         </is>
       </c>
       <c r="Q150" s="4"/>
       <c r="R150" s="4" t="inlineStr">
         <is>
-          <t>pologyschool2@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>pology.kolegium1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S150" s="4"/>
       <c r="T150" s="4" t="inlineStr">
         <is>
-          <t>Директор Волощук Богдан Миколайович</t>
+          <t>Директор Кучер Олександр Федорович</t>
         </is>
       </c>
       <c r="U150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y150" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа "Пологівський ліцей №4" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей №2" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B151" s="5" t="n">
-        <v>136393</v>
+        <v>136388</v>
       </c>
       <c r="C151" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей №4"</t>
+          <t>КУ "Пологівський ліцей №2"</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H151" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -17145,104 +17145,108 @@
         </is>
       </c>
       <c r="K151" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L151" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M151" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N151" s="7"/>
       <c r="O151" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P151" s="4" t="inlineStr">
         <is>
-          <t>(06165)22619, (06165)50007</t>
+          <t>(06165)50008, (06165)55850</t>
         </is>
       </c>
       <c r="Q151" s="4"/>
       <c r="R151" s="4" t="inlineStr">
         <is>
-          <t>litsey4pology@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S151" s="4"/>
+          <t>pologyschool2@gmail.com</t>
+        </is>
+      </c>
+      <c r="S151" s="4" t="inlineStr">
+        <is>
+          <t>http://polohy-school2.edukit.zp.ua</t>
+        </is>
+      </c>
       <c r="T151" s="4" t="inlineStr">
         <is>
-          <t>Директор Хижняк Станіслав Володимирович</t>
+          <t>Директор Волощук Богдан Миколайович</t>
         </is>
       </c>
       <c r="U151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y151" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей №5" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>Комунальна установа "Пологівський ліцей №4" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B152" s="5" t="n">
-        <v>135918</v>
+        <v>136393</v>
       </c>
       <c r="C152" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей № 5"</t>
+          <t>КУ "Пологівський ліцей №4"</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H152" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I152" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -17254,108 +17258,104 @@
         </is>
       </c>
       <c r="K152" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L152" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M152" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P152" s="4" t="inlineStr">
         <is>
-          <t>(066)5457056</t>
+          <t>(06165)22619, (06165)50007</t>
         </is>
       </c>
       <c r="Q152" s="4"/>
       <c r="R152" s="4" t="inlineStr">
         <is>
-          <t>pology.litsei.5@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>litsey4pology@gmail.com</t>
+        </is>
+      </c>
+      <c r="S152" s="4"/>
       <c r="T152" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зуй Ірина Степанівна</t>
+          <t>Директор Хижняк Станіслав Володимирович</t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Пологівський ліцей "Основа" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей №5" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
-        <v>136392</v>
+        <v>135918</v>
       </c>
       <c r="C153" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>КУ "Пологівський ліцей "Основа"</t>
+          <t>КУ "Пологівський ліцей № 5"</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G153" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H153" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I153" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -17367,108 +17367,108 @@
         </is>
       </c>
       <c r="K153" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L153" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M153" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N153" s="7"/>
       <c r="O153" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P153" s="4" t="inlineStr">
         <is>
-          <t>(06165)23815</t>
+          <t>(066)5457056</t>
         </is>
       </c>
       <c r="Q153" s="4"/>
       <c r="R153" s="4" t="inlineStr">
         <is>
-          <t>pologyschool3@gmail.com</t>
+          <t>pology.litsei.5@gmail.com</t>
         </is>
       </c>
       <c r="S153" s="4" t="inlineStr">
         <is>
-          <t>http://polohy-osnova.zp.sch.in.ua/</t>
+          <t>http://pologi-nvk.jimdo.com/</t>
         </is>
       </c>
       <c r="T153" s="4" t="inlineStr">
         <is>
-          <t>Директор Приходько Лілія Юріївна</t>
+          <t>В.о. директора Зуй Ірина Степанівна</t>
         </is>
       </c>
       <c r="U153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V153" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y153" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="4" t="inlineStr">
         <is>
-          <t>комунальна установа "Тарасівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
+          <t>комунальна установа "Пологівський ліцей "Основа" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B154" s="5" t="n">
-        <v>136377</v>
+        <v>136392</v>
       </c>
       <c r="C154" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>КУ "Тарасівська гімназія"</t>
+          <t>КУ "Пологівський ліцей "Основа"</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H154" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I154" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -17480,1460 +17480,1460 @@
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
           <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L154" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M154" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N154" s="7"/>
       <c r="O154" s="4" t="inlineStr">
         <is>
           <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P154" s="4" t="inlineStr">
         <is>
-          <t>(061)6536426</t>
+          <t>(06165)23815</t>
         </is>
       </c>
       <c r="Q154" s="4"/>
       <c r="R154" s="4" t="inlineStr">
         <is>
-          <t>tarasiv.zosh@ukr.net</t>
+          <t>pologyschool3@gmail.com</t>
         </is>
       </c>
       <c r="S154" s="4" t="inlineStr">
         <is>
-          <t>http://Tarassc.zz.mu</t>
+          <t>http://polohy-osnova.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T154" s="4" t="inlineStr">
         <is>
-          <t>Директор Діденко Олександр Васильович</t>
+          <t>Директор Приходько Лілія Юріївна</t>
         </is>
       </c>
       <c r="U154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V154" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y154" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Берестівська гімназія" Берестівської сільської ради Бердянського району Запорізької області</t>
+          <t>комунальна установа "Тарасівська гімназія" Пологівської міської ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B155" s="5" t="n">
-        <v>134948</v>
+        <v>136377</v>
       </c>
       <c r="C155" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>КЗ «Берестівська гімназія»</t>
+          <t>КУ "Тарасівська гімназія"</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G155" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H155" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I155" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J155" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K155" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>провулок Туристський, 5</t>
         </is>
       </c>
       <c r="L155" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M155" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N155" s="7"/>
       <c r="O155" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Берестівської сільської ради</t>
+          <t>Пологівська міська рада</t>
         </is>
       </c>
       <c r="P155" s="4" t="inlineStr">
         <is>
-          <t>(06153)96-2-60</t>
+          <t>(061)6536426</t>
         </is>
       </c>
       <c r="Q155" s="4"/>
       <c r="R155" s="4" t="inlineStr">
         <is>
-          <t>berestove.school@meta.ua</t>
+          <t>tarasiv.zosh@ukr.net</t>
         </is>
       </c>
       <c r="S155" s="4" t="inlineStr">
         <is>
-          <t>http://berestovoechool.at.ua</t>
+          <t>http://Tarassc.zz.mu</t>
         </is>
       </c>
       <c r="T155" s="4" t="inlineStr">
         <is>
-          <t>Директор Грицай Євгеній Миколайович</t>
+          <t>Директор Діденко Олександр Васильович</t>
         </is>
       </c>
       <c r="U155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V155" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y155" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Благовіщенська загальноосвітня школа І-ІІІ ступенів" Благовіщенської сільської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Берестівська гімназія" Берестівської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B156" s="5" t="n">
-        <v>134793</v>
+        <v>134948</v>
       </c>
       <c r="C156" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>КЗ"Благовіщенська ЗОШ"</t>
+          <t>КЗ «Берестівська гімназія»</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H156" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L156" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N156" s="7"/>
       <c r="O156" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, фізичної культури та спорту Благовіщенської сільської ради Василівського району Запорізької області</t>
+          <t>Відділ освіти, культури, молоді та спорту Берестівської сільської ради</t>
         </is>
       </c>
       <c r="P156" s="4" t="inlineStr">
         <is>
-          <t>(061)3896616, (061)3896533</t>
+          <t>(06153)96-2-60</t>
         </is>
       </c>
       <c r="Q156" s="4"/>
       <c r="R156" s="4" t="inlineStr">
         <is>
-          <t>blagschool1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S156" s="4"/>
+          <t>berestove.school@meta.ua</t>
+        </is>
+      </c>
+      <c r="S156" s="4" t="inlineStr">
+        <is>
+          <t>http://berestovoechool.at.ua</t>
+        </is>
+      </c>
       <c r="T156" s="4" t="inlineStr">
         <is>
-          <t> Звягін Віталій Петрович</t>
+          <t>Директор Грицай Євгеній Миколайович</t>
         </is>
       </c>
       <c r="U156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V156" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y156" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №1" Василівської міської ради Запорізької області</t>
+          <t>Комунальний заклад "Благовіщенська загальноосвітня школа І-ІІІ ступенів" Благовіщенської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B157" s="5" t="n">
-        <v>134261</v>
+        <v>134793</v>
       </c>
       <c r="C157" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Василівська ЗОШ І-ІІІ ступенів №1" ВМР ЗО</t>
+          <t>КЗ"Благовіщенська ЗОШ"</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G157" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H157" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I157" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грищенка Володимира, 9</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L157" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M157" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N157" s="7"/>
       <c r="O157" s="4" t="inlineStr">
         <is>
-          <t>Василівська міська рада Запорізької області</t>
+          <t>Відділ освіти, фізичної культури та спорту Благовіщенської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P157" s="4" t="inlineStr">
         <is>
-          <t>(097)453-31-32</t>
+          <t>(061)3896616, (061)3896533</t>
         </is>
       </c>
       <c r="Q157" s="4"/>
       <c r="R157" s="4" t="inlineStr">
         <is>
-          <t>natasha_kit@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>blagschool1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S157" s="4"/>
       <c r="T157" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Кіт Наталія Анатоліївна</t>
+          <t> Звягін Віталій Петрович</t>
         </is>
       </c>
       <c r="U157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V157" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y157" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №3" Василівської міської ради Запорізької області</t>
+          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №1" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B158" s="5" t="n">
-        <v>134443</v>
+        <v>134261</v>
       </c>
       <c r="C158" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Василівська ЗОШ І - ІІІ ступенів № 3" ВМР ЗО</t>
+          <t>КЗ "Василівська ЗОШ І-ІІІ ступенів №1" ВМР ЗО</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G158" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H158" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I158" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J158" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K158" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Грищенка, 9</t>
+          <t>вулиця Грищенка Володимира, 9</t>
         </is>
       </c>
       <c r="L158" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M158" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N158" s="7"/>
       <c r="O158" s="4" t="inlineStr">
         <is>
           <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P158" s="4" t="inlineStr">
         <is>
-          <t>(096)219-64-56</t>
+          <t>(097)453-31-32</t>
         </is>
       </c>
       <c r="Q158" s="4"/>
       <c r="R158" s="4" t="inlineStr">
         <is>
-          <t>annasschulle@gmail.com</t>
+          <t>natasha_kit@ukr.net</t>
         </is>
       </c>
       <c r="S158" s="4" t="inlineStr">
         <is>
-          <t>http://vastretya.ucoz.site</t>
+          <t>http://vasschool1.at.ua</t>
         </is>
       </c>
       <c r="T158" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Куткова Анна В'ячеславівна</t>
+          <t>В.о. директора Кіт Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y158" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
+          <t>комунальний заклад "Василівська загальноосвітня школа I-III ступенів №3" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>134507</v>
+        <v>134443</v>
       </c>
       <c r="C159" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
+          <t>КЗ "Василівська ЗОШ І - ІІІ ступенів № 3" ВМР ЗО</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H159" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K159" s="4" t="inlineStr">
         <is>
           <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L159" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M159" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
           <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P159" s="4" t="inlineStr">
         <is>
-          <t>(097)48-74-776</t>
+          <t>(096)219-64-56</t>
         </is>
       </c>
       <c r="Q159" s="4"/>
       <c r="R159" s="4" t="inlineStr">
         <is>
-          <t>licej.suziria.1952@gmail.com</t>
+          <t>annasschulle@gmail.com</t>
         </is>
       </c>
       <c r="S159" s="4" t="inlineStr">
         <is>
-          <t>http://suzirya.do.am</t>
+          <t>http://vastretya.ucoz.site</t>
         </is>
       </c>
       <c r="T159" s="4" t="inlineStr">
         <is>
-          <t>Директор Познякова Анжела Павлівна</t>
+          <t>Т.в.о. директора Куткова Анна В'ячеславівна</t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y159" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Верхньокриничанська загальноосвітня школа I-II ступенів" Василівської міської ради Запорізької області</t>
+          <t>комунальний заклад "Василівський ліцей "Сузір'я" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>134448</v>
+        <v>134507</v>
       </c>
       <c r="C160" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Верхньокриничанська ЗОШ І-ІІ ст." ВМР ЗО</t>
+          <t>КЗ "Василівський ліцей "Сузір'я" ВМР ЗО</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H160" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
           <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L160" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M160" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N160" s="7"/>
       <c r="O160" s="4" t="inlineStr">
         <is>
           <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P160" s="4" t="inlineStr">
         <is>
-          <t>(093)493-13-85</t>
+          <t>(097)48-74-776</t>
         </is>
       </c>
       <c r="Q160" s="4"/>
       <c r="R160" s="4" t="inlineStr">
         <is>
-          <t>verschol@ukr.net</t>
+          <t>licej.suziria.1952@gmail.com</t>
         </is>
       </c>
       <c r="S160" s="4" t="inlineStr">
         <is>
-          <t>http://krynytsya-nvk.at.ua/</t>
+          <t>http://suzirya.do.am</t>
         </is>
       </c>
       <c r="T160" s="4" t="inlineStr">
         <is>
-          <t>Директор Тютюненко Олена Миколаївна</t>
+          <t>Директор Познякова Анжела Павлівна</t>
         </is>
       </c>
       <c r="U160" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Веселівська гімназія № 2" Веселівської селищної ради Мелітопольського району Запорізької області</t>
+          <t>комунальний заклад "Верхньокриничанська загальноосвітня школа I-II ступенів" Василівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>135223</v>
+        <v>134448</v>
       </c>
       <c r="C161" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>Веселівська гімназія № 2</t>
+          <t>КЗ "Верхньокриничанська ЗОШ І-ІІ ст." ВМР ЗО</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 133</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
       <c r="L161" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M161" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N161" s="7"/>
       <c r="O161" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Веселівської селищної ради</t>
+          <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
       <c r="P161" s="4" t="inlineStr">
         <is>
-          <t>(06136)2-15-94</t>
+          <t>(093)493-13-85</t>
         </is>
       </c>
       <c r="Q161" s="4"/>
       <c r="R161" s="4" t="inlineStr">
         <is>
-          <t>vesschool@ukr.net</t>
+          <t>verschol@ukr.net</t>
         </is>
       </c>
       <c r="S161" s="4" t="inlineStr">
         <is>
-          <t>http://vesschool2.ucoz.ua</t>
+          <t>http://krynytsya-nvk.at.ua/</t>
         </is>
       </c>
       <c r="T161" s="4" t="inlineStr">
         <is>
-          <t>Директор Нестеренко Людмила Миколаївна</t>
+          <t>Директор Тютюненко Олена Миколаївна</t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Веселівська районна різнопрофільна гімназія" Веселівської селищної ради</t>
+          <t>Комунальний заклад "Веселівська гімназія № 2" Веселівської селищної ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>135794</v>
+        <v>135223</v>
       </c>
       <c r="C162" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Веселівська районна різнопрофільна гімназія"</t>
+          <t>Веселівська гімназія № 2</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H162" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 133</t>
         </is>
       </c>
       <c r="L162" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M162" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N162" s="7"/>
       <c r="O162" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Веселівської селищної ради</t>
         </is>
       </c>
       <c r="P162" s="4" t="inlineStr">
         <is>
-          <t>(06136)21632</t>
+          <t>(06136)2-15-94</t>
         </is>
       </c>
       <c r="Q162" s="4"/>
       <c r="R162" s="4" t="inlineStr">
         <is>
-          <t>vesele.gimnaziya@ukr.net</t>
+          <t>vesschool@ukr.net</t>
         </is>
       </c>
       <c r="S162" s="4" t="inlineStr">
         <is>
-          <t>http://vesele-gimnaz.ucoz.ua/</t>
+          <t>http://vesschool2.ucoz.ua</t>
         </is>
       </c>
       <c r="T162" s="4" t="inlineStr">
         <is>
-          <t>Директор Кривко Ігор Олексійович</t>
+          <t>Директор Нестеренко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U162" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y162" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Гімназія № 1 м. Приморська" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Веселівська районна різнопрофільна гімназія" Веселівської селищної ради</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>137983</v>
+        <v>135794</v>
       </c>
       <c r="C163" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Гімназія № 1 м. Приморська"</t>
+          <t>КЗ "Веселівська районна різнопрофільна гімназія"</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H163" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>проспект Соборний, 133</t>
         </is>
       </c>
       <c r="L163" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M163" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N163" s="7"/>
       <c r="O163" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту Веселівської селищної ради</t>
         </is>
       </c>
       <c r="P163" s="4" t="inlineStr">
         <is>
-          <t>(06137)72139</t>
+          <t>(06136)21632</t>
         </is>
       </c>
       <c r="Q163" s="4"/>
       <c r="R163" s="4" t="inlineStr">
         <is>
-          <t>prim.school1@gmail.com</t>
+          <t>vesele.gimnaziya@ukr.net</t>
         </is>
       </c>
       <c r="S163" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/prim.school1.ukr.education/znz1/</t>
+          <t>http://vesele-gimnaz.ucoz.ua/</t>
         </is>
       </c>
       <c r="T163" s="4" t="inlineStr">
         <is>
-          <t>Директор Македонська Світлана Іванівна</t>
+          <t>Директор Кривко Ігор Олексійович</t>
         </is>
       </c>
       <c r="U163" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Гімназія №2 м. Приморськ" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Гімназія № 1 м. Приморська" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>137980</v>
+        <v>137983</v>
       </c>
       <c r="C164" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Гімназія № 2 м. Приморськ"</t>
+          <t>КЗ "Гімназія № 1 м. Приморська"</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L164" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M164" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P164" s="4" t="inlineStr">
         <is>
-          <t>(06137)73606</t>
+          <t>(06137)72139</t>
         </is>
       </c>
       <c r="Q164" s="4"/>
       <c r="R164" s="4" t="inlineStr">
         <is>
-          <t>zosh-2-primorsk@ukr.net</t>
+          <t>prim.school1@gmail.com</t>
         </is>
       </c>
       <c r="S164" s="4" t="inlineStr">
         <is>
-          <t>http://prim2school.ucoz.ua/</t>
+          <t>https://sites.google.com/prim.school1.ukr.education/znz1/</t>
         </is>
       </c>
       <c r="T164" s="4" t="inlineStr">
         <is>
-          <t>Директор Донченко Сергій Євгенович</t>
+          <t>Директор Македонська Світлана Іванівна</t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська гімназія "Софія" - загальноосвітня школа І-ІІІ ступенів № 1" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Гімназія №2 м. Приморськ" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>134360</v>
+        <v>137980</v>
       </c>
       <c r="C165" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Дніпрорудненська гімназія "Софія" - ЗОШ І-ІІІ ступенів № 1" ДМР ВР ЗО</t>
+          <t>КЗ "Гімназія № 2 м. Приморськ"</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H165" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L165" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M165" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N165" s="7"/>
       <c r="O165" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P165" s="4" t="inlineStr">
         <is>
-          <t>(0617)576282</t>
+          <t>(06137)73606</t>
         </is>
       </c>
       <c r="Q165" s="4"/>
       <c r="R165" s="4" t="inlineStr">
         <is>
-          <t>priyomnaya.czsofia@ukr.net</t>
+          <t>zosh-2-primorsk@ukr.net</t>
         </is>
       </c>
       <c r="S165" s="4" t="inlineStr">
         <is>
-          <t>http://sofiya-dn.com/</t>
+          <t>http://prim2school.ucoz.ua/</t>
         </is>
       </c>
       <c r="T165" s="4" t="inlineStr">
         <is>
-          <t>Директор Притула Світлана Олександрівна</t>
+          <t>Директор Донченко Сергій Євгенович</t>
         </is>
       </c>
       <c r="U165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y165" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Світоч" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Дніпрорудненська гімназія "Софія" - загальноосвітня школа І-ІІІ ступенів № 1" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>134260</v>
+        <v>134360</v>
       </c>
       <c r="C166" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ДСШ І-ІІІ ст. "Світоч" ДМР ВР ЗО</t>
+          <t>КЗ "Дніпрорудненська гімназія "Софія" - ЗОШ І-ІІІ ступенів № 1" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H166" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J166" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K166" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L166" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M166" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N166" s="7"/>
       <c r="O166" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P166" s="4" t="inlineStr">
         <is>
-          <t>(098)7809706</t>
+          <t>(0617)576282</t>
         </is>
       </c>
       <c r="Q166" s="4"/>
       <c r="R166" s="4" t="inlineStr">
         <is>
-          <t>kzsvitoch@gmail.com</t>
+          <t>priyomnaya.czsofia@ukr.net</t>
         </is>
       </c>
       <c r="S166" s="4" t="inlineStr">
         <is>
-          <t>http://www.shkolasvitoch.com.ua/</t>
+          <t>http://sofiya-dn.com/</t>
         </is>
       </c>
       <c r="T166" s="4" t="inlineStr">
         <is>
-          <t>Директор Розумейко Тетяна Миколаївна</t>
+          <t>Директор Притула Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y166" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Талант" Дніпрорудненської міської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Світоч" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>134270</v>
+        <v>134260</v>
       </c>
       <c r="C167" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ДСШ І-ІІІ ст. "Талант" ДМР ВР ЗО</t>
+          <t>КЗ "ДСШ І-ІІІ ст. "Світоч" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G167" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H167" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I167" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -18945,200 +18945,200 @@
         </is>
       </c>
       <c r="K167" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L167" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M167" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N167" s="7"/>
       <c r="O167" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P167" s="4" t="inlineStr">
         <is>
-          <t>(093)6214060</t>
+          <t>(098)7809706</t>
         </is>
       </c>
       <c r="Q167" s="4"/>
       <c r="R167" s="4" t="inlineStr">
         <is>
-          <t>sh3_dnr@ukr.net</t>
+          <t>kzsvitoch@gmail.com</t>
         </is>
       </c>
       <c r="S167" s="4" t="inlineStr">
         <is>
-          <t>https://talant.eddy.school</t>
+          <t>http://www.shkolasvitoch.com.ua/</t>
         </is>
       </c>
       <c r="T167" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасименко Людмила Іванівна</t>
+          <t>Директор Розумейко Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y167" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізька спеціалізована школа-інтернат ІІ-ІІІ ступенів "Козацький ліцей" Запорізької обласної ради</t>
+          <t>Комунальний заклад "Дніпрорудненська спеціалізована школа І-ІІІ ступенів "Талант" Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>135207</v>
+        <v>134270</v>
       </c>
       <c r="C168" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Запорізька школа-інтернат "Козацький ліцей"</t>
+          <t>КЗ "ДСШ І-ІІІ ст. "Талант" ДМР ВР ЗО</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа-інтернат</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G168" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H168" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I168" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K168" s="4" t="inlineStr">
         <is>
-          <t>вулиця Щаслива, 2</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L168" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M168" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N168" s="7"/>
       <c r="O168" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Виконавчий комітет Дніпрорудненської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P168" s="4" t="inlineStr">
         <is>
-          <t>(0612)24-79-67</t>
+          <t>(093)6214060</t>
         </is>
       </c>
       <c r="Q168" s="4"/>
       <c r="R168" s="4" t="inlineStr">
         <is>
-          <t>zp.inter4@ukr.net</t>
+          <t>sh3_dnr@ukr.net</t>
         </is>
       </c>
       <c r="S168" s="4" t="inlineStr">
         <is>
-          <t>http://inter4.zp.ua/</t>
+          <t>https://talant.eddy.school</t>
         </is>
       </c>
       <c r="T168" s="4" t="inlineStr">
         <is>
-          <t> Губіна Оксана Олександрівна</t>
+          <t>Директор Герасименко Людмила Іванівна</t>
         </is>
       </c>
       <c r="U168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X168" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y168" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Запорізька спеціалізована школа-інтернат ІІ-ІІІ ступенів "Січовий колегіум" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
         <v>137520</v>
       </c>
       <c r="C169" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>Запорізька школа-інтернат "Січовий колегіум"</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
@@ -20002,2652 +20002,2652 @@
       <c r="U176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y176" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізький обласний ліцей-інтернат з посиленою військово-фізичною підготовкою "Захисник" Запорізької обласної ради</t>
+          <t>комунальний заклад "Запорізький обласний академічний ліцей "Козацький" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>137425</v>
+        <v>135207</v>
       </c>
       <c r="C177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>КЗ ЗОЛ "Захисник" ЗОР</t>
+          <t>Запорізька школа-інтернат "Козацький ліцей"</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>спеціалізована школа-інтернат</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H177" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K177" s="4" t="inlineStr">
         <is>
-          <t>вулиця Військбуд, 570</t>
+          <t>вулиця Щаслива, 2</t>
         </is>
       </c>
       <c r="L177" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M177" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P177" s="4" t="inlineStr">
         <is>
-          <t>(061)226-23-52, (061)226-23-53, (096)272-82-18</t>
+          <t>(0612)24-79-67</t>
         </is>
       </c>
       <c r="Q177" s="4"/>
       <c r="R177" s="4" t="inlineStr">
         <is>
-          <t>zahisnik.zp@gmail.com</t>
+          <t>zp.inter4@ukr.net</t>
         </is>
       </c>
       <c r="S177" s="4" t="inlineStr">
         <is>
-          <t>www.zahisnik.zp.ua</t>
+          <t>http://inter4.zp.ua/</t>
         </is>
       </c>
       <c r="T177" s="4" t="inlineStr">
         <is>
-          <t> Кулька Руслан Миколайович</t>
+          <t> Губіна Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y177" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Запорізький обласний спортивний ліцей" Запорізької обласної ради</t>
+          <t>комунальний заклад "Запорізький обласний ліцей з посиленою військово-фізичною підготовкою "Захисник" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B178" s="5" t="n">
-        <v>146714</v>
+        <v>137425</v>
       </c>
       <c r="C178" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>КЗ "ЗСЗШІСП" ЗОР</t>
+          <t>КЗ ЗОЛ "Захисник" ЗОР</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
-          <t>школа-інтернат</t>
+          <t>ліцей-інтернат</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H178" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K178" s="4" t="inlineStr">
         <is>
-          <t>вулиця Патріотична, 7</t>
+          <t>вулиця Військбуд, 570</t>
         </is>
       </c>
       <c r="L178" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M178" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
-          <t>(0612)326650</t>
+          <t>(061)226-23-52, (061)226-23-53, (096)272-82-18</t>
         </is>
       </c>
       <c r="Q178" s="4"/>
       <c r="R178" s="4" t="inlineStr">
         <is>
-          <t>sport@zapisp.com</t>
+          <t>zahisnik.zp@gmail.com</t>
         </is>
       </c>
       <c r="S178" s="4" t="inlineStr">
         <is>
-          <t>http://www.zapisp.com</t>
+          <t>www.zahisnik.zp.ua</t>
         </is>
       </c>
       <c r="T178" s="4" t="inlineStr">
         <is>
-          <t> Білова Лариса Василівна</t>
+          <t> Хорішко Микола Миколайович</t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X178" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y178" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Зеленівський ліцей" Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>комунальний заклад "Запорізький обласний спортивний ліцей" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B179" s="5" t="n">
-        <v>135529</v>
+        <v>146714</v>
       </c>
       <c r="C179" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Зеленівський ліцей"</t>
+          <t>КЗ "ЗСЗШІСП" ЗОР</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа-інтернат</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H179" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 58</t>
+          <t>вулиця Патріотична, 7</t>
         </is>
       </c>
       <c r="L179" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M179" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N179" s="7"/>
       <c r="O179" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P179" s="4" t="inlineStr">
         <is>
-          <t>(099)3285908</t>
+          <t>(0612)326650</t>
         </is>
       </c>
       <c r="Q179" s="4"/>
       <c r="R179" s="4" t="inlineStr">
         <is>
-          <t>zelenivskijlicej@gmail.com</t>
+          <t>sport@zapisp.com</t>
         </is>
       </c>
       <c r="S179" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/zelenovskayaschool/</t>
+          <t>http://www.zapisp.com</t>
         </is>
       </c>
       <c r="T179" s="4" t="inlineStr">
         <is>
-          <t>Директор Іотова Наталія Петрівна</t>
+          <t> Білова Лариса Василівна</t>
         </is>
       </c>
       <c r="U179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V179" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X179" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y179" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Кам'янсько-Дніпровська загальноосвітня школа І-ІІІ ступенів №3" Кам'янсько-Дніпровської міської ради Василівського району Запорізької області</t>
+          <t>Комунальний заклад "Зеленівський ліцей" Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B180" s="5" t="n">
-        <v>134724</v>
+        <v>135529</v>
       </c>
       <c r="C180" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Кам'янсько-Дніпровська ЗОШ І-ІІІ ступенів №3"</t>
+          <t>КЗ "Зеленівський ліцей"</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H180" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Незалежної України, 58</t>
         </is>
       </c>
       <c r="L180" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M180" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Кам`янсько-Дніпровської міської ради Василівського району Запорізької області</t>
+          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
-          <t>(095)53-37-851</t>
+          <t>(099)3285908</t>
         </is>
       </c>
       <c r="Q180" s="4"/>
       <c r="R180" s="4" t="inlineStr">
         <is>
-          <t>school-3@kd-ovita.zp.ua</t>
-[...2 lines deleted...]
-      <c r="S180" s="4"/>
+          <t>zelenivskijlicej@gmail.com</t>
+        </is>
+      </c>
+      <c r="S180" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/zelenovskayaschool/</t>
+        </is>
+      </c>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t>Директор Різниченко Юлія Сергіївна</t>
+          <t>Директор Іотова Наталія Петрівна</t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y180" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Нестерянська спеціалізована різнопрофільна загальноосвітня школа I-III ступенів" Оріхівської міської ради</t>
+          <t>Комунальний заклад "Кам'янсько-Дніпровська загальноосвітня школа І-ІІІ ступенів №3" Кам'янсько-Дніпровської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B181" s="5" t="n">
-        <v>135297</v>
+        <v>134724</v>
       </c>
       <c r="C181" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Нестерянська СРЗОШ І-ІІІ ст."</t>
+          <t>КЗ "Кам'янсько-Дніпровська ЗОШ І-ІІІ ступенів №3"</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G181" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H181" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I181" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J181" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K181" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 43-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L181" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M181" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N181" s="7"/>
       <c r="O181" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Оріхівської міської ради Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Кам`янсько-Дніпровської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P181" s="4" t="inlineStr">
         <is>
-          <t>(06141)49290</t>
+          <t>(095)53-37-851</t>
         </is>
       </c>
       <c r="Q181" s="4"/>
       <c r="R181" s="4" t="inlineStr">
         <is>
-          <t>nesterianka2@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school-3@kd-ovita.zp.ua</t>
+        </is>
+      </c>
+      <c r="S181" s="4"/>
       <c r="T181" s="4" t="inlineStr">
         <is>
-          <t>Директор Закарлюка Наталія Олександрівна</t>
+          <t>Директор Різниченко Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V181" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y181" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Новоукраїнська гімназія" Кам'янської селищної ради Пологівського району Запорізької області</t>
+          <t>Комунальний заклад "Нестерянська спеціалізована різнопрофільна загальноосвітня школа I-III ступенів" Оріхівської міської ради</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
-        <v>136708</v>
+        <v>135297</v>
       </c>
       <c r="C182" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Новоукраїнська гімназія"</t>
+          <t>КЗ "Нестерянська СРЗОШ І-ІІІ ст."</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H182" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I182" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J182" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Новицького, 11</t>
+          <t>вулиця Незалежної України, 43-А</t>
         </is>
       </c>
       <c r="L182" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M182" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N182" s="7"/>
       <c r="O182" s="4" t="inlineStr">
         <is>
-          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Оріхівської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P182" s="4" t="inlineStr">
         <is>
-          <t>(06147)75630</t>
+          <t>(06141)49290</t>
         </is>
       </c>
       <c r="Q182" s="4"/>
       <c r="R182" s="4" t="inlineStr">
         <is>
-          <t>novukrzosh@gmail.com</t>
+          <t>nesterianka2@ukr.net</t>
         </is>
       </c>
       <c r="S182" s="4" t="inlineStr">
         <is>
-          <t>http://novoykrainkazoh.ucoz.ua/</t>
+          <t>https://sites.google.com/site/sckilnipodij/</t>
         </is>
       </c>
       <c r="T182" s="4" t="inlineStr">
         <is>
-          <t>Директор Яковлєва Тетяна Геннадіївна</t>
+          <t>Директор Закарлюка Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V182" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y182" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Преславська гімназія імені академіка Миколи Державіна" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Новоукраїнська гімназія" Кам'янської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B183" s="5" t="n">
-        <v>136360</v>
+        <v>136708</v>
       </c>
       <c r="C183" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Преславська гімназія імені академіка Миколи Державіна"</t>
+          <t>КЗ "Новоукраїнська гімназія"</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H183" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I183" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J183" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K183" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 145</t>
+          <t>вулиця Якова Новицького, 11</t>
         </is>
       </c>
       <c r="L183" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M183" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N183" s="7"/>
       <c r="O183" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
+          <t>КАМ'ЯНСЬКА СЕЛИЩНА РАДА ПОЛОГІВСЬКОГО РАЙОНУ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P183" s="4" t="inlineStr">
         <is>
-          <t>(06137)76132</t>
+          <t>(06147)75630</t>
         </is>
       </c>
       <c r="Q183" s="4"/>
       <c r="R183" s="4" t="inlineStr">
         <is>
-          <t>preslav_zoh@ukr.net</t>
+          <t>novukrzosh@gmail.com</t>
         </is>
       </c>
       <c r="S183" s="4" t="inlineStr">
         <is>
-          <t>https://preslavzoh.wixsite.com/kz-preslav</t>
+          <t>http://novoykrainkazoh.ucoz.ua/</t>
         </is>
       </c>
       <c r="T183" s="4" t="inlineStr">
         <is>
-          <t>Директор Саввова Тетяна Іванівна</t>
+          <t>Директор Яковлєва Тетяна Геннадіївна</t>
         </is>
       </c>
       <c r="U183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V183" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y183" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Приморський регіональний українсько-болгарський багатопрофільний ліцей ІІ-ІІІ ступенів" Приморської міської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Преславська гімназія" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B184" s="5" t="n">
-        <v>136364</v>
+        <v>136360</v>
       </c>
       <c r="C184" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Приморський ліцей"</t>
+          <t>КЗ "Преславська гімназія"</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G184" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H184" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I184" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
-          <t>провулок Соборний, 145</t>
+          <t>проспект Соборний, 145</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
-          <t>(06137)73547</t>
+          <t>(06137)76132</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
       <c r="R184" s="4" t="inlineStr">
         <is>
-          <t>prubml2015@gmail.com</t>
+          <t>preslav_zoh@ukr.net</t>
         </is>
       </c>
       <c r="S184" s="4" t="inlineStr">
         <is>
-          <t>https://prubml.e-schools.info/</t>
+          <t>https://preslavzoh.wixsite.com/kz-preslav</t>
         </is>
       </c>
       <c r="T184" s="4" t="inlineStr">
         <is>
-          <t>Директор Вишневецький Василь Олександрович</t>
+          <t>Директор Саввова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y184" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Софіївська гімназія" Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Комунальний заклад "Приморський регіональний українсько-болгарський багатопрофільний ліцей ІІ-ІІІ ступенів" Приморської міської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B185" s="5" t="n">
-        <v>135888</v>
+        <v>136364</v>
       </c>
       <c r="C185" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Софіївська гімназія"</t>
+          <t>КЗ "Приморський ліцей"</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H185" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I185" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 58</t>
+          <t>провулок Соборний, 145</t>
         </is>
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
+          <t>Відділ освіти Приморської міської ради Приморського району Запорізької області</t>
         </is>
       </c>
       <c r="P185" s="4" t="inlineStr">
         <is>
-          <t>(099)9707765</t>
+          <t>(06137)73547</t>
         </is>
       </c>
       <c r="Q185" s="4"/>
       <c r="R185" s="4" t="inlineStr">
         <is>
-          <t>oleksandstoev@gmail.com</t>
+          <t>prubml2015@gmail.com</t>
         </is>
       </c>
       <c r="S185" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/sofiivskahymnazia</t>
+          <t>https://prubml.e-schools.info/</t>
         </is>
       </c>
       <c r="T185" s="4" t="inlineStr">
         <is>
-          <t>Директор Стоєв Олександр Михайлович</t>
+          <t>Директор Вишневецький Василь Олександрович</t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V185" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y185" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="4" t="inlineStr">
         <is>
-          <t>Костянтинівський ліцей "Ерудит" Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Комунальний заклад "Софіївська гімназія" Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B186" s="5" t="n">
-        <v>134778</v>
+        <v>135888</v>
       </c>
       <c r="C186" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>Костянтинівський ліцей "Ерудит"</t>
+          <t>КЗ "Софіївська гімназія"</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G186" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H186" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I186" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J186" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K186" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Незалежної України, 58</t>
         </is>
       </c>
       <c r="L186" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M186" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N186" s="7"/>
       <c r="O186" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Відділ освіти, культури,туризму, молоді та спорту Софіївської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P186" s="4" t="inlineStr">
         <is>
-          <t>(068)0692055</t>
+          <t>(099)9707765</t>
         </is>
       </c>
       <c r="Q186" s="4"/>
       <c r="R186" s="4" t="inlineStr">
         <is>
-          <t>koosh2.erudit@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S186" s="4"/>
+          <t>oleksandstoev@gmail.com</t>
+        </is>
+      </c>
+      <c r="S186" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/sofiivskahymnazia</t>
+        </is>
+      </c>
       <c r="T186" s="4" t="inlineStr">
         <is>
-          <t>Директор Неліпа Світлана Василівна</t>
+          <t>Директор Стоєв Олександр Михайлович</t>
         </is>
       </c>
       <c r="U186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V186" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y186" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>Коханівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Костянтинівський ліцей "Ерудит" Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B187" s="5" t="n">
-        <v>134477</v>
+        <v>134778</v>
       </c>
       <c r="C187" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>Коханівська гімназія</t>
+          <t>Костянтинівський ліцей "Ерудит"</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G187" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H187" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I187" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J187" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K187" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L187" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M187" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N187" s="7"/>
       <c r="O187" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту Костянтинівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P187" s="4" t="inlineStr">
         <is>
-          <t>(098)4147545</t>
+          <t>(068)0692055</t>
         </is>
       </c>
       <c r="Q187" s="4"/>
       <c r="R187" s="4" t="inlineStr">
         <is>
-          <t>kochane.nvk@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>koosh2.erudit@gmail.com</t>
+        </is>
+      </c>
+      <c r="S187" s="4"/>
       <c r="T187" s="4" t="inlineStr">
         <is>
-          <t>Директор Солом'яна Інна Вікторівна</t>
+          <t>Директор Неліпа Світлана Василівна</t>
         </is>
       </c>
       <c r="U187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V187" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y187" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>Лагіднівський заклад загальної середньої освіти Молочанської міської ради</t>
+          <t>Коханівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>135618</v>
+        <v>134477</v>
       </c>
       <c r="C188" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>Лагіднівський ЗЗСО ММР</t>
+          <t>Коханівська гімназія</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H188" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I188" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J188" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L188" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M188" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N188" s="7"/>
       <c r="O188" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Молочанської міської ради</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P188" s="4" t="inlineStr">
         <is>
-          <t>(096)4702977</t>
+          <t>(098)4147545</t>
         </is>
       </c>
       <c r="Q188" s="4"/>
       <c r="R188" s="4" t="inlineStr">
         <is>
-          <t>bondar_n_a_@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S188" s="4"/>
+          <t>kochane.nvk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S188" s="4" t="inlineStr">
+        <is>
+          <t>http://kokhane-nvk.zp.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T188" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондарь Наталя Анатоліївна</t>
+          <t>Директор Солом'яна Інна Вікторівна</t>
         </is>
       </c>
       <c r="U188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V188" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y188" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 10 Мелітопольської міської ради Запорізької області</t>
+          <t>Лагіднівський заклад загальної середньої освіти Молочанської міської ради</t>
         </is>
       </c>
       <c r="B189" s="5" t="n">
-        <v>135810</v>
+        <v>135618</v>
       </c>
       <c r="C189" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 10 ММР ЗО</t>
+          <t>Лагіднівський ЗЗСО ММР</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H189" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K189" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L189" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M189" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Виконавчий комітет Молочанської міської ради</t>
         </is>
       </c>
       <c r="P189" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(096)4702977</t>
         </is>
       </c>
       <c r="Q189" s="4"/>
       <c r="R189" s="4" t="inlineStr">
         <is>
-          <t>licey10mlt@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>bondar_n_a_@ukr.net</t>
+        </is>
+      </c>
+      <c r="S189" s="4"/>
       <c r="T189" s="4" t="inlineStr">
         <is>
-          <t>Директор Вольнюк Ірина Анатоліївна</t>
+          <t>Директор Бондарь Наталя Анатоліївна</t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y189" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 16 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 10 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B190" s="5" t="n">
-        <v>135860</v>
+        <v>135810</v>
       </c>
       <c r="C190" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 16 ММР ЗО</t>
+          <t>Ліцей № 10 ММР ЗО</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H190" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I190" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K190" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L190" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M190" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N190" s="7"/>
       <c r="O190" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P190" s="4" t="inlineStr">
         <is>
-          <t>(093)6671076</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q190" s="4"/>
       <c r="R190" s="4" t="inlineStr">
         <is>
-          <t>nvk16_mel@ukr.net</t>
+          <t>licey10mlt@gmail.com</t>
         </is>
       </c>
       <c r="S190" s="4" t="inlineStr">
         <is>
-          <t>https://nvk16mel.wixsite.com/site</t>
+          <t>https://liceum10.wixsite.com/site</t>
         </is>
       </c>
       <c r="T190" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Наталя Миколаївна</t>
+          <t>Директор Вольнюк Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y190" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 19 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 16 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B191" s="5" t="n">
-        <v>135861</v>
+        <v>135860</v>
       </c>
       <c r="C191" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 19 ММР ЗО</t>
+          <t>Ліцей № 16 ММР ЗО</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H191" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I191" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J191" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K191" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L191" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M191" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N191" s="7"/>
       <c r="O191" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P191" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(093)6671076</t>
         </is>
       </c>
       <c r="Q191" s="4"/>
       <c r="R191" s="4" t="inlineStr">
         <is>
-          <t>licey19mlt@gmail.com</t>
+          <t>nvk16_mel@ukr.net</t>
         </is>
       </c>
       <c r="S191" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum19.wixsite.com/site</t>
+          <t>https://nvk16mel.wixsite.com/site</t>
         </is>
       </c>
       <c r="T191" s="4" t="inlineStr">
         <is>
-          <t>Директор Мельник Світлана Володимирівна</t>
+          <t>Директор Савченко Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 24 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 19 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
-        <v>135323</v>
+        <v>135861</v>
       </c>
       <c r="C192" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 24 ММР ЗО</t>
+          <t>Ліцей № 19 ММР ЗО</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J192" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K192" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
-          <t>(068)3762811</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q192" s="4"/>
       <c r="R192" s="4" t="inlineStr">
         <is>
-          <t>mlt.znz24@gmail.com</t>
+          <t>licey19mlt@gmail.com</t>
         </is>
       </c>
       <c r="S192" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/lyceum-24mlt</t>
+          <t>https://lyceum19.wixsite.com/site</t>
         </is>
       </c>
       <c r="T192" s="4" t="inlineStr">
         <is>
-          <t>Директор Гарабажій Ірина Миколаївна</t>
+          <t>Директор Мельник Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 5 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 24 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
-        <v>135805</v>
+        <v>135323</v>
       </c>
       <c r="C193" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 5 ММР ЗО</t>
+          <t>Ліцей № 24 ММР ЗО</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H193" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J193" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K193" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L193" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M193" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N193" s="7"/>
       <c r="O193" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P193" s="4" t="inlineStr">
         <is>
-          <t>(067)9405276</t>
+          <t>(068)3762811</t>
         </is>
       </c>
       <c r="Q193" s="4"/>
       <c r="R193" s="4" t="inlineStr">
         <is>
-          <t>liceum5mel@gmail.com</t>
+          <t>mlt.znz24@gmail.com</t>
         </is>
       </c>
       <c r="S193" s="4" t="inlineStr">
         <is>
-          <t>https://liceum.melliceum5.ukr.education/</t>
+          <t>https://sites.google.com/view/lyceum-24mlt</t>
         </is>
       </c>
       <c r="T193" s="4" t="inlineStr">
         <is>
-          <t>Директор Суптеля Тетяна Олександрівна</t>
+          <t>Директор Гарабажій Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y193" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 9 Мелітопольської міської ради Запорізької області</t>
+          <t>Ліцей № 5 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B194" s="5" t="n">
-        <v>135809</v>
+        <v>135805</v>
       </c>
       <c r="C194" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 9 ММР ЗО</t>
+          <t>Ліцей № 5 ММР ЗО</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G194" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H194" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I194" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J194" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K194" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L194" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M194" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N194" s="7"/>
       <c r="O194" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P194" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(067)9405276</t>
         </is>
       </c>
       <c r="Q194" s="4"/>
       <c r="R194" s="4" t="inlineStr">
         <is>
-          <t>melitg9@gmail.com</t>
+          <t>liceum5mel@gmail.com</t>
         </is>
       </c>
       <c r="S194" s="4" t="inlineStr">
         <is>
-          <t>http://www.gimnaziya9.zp.ua</t>
+          <t>https://liceum.melliceum5.ukr.education/</t>
         </is>
       </c>
       <c r="T194" s="4" t="inlineStr">
         <is>
-          <t>Директор Чугай Людмила Віталіївна</t>
+          <t>Директор Суптеля Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y194" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="4" t="inlineStr">
         <is>
-          <t>Любимівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Ліцей № 9 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B195" s="5" t="n">
-        <v>134339</v>
+        <v>135809</v>
       </c>
       <c r="C195" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>Любимівська гімназія</t>
+          <t>Ліцей № 9 ММР ЗО</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G195" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H195" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I195" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L195" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M195" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
-          <t>(093)6838882</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q195" s="4"/>
       <c r="R195" s="4" t="inlineStr">
         <is>
-          <t>lubimovkazosh1@gmail.com</t>
+          <t>melitg9@gmail.com</t>
         </is>
       </c>
       <c r="S195" s="4" t="inlineStr">
         <is>
-          <t>http://lyubimovka.esy.es/</t>
+          <t>http://www.gimnaziya9.zp.ua</t>
         </is>
       </c>
       <c r="T195" s="4" t="inlineStr">
         <is>
-          <t>Директор Баздирєва Ольга Василівна</t>
+          <t>Директор Чугай Людмила Віталіївна</t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська гімназія №1 Малобілозерської сільської ради Василівського району Запорізької області</t>
+          <t>Любимівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>134516</v>
+        <v>134339</v>
       </c>
       <c r="C196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська гімназія №1 МСР ВР ЗО</t>
+          <t>Любимівська гімназія</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G196" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H196" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I196" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
-          <t>(06175)54-1-54</t>
+          <t>(093)6838882</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
       <c r="R196" s="4" t="inlineStr">
         <is>
-          <t>bel2007@meta.ua</t>
+          <t>lubimovkazosh1@gmail.com</t>
         </is>
       </c>
       <c r="S196" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/belozerka12011</t>
+          <t>http://lyubimovka.esy.es/</t>
         </is>
       </c>
       <c r="T196" s="4" t="inlineStr">
         <is>
-          <t>Директор Овчаренко Світлана Вікторівна</t>
+          <t>Директор Баздирєва Ольга Василівна</t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y196" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівська гімназія Плодородненської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Малобілозерська гімназія №1 Малобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B197" s="5" t="n">
-        <v>136306</v>
+        <v>134516</v>
       </c>
       <c r="C197" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівська гімназія</t>
+          <t>Малобілозерська гімназія №1 МСР ВР ЗО</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G197" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H197" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I197" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J197" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K197" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козача, 35</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L197" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M197" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N197" s="7"/>
       <c r="O197" s="4" t="inlineStr">
         <is>
-          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P197" s="4" t="inlineStr">
         <is>
-          <t>(06132)26712</t>
+          <t>(06175)54-1-54</t>
         </is>
       </c>
       <c r="Q197" s="4"/>
       <c r="R197" s="4" t="inlineStr">
         <is>
-          <t>mar_nvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S197" s="4"/>
+          <t>bel2007@meta.ua</t>
+        </is>
+      </c>
+      <c r="S197" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/belozerka12011</t>
+        </is>
+      </c>
       <c r="T197" s="4" t="inlineStr">
         <is>
-          <t>Директор Ходирєва Інна Олександрівна</t>
+          <t>Директор Овчаренко Світлана Вікторівна</t>
         </is>
       </c>
       <c r="U197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V197" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y197" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 1 Мелітопольської міської ради Запорізької області</t>
+          <t>Мар'янівська гімназія Райхенфельдської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B198" s="5" t="n">
-        <v>135595</v>
+        <v>136306</v>
       </c>
       <c r="C198" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 1 ММР ЗО</t>
+          <t>Мар'янівська гімназія</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G198" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H198" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I198" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J198" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K198" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Козача, 35</t>
         </is>
       </c>
       <c r="L198" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M198" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N198" s="7"/>
       <c r="O198" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Райхенфельдська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P198" s="4" t="inlineStr">
         <is>
-          <t>(068)3336065</t>
+          <t>(06132)26712</t>
         </is>
       </c>
       <c r="Q198" s="4"/>
       <c r="R198" s="4" t="inlineStr">
         <is>
-          <t>1schoolmlt.com@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>mar_nvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S198" s="4"/>
       <c r="T198" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Болбат Владислав Віталійович</t>
+          <t>Директор Ходирєва Інна Олександрівна</t>
         </is>
       </c>
       <c r="U198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V198" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y198" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 11 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 1 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B199" s="5" t="n">
-        <v>136035</v>
+        <v>135595</v>
       </c>
       <c r="C199" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 11 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 1 ММР ЗО</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G199" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H199" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I199" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J199" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K199" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L199" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M199" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N199" s="7"/>
       <c r="O199" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P199" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(068)3336065</t>
         </is>
       </c>
       <c r="Q199" s="4"/>
       <c r="R199" s="4" t="inlineStr">
         <is>
-          <t>melgimnazia11@gmail.com</t>
+          <t>1schoolmlt.com@gmail.com</t>
         </is>
       </c>
       <c r="S199" s="4" t="inlineStr">
         <is>
-          <t>http://www.znz11.com.ua</t>
+          <t>https://sites.google.com/g1.ukr.education/mlt-g1</t>
         </is>
       </c>
       <c r="T199" s="4" t="inlineStr">
         <is>
-          <t>Директор Овсянникова Маргарита Сталіківна</t>
+          <t>В.о. директора Болбат Владислав Віталійович</t>
         </is>
       </c>
       <c r="U199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y199" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 13 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 11 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B200" s="5" t="n">
-        <v>135084</v>
+        <v>136035</v>
       </c>
       <c r="C200" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 13 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 11 ММР ЗО</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H200" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J200" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
@@ -22660,102 +22660,102 @@
       </c>
       <c r="L200" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M200" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N200" s="7"/>
       <c r="O200" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P200" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q200" s="4"/>
       <c r="R200" s="4" t="inlineStr">
         <is>
-          <t>abcd@mg13.ukr.education</t>
+          <t>melgimnazia11@gmail.com</t>
         </is>
       </c>
       <c r="S200" s="4" t="inlineStr">
         <is>
-          <t>https://mg13mltosvita.wixsite.com/mg13</t>
+          <t>http://www.znz11.com.ua</t>
         </is>
       </c>
       <c r="T200" s="4" t="inlineStr">
         <is>
-          <t>Директор Галацан Олена Володимирівна</t>
+          <t>Директор Овсянникова Маргарита Сталіківна</t>
         </is>
       </c>
       <c r="U200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y200" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 14 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 13 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B201" s="5" t="n">
-        <v>135821</v>
+        <v>135084</v>
       </c>
       <c r="C201" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 14 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 13 ММР ЗО</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G201" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H201" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I201" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -22773,107 +22773,107 @@
       </c>
       <c r="L201" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M201" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N201" s="7"/>
       <c r="O201" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P201" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q201" s="4"/>
       <c r="R201" s="4" t="inlineStr">
         <is>
-          <t>school14mel@gmail.com</t>
+          <t>abcd@mg13.ukr.education</t>
         </is>
       </c>
       <c r="S201" s="4" t="inlineStr">
         <is>
-          <t>http://surl.li/gwsrx</t>
+          <t>https://mg13mltosvita.wixsite.com/mg13</t>
         </is>
       </c>
       <c r="T201" s="4" t="inlineStr">
         <is>
-          <t>Директор Дервіш Ольга Вячеславівна</t>
+          <t>Директор Галацан Олена Володимирівна</t>
         </is>
       </c>
       <c r="U201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y201" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 20 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 14 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B202" s="5" t="n">
-        <v>135967</v>
+        <v>135821</v>
       </c>
       <c r="C202" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 20 ММР ЗО</t>
+          <t>Гімназія № 14 ММР ЗО</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G202" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H202" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I202" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J202" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
@@ -22886,107 +22886,107 @@
       </c>
       <c r="L202" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M202" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N202" s="7"/>
       <c r="O202" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P202" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q202" s="4"/>
       <c r="R202" s="4" t="inlineStr">
         <is>
-          <t>mail@melschool20.ukr.education</t>
+          <t>school14mel@gmail.com</t>
         </is>
       </c>
       <c r="S202" s="4" t="inlineStr">
         <is>
-          <t>https://gymnasium20mlt.wixsite.com/g20mlt</t>
+          <t>http://surl.li/gwsrx</t>
         </is>
       </c>
       <c r="T202" s="4" t="inlineStr">
         <is>
-          <t>Директор Карандаш Микола Михайлович</t>
+          <t>Директор Дервіш Ольга Вячеславівна</t>
         </is>
       </c>
       <c r="U202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 22 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 20 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
-        <v>135968</v>
+        <v>135967</v>
       </c>
       <c r="C203" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 22 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 20 ММР ЗО</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H203" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I203" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J203" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
@@ -22999,554 +22999,554 @@
       </c>
       <c r="L203" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M203" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N203" s="7"/>
       <c r="O203" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P203" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q203" s="4"/>
       <c r="R203" s="4" t="inlineStr">
         <is>
-          <t>gimnazija22mlt@gmail.com</t>
+          <t>mail@melschool20.ukr.education</t>
         </is>
       </c>
       <c r="S203" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/melschool22</t>
+          <t>https://gymnasium20mlt.wixsite.com/g20mlt</t>
         </is>
       </c>
       <c r="T203" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Лук’янова Марія Володимирівна</t>
+          <t>Директор Карандаш Микола Михайлович</t>
         </is>
       </c>
       <c r="U203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y203" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 23 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 22 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B204" s="5" t="n">
-        <v>136094</v>
+        <v>135968</v>
       </c>
       <c r="C204" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 23 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 22 ММР ЗО</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G204" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H204" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I204" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J204" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K204" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L204" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M204" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N204" s="7"/>
       <c r="O204" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P204" s="4" t="inlineStr">
         <is>
-          <t>(068)7063430</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q204" s="4"/>
       <c r="R204" s="4" t="inlineStr">
         <is>
-          <t>melgimnasium23@gmail.com</t>
+          <t>gimnazija22mlt@gmail.com</t>
         </is>
       </c>
       <c r="S204" s="4" t="inlineStr">
         <is>
-          <t>https://school23mlt.com</t>
+          <t>https://sites.google.com/view/melschool22</t>
         </is>
       </c>
       <c r="T204" s="4" t="inlineStr">
         <is>
-          <t>Директор Покуса Інна Миколаївна</t>
+          <t>В.о. директора Лук’янова Марія Володимирівна</t>
         </is>
       </c>
       <c r="U204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y204" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 25 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 23 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B205" s="5" t="n">
-        <v>136029</v>
+        <v>136094</v>
       </c>
       <c r="C205" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 25 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 23 ММР ЗО</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G205" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H205" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I205" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J205" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K205" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L205" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M205" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N205" s="7"/>
       <c r="O205" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P205" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(068)7063430</t>
         </is>
       </c>
       <c r="Q205" s="4"/>
       <c r="R205" s="4" t="inlineStr">
         <is>
-          <t>melschcool25@gmail.com</t>
+          <t>melgimnasium23@gmail.com</t>
         </is>
       </c>
       <c r="S205" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/gimnasia25mel</t>
+          <t>https://school23mlt.com</t>
         </is>
       </c>
       <c r="T205" s="4" t="inlineStr">
         <is>
-          <t>Директор Клименко Марина Миколаївна</t>
+          <t>Директор Покуса Інна Миколаївна</t>
         </is>
       </c>
       <c r="U205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y205" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 4 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 25 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B206" s="5" t="n">
-        <v>135784</v>
+        <v>136029</v>
       </c>
       <c r="C206" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 4 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 25 ММР ЗО</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G206" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H206" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I206" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J206" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K206" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L206" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M206" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N206" s="7"/>
       <c r="O206" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P206" s="4" t="inlineStr">
         <is>
-          <t>(096)0722186</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q206" s="4"/>
       <c r="R206" s="4" t="inlineStr">
         <is>
-          <t>ukrmelznz4@gmail.com</t>
+          <t>melschcool25@gmail.com</t>
         </is>
       </c>
       <c r="S206" s="4" t="inlineStr">
         <is>
-          <t>http://melitopol-zosh4.zp.sch.in.ua</t>
+          <t>https://sites.google.com/view/gimnasia25mel</t>
         </is>
       </c>
       <c r="T206" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваленко Анжеліна Михайлівна</t>
+          <t>Директор Клименко Марина Миколаївна</t>
         </is>
       </c>
       <c r="U206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y206" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 6 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 4 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B207" s="5" t="n">
-        <v>134865</v>
+        <v>135784</v>
       </c>
       <c r="C207" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 6 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 4 ММР ЗО</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G207" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H207" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I207" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J207" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K207" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L207" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M207" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N207" s="7"/>
       <c r="O207" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P207" s="4" t="inlineStr">
         <is>
-          <t>(068)3672811</t>
+          <t>(096)0722186</t>
         </is>
       </c>
       <c r="Q207" s="4"/>
       <c r="R207" s="4" t="inlineStr">
         <is>
-          <t>melgymnasium6@gmail.com</t>
+          <t>ukrmelznz4@gmail.com</t>
         </is>
       </c>
       <c r="S207" s="4" t="inlineStr">
         <is>
-          <t>http://melznz6.at.ua</t>
+          <t>http://melitopol-zosh4.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T207" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Баландюк Артем Олександрович</t>
+          <t>Директор Коваленко Анжеліна Михайлівна</t>
         </is>
       </c>
       <c r="U207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y207" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 7 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 6 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B208" s="5" t="n">
-        <v>136106</v>
+        <v>134865</v>
       </c>
       <c r="C208" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 7 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 6 ММР ЗО</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G208" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H208" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I208" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -23564,102 +23564,102 @@
       </c>
       <c r="L208" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M208" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N208" s="7"/>
       <c r="O208" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P208" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q208" s="4"/>
       <c r="R208" s="4" t="inlineStr">
         <is>
-          <t>osvita.g7@gmail.com</t>
+          <t>melgymnasium6@gmail.com</t>
         </is>
       </c>
       <c r="S208" s="4" t="inlineStr">
         <is>
-          <t>https://7.mlznz7.net.ua/</t>
+          <t>http://melznz6.at.ua</t>
         </is>
       </c>
       <c r="T208" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопець Катерина Віталіївна</t>
+          <t>В.о. директора Баландюк Артем Олександрович</t>
         </is>
       </c>
       <c r="U208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y208" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 8 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 7 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B209" s="5" t="n">
-        <v>135806</v>
+        <v>136106</v>
       </c>
       <c r="C209" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія № 8 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 7 ММР ЗО</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H209" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I209" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -23677,102 +23677,102 @@
       </c>
       <c r="L209" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M209" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N209" s="7"/>
       <c r="O209" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P209" s="4" t="inlineStr">
         <is>
           <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q209" s="4"/>
       <c r="R209" s="4" t="inlineStr">
         <is>
-          <t>osvita8mlt@gmail.com</t>
+          <t>osvita.g7@gmail.com</t>
         </is>
       </c>
       <c r="S209" s="4" t="inlineStr">
         <is>
-          <t>http://www.osvita4.wixsite.com/znz8</t>
+          <t>https://7.mlznz7.net.ua/</t>
         </is>
       </c>
       <c r="T209" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Нагай Анастасія Вікторівна</t>
+          <t>Директор Прокопець Катерина Віталіївна</t>
         </is>
       </c>
       <c r="U209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y209" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольська гімназія №15 Мелітопольської міської ради Запорізької області</t>
+          <t>Мелітопольська гімназія № 8 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B210" s="5" t="n">
-        <v>135822</v>
+        <v>135806</v>
       </c>
       <c r="C210" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 15 ММР ЗО</t>
+          <t>Мелітопольська гімназія № 8 ММР ЗО</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G210" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H210" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I210" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -23784,560 +23784,560 @@
         </is>
       </c>
       <c r="K210" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L210" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M210" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N210" s="7"/>
       <c r="O210" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P210" s="4" t="inlineStr">
         <is>
-          <t>(096)2853909</t>
+          <t>(068)3672811</t>
         </is>
       </c>
       <c r="Q210" s="4"/>
       <c r="R210" s="4" t="inlineStr">
         <is>
-          <t>znz15mlt@melitznz15.ukr.education</t>
+          <t>osvita8mlt@gmail.com</t>
         </is>
       </c>
       <c r="S210" s="4" t="inlineStr">
         <is>
-          <t>https://melitznz15.ukr.education/</t>
+          <t>http://www.osvita4.wixsite.com/znz8</t>
         </is>
       </c>
       <c r="T210" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткаченко Олена Вікторівна</t>
+          <t>В.о. директора Нагай Анастасія Вікторівна</t>
         </is>
       </c>
       <c r="U210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y210" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="4" t="inlineStr">
         <is>
-          <t>Мирненський опорний заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Мирненської селищної ради</t>
+          <t>Мелітопольська гімназія №15 Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>134333</v>
+        <v>135822</v>
       </c>
       <c r="C211" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Мирненський ОЗЗСО І-ІІІ ступенів "Інтелект" МСР</t>
+          <t>Гімназія № 15 ММР ЗО</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G211" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H211" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I211" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J211" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K211" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L211" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M211" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N211" s="7"/>
       <c r="O211" s="4" t="inlineStr">
         <is>
-          <t>Мирненська селищна рада</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P211" s="4" t="inlineStr">
         <is>
-          <t>(0619)494288</t>
+          <t>(096)2853909</t>
         </is>
       </c>
       <c r="Q211" s="4"/>
       <c r="R211" s="4" t="inlineStr">
         <is>
-          <t>school_myrne@ukr.net</t>
+          <t>znz15mlt@melitznz15.ukr.education</t>
         </is>
       </c>
       <c r="S211" s="4" t="inlineStr">
         <is>
-          <t>http://myrne.pp.ua</t>
+          <t>https://melitznz15.ukr.education/</t>
         </is>
       </c>
       <c r="T211" s="4" t="inlineStr">
         <is>
-          <t>Директор Бєляєва Віта Володимирівна</t>
+          <t>Директор Ткаченко Олена Вікторівна</t>
         </is>
       </c>
       <c r="U211" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y211" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 1 Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Мирненський опорний заклад загальної середньої освіти І-ІІІ ступенів "Інтелект" Мирненської селищної ради</t>
         </is>
       </c>
       <c r="B212" s="5" t="n">
-        <v>134264</v>
+        <v>134333</v>
       </c>
       <c r="C212" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 1</t>
+          <t>Мирненський ОЗЗСО І-ІІІ ступенів "Інтелект" МСР</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G212" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H212" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310100000</t>
         </is>
       </c>
       <c r="I212" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J212" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K212" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L212" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M212" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N212" s="7"/>
       <c r="O212" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
+          <t>Мирненська селищна рада</t>
         </is>
       </c>
       <c r="P212" s="4" t="inlineStr">
         <is>
-          <t>(097)432-39-39</t>
+          <t>(0619)494288</t>
         </is>
       </c>
       <c r="Q212" s="4"/>
       <c r="R212" s="4" t="inlineStr">
         <is>
-          <t>mihgimnazium16@ukr.net</t>
+          <t>school_myrne@ukr.net</t>
         </is>
       </c>
       <c r="S212" s="4" t="inlineStr">
         <is>
-          <t>http://mihgimnazium.wixsite.com/kznvk</t>
+          <t>http://myrne.pp.ua</t>
         </is>
       </c>
       <c r="T212" s="4" t="inlineStr">
         <is>
-          <t>Директор Щусь Ольга Володимирівна</t>
+          <t>Директор Бєляєва Віта Володимирівна</t>
         </is>
       </c>
       <c r="U212" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y212" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 3 Михайлівської селищної ради Василівського району Запорізької області</t>
+          <t>Михайлівська гімназія № 1 Михайлівської селищної ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B213" s="5" t="n">
-        <v>134268</v>
+        <v>134264</v>
       </c>
       <c r="C213" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія № 3</t>
+          <t>Михайлівська гімназія № 1</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G213" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H213" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I213" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J213" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K213" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 59</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L213" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M213" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N213" s="7"/>
       <c r="O213" s="4" t="inlineStr">
         <is>
           <t>Михайлівська селищна рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P213" s="4" t="inlineStr">
         <is>
-          <t>(068)068-42-86</t>
+          <t>(097)432-39-39</t>
         </is>
       </c>
       <c r="Q213" s="4"/>
       <c r="R213" s="4" t="inlineStr">
         <is>
-          <t>mihzosh3@gmail.com</t>
+          <t>mihgimnazium16@ukr.net</t>
         </is>
       </c>
       <c r="S213" s="4" t="inlineStr">
         <is>
-          <t>http://mihalzosh3.ucoz.ua</t>
+          <t>http://mihgimnazium.wixsite.com/kznvk</t>
         </is>
       </c>
       <c r="T213" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокудіна Вероніка Анатоліївна</t>
+          <t>Директор Щусь Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y213" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="4" t="inlineStr">
         <is>
-          <t>Молочанська загальноосвітня школа I-III ступенів Молочанської міської ради</t>
+          <t>Михайлівська гімназія № 3 Михайлівської селищної ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B214" s="5" t="n">
-        <v>135255</v>
+        <v>134268</v>
       </c>
       <c r="C214" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>Молочанська ЗОШ І-ІІІ ступенів</t>
+          <t>Михайлівська гімназія № 3</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G214" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H214" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I214" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J214" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K214" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Перемоги, 59</t>
         </is>
       </c>
       <c r="L214" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M214" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N214" s="7"/>
       <c r="O214" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Молочанської міської ради</t>
+          <t>Михайлівська селищна рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P214" s="4" t="inlineStr">
         <is>
-          <t>(06178)40471</t>
+          <t>(068)068-42-86</t>
         </is>
       </c>
       <c r="Q214" s="4"/>
       <c r="R214" s="4" t="inlineStr">
         <is>
-          <t>molschool2017@gmail.com</t>
+          <t>mihzosh3@gmail.com</t>
         </is>
       </c>
       <c r="S214" s="4" t="inlineStr">
         <is>
-          <t>http://molochanska-zag.klasna.com</t>
+          <t>http://mihalzosh3.ucoz.ua</t>
         </is>
       </c>
       <c r="T214" s="4" t="inlineStr">
         <is>
-          <t>Директор Клименко Тетяна Іванівна</t>
+          <t>Директор Прокудіна Вероніка Анатоліївна</t>
         </is>
       </c>
       <c r="U214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y214" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="4" t="inlineStr">
         <is>
-          <t>Молочанський опорний заклад загальної середньої освіти I-III ступенів Молочанської міської ради</t>
+          <t>Молочанська загальноосвітня школа I-III ступенів Молочанської міської ради</t>
         </is>
       </c>
       <c r="B215" s="5" t="n">
-        <v>134987</v>
+        <v>135255</v>
       </c>
       <c r="C215" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>МОЗЗСО</t>
+          <t>Молочанська ЗОШ І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G215" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H215" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I215" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -24349,1533 +24349,1537 @@
         </is>
       </c>
       <c r="K215" s="4" t="inlineStr">
         <is>
           <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L215" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M215" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N215" s="7"/>
       <c r="O215" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Молочанської міської ради</t>
         </is>
       </c>
       <c r="P215" s="4" t="inlineStr">
         <is>
-          <t>(06178)40582</t>
+          <t>(06178)40471</t>
         </is>
       </c>
       <c r="Q215" s="4"/>
       <c r="R215" s="4" t="inlineStr">
         <is>
-          <t>panialena72@gmail.com</t>
+          <t>molschool2017@gmail.com</t>
         </is>
       </c>
       <c r="S215" s="4" t="inlineStr">
         <is>
-          <t>http://molshkola2.klasna.com</t>
+          <t>http://molochanska-zag.klasna.com</t>
         </is>
       </c>
       <c r="T215" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Потапова Альона Миколаївна</t>
+          <t>Директор Клименко Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U215" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y215" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="4" t="inlineStr">
         <is>
-          <t>Науковий ліцей комунального закладу вищої освіти "Хортицька національна навчально-реабілітаційна академія" Запорізької обласної ради</t>
+          <t>Молочанський опорний заклад загальної середньої освіти I-III ступенів Молочанської міської ради</t>
         </is>
       </c>
       <c r="B216" s="5" t="n">
-        <v>137162</v>
+        <v>134987</v>
       </c>
       <c r="C216" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Науковий ліцей Хортицької національної академії</t>
+          <t>МОЗЗСО</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
-          <t>науковий ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G216" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H216" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I216" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J216" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K216" s="4" t="inlineStr">
         <is>
-          <t>вулиця Наукового містечка (о. Хортиця), 59</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L216" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M216" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N216" s="7"/>
       <c r="O216" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
+          <t>Виконавчий комітет Молочанської міської ради</t>
         </is>
       </c>
       <c r="P216" s="4" t="inlineStr">
         <is>
-          <t>(061)2832001</t>
+          <t>(06178)40582</t>
         </is>
       </c>
       <c r="Q216" s="4"/>
       <c r="R216" s="4" t="inlineStr">
         <is>
-          <t>nlkhnazp@gmail.com</t>
+          <t>panialena72@gmail.com</t>
         </is>
       </c>
       <c r="S216" s="4" t="inlineStr">
         <is>
-          <t>http://school.khnnra.zp.ua/</t>
+          <t>http://molshkola2.klasna.com</t>
         </is>
       </c>
       <c r="T216" s="4" t="inlineStr">
         <is>
-          <t>Директор Доценко Вікторія Валеріївна</t>
+          <t>В.о. директора Потапова Альона Миколаївна</t>
         </is>
       </c>
       <c r="U216" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y216" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="4" t="inlineStr">
         <is>
-          <t>Новенський заклад загальної середньої освіти Токмацької міської ради</t>
+          <t>Науковий ліцей комунального закладу вищої освіти "Хортицька національна навчально-реабілітаційна академія" Запорізької обласної ради</t>
         </is>
       </c>
       <c r="B217" s="5" t="n">
-        <v>135355</v>
+        <v>137162</v>
       </c>
       <c r="C217" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>Новенський ЗЗСО</t>
+          <t>Науковий ліцей Хортицької національної академії</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>науковий ліцей</t>
         </is>
       </c>
       <c r="G217" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H217" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I217" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J217" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K217" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Наукового містечка (о. Хортиця), 59</t>
         </is>
       </c>
       <c r="L217" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M217" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N217" s="7"/>
       <c r="O217" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Токмацької міської ради</t>
+          <t>Департамент освіти і науки Запорізької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P217" s="4" t="inlineStr">
         <is>
-          <t>(067)1955408</t>
+          <t>(061)2832001</t>
         </is>
       </c>
       <c r="Q217" s="4"/>
       <c r="R217" s="4" t="inlineStr">
         <is>
-          <t>novoe.shkola@gmail.com</t>
+          <t>nlkhnazp@gmail.com</t>
         </is>
       </c>
       <c r="S217" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/novoeschool</t>
+          <t>http://school.khnnra.zp.ua/</t>
         </is>
       </c>
       <c r="T217" s="4" t="inlineStr">
         <is>
-          <t>Директор Федан Інна Василівна</t>
+          <t>Директор Доценко Вікторія Валеріївна</t>
         </is>
       </c>
       <c r="U217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V217" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y217" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="4" t="inlineStr">
         <is>
-          <t>Новобогданівська гімназія "Успіх" Новобогданівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Новенський заклад загальної середньої освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="B218" s="5" t="n">
-        <v>135061</v>
+        <v>135355</v>
       </c>
       <c r="C218" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
-          <t>Новобогданівська гімназія "Успіх" Новобогданівської СР МР ЗО</t>
+          <t>Новенський ЗЗСО</t>
         </is>
       </c>
       <c r="E218" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G218" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H218" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I218" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J218" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K218" s="4" t="inlineStr">
         <is>
           <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L218" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M218" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N218" s="7"/>
       <c r="O218" s="4" t="inlineStr">
         <is>
-          <t>Новобогданівська сільська рада</t>
+          <t>Відділ освіти Токмацької міської ради</t>
         </is>
       </c>
       <c r="P218" s="4" t="inlineStr">
         <is>
-          <t>(097)4491287, (066)5654052</t>
+          <t>(067)1955408</t>
         </is>
       </c>
       <c r="Q218" s="4"/>
       <c r="R218" s="4" t="inlineStr">
         <is>
-          <t>uspih@novobogdanivska-gromada.gov.ua</t>
+          <t>novoe.shkola@gmail.com</t>
         </is>
       </c>
       <c r="S218" s="4" t="inlineStr">
         <is>
-          <t>http://uspih.school.org.ua</t>
+          <t>https://sites.google.com/view/novoeschool</t>
         </is>
       </c>
       <c r="T218" s="4" t="inlineStr">
         <is>
-          <t>Директор Кульбак Юлія Олексіївна</t>
+          <t>Директор Федан Інна Василівна</t>
         </is>
       </c>
       <c r="U218" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V218" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y218" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="4" t="inlineStr">
         <is>
-          <t>Нововасилівський ліцей "Гармонія" Нововасилівської селищної ради</t>
+          <t>Новобогданівська гімназія "Успіх" Новобогданівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B219" s="5" t="n">
-        <v>135398</v>
+        <v>135061</v>
       </c>
       <c r="C219" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
-          <t>Нововасилівський ліцей "Гармонія"</t>
+          <t>Новобогданівська гімназія "Успіх" Новобогданівської СР МР ЗО</t>
         </is>
       </c>
       <c r="E219" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G219" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H219" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I219" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J219" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K219" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перша Ливарна, 38</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L219" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M219" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N219" s="7"/>
       <c r="O219" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та культури Нововасилівської селищної ради</t>
+          <t>Новобогданівська сільська рада</t>
         </is>
       </c>
       <c r="P219" s="4" t="inlineStr">
         <is>
-          <t>(097)5401078</t>
+          <t>(097)4491287, (066)5654052</t>
         </is>
       </c>
       <c r="Q219" s="4"/>
       <c r="R219" s="4" t="inlineStr">
         <is>
-          <t>nvkgarmonij@gmail.com</t>
+          <t>uspih@novobogdanivska-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S219" s="4" t="inlineStr">
         <is>
-          <t>http://novovasylivka.edukit.zp.ua</t>
+          <t>http://uspih.school.org.ua</t>
         </is>
       </c>
       <c r="T219" s="4" t="inlineStr">
         <is>
-          <t>Директор Задирака Олена Юріївна</t>
+          <t>Директор Кульбак Юлія Олексіївна</t>
         </is>
       </c>
       <c r="U219" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V219" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y219" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="4" t="inlineStr">
         <is>
-          <t>Новогорівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Нововасилівський ліцей "Гармонія" Нововасилівської селищної ради</t>
         </is>
       </c>
       <c r="B220" s="5" t="n">
-        <v>134732</v>
+        <v>135398</v>
       </c>
       <c r="C220" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
-          <t>Новогорівська гімназія</t>
+          <t>Нововасилівський ліцей "Гармонія"</t>
         </is>
       </c>
       <c r="E220" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G220" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H220" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310100000</t>
         </is>
       </c>
       <c r="I220" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J220" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K220" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>вулиця Перша Ливарна, 38</t>
         </is>
       </c>
       <c r="L220" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M220" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N220" s="7"/>
       <c r="O220" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Відділ освіти та культури Нововасилівської селищної ради</t>
         </is>
       </c>
       <c r="P220" s="4" t="inlineStr">
         <is>
-          <t>(097)8401771</t>
+          <t>(097)5401078</t>
         </is>
       </c>
       <c r="Q220" s="4"/>
       <c r="R220" s="4" t="inlineStr">
         <is>
-          <t>novogorivozzso@gmail.com</t>
+          <t>nvkgarmonij@gmail.com</t>
         </is>
       </c>
       <c r="S220" s="4" t="inlineStr">
         <is>
-          <t>http://shkola-novogor.klasna.com</t>
+          <t>http://novovasylivka.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T220" s="4" t="inlineStr">
         <is>
-          <t>Директор Лисенко Юлія Вікторівна</t>
+          <t>Директор Задирака Олена Юріївна</t>
         </is>
       </c>
       <c r="U220" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V220" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y220" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Новогорівська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B221" s="5" t="n">
-        <v>134414</v>
+        <v>134732</v>
       </c>
       <c r="C221" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія</t>
+          <t>Новогорівська гімназія</t>
         </is>
       </c>
       <c r="E221" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G221" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H221" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I221" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J221" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K221" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L221" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M221" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N221" s="7"/>
       <c r="O221" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P221" s="4" t="inlineStr">
         <is>
-          <t>(06153)98154</t>
+          <t>(097)8401771</t>
         </is>
       </c>
       <c r="Q221" s="4"/>
       <c r="R221" s="4" t="inlineStr">
         <is>
-          <t>novopetrovka.school@meta.ua</t>
+          <t>novogorivozzso@gmail.com</t>
         </is>
       </c>
       <c r="S221" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/novopetrovkaschool15/</t>
+          <t>http://shkola-novogor.klasna.com</t>
         </is>
       </c>
       <c r="T221" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковбаса Тетяна Ростиславівна</t>
+          <t>Директор Лисенко Юлія Вікторівна</t>
         </is>
       </c>
       <c r="U221" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V221" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y221" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="4" t="inlineStr">
         <is>
-          <t>Олександрівська гімназія Запорізької міської ради</t>
+          <t>Новопетрівська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B222" s="5" t="n">
-        <v>134568</v>
+        <v>134414</v>
       </c>
       <c r="C222" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
-          <t>Олександрівська гімназія</t>
+          <t>Новопетрівська гімназія</t>
         </is>
       </c>
       <c r="E222" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G222" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H222" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I222" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J222" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K222" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 155</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L222" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M222" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N222" s="7"/>
       <c r="O222" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
         </is>
       </c>
       <c r="P222" s="4" t="inlineStr">
         <is>
-          <t>(061)2862833</t>
+          <t>(06153)98154</t>
         </is>
       </c>
       <c r="Q222" s="4"/>
       <c r="R222" s="4" t="inlineStr">
         <is>
-          <t>zal.akademic@ukr.net</t>
+          <t>novopetrovka.school@meta.ua</t>
         </is>
       </c>
       <c r="S222" s="4" t="inlineStr">
         <is>
-          <t>https://academlyceum.zp.ua</t>
+          <t>https://sites.google.com/view/novopetrovkaschool15/</t>
         </is>
       </c>
       <c r="T222" s="4" t="inlineStr">
         <is>
-          <t>Директор Коміссаров Вадим Олексійович</t>
+          <t>Директор Ковбаса Тетяна Ростиславівна</t>
         </is>
       </c>
       <c r="U222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V222" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y222" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="4" t="inlineStr">
         <is>
-          <t>Опорна гімназія "Джерело" Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Олександрівська гімназія Запорізької міської ради</t>
         </is>
       </c>
       <c r="B223" s="5" t="n">
-        <v>135565</v>
+        <v>134568</v>
       </c>
       <c r="C223" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
-          <t>Опорна гімназія "Джерело" Терпіннівської СР МР ЗО</t>
+          <t>Олександрівська гімназія</t>
         </is>
       </c>
       <c r="E223" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G223" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H223" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I223" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J223" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K223" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Гоголя, 155</t>
         </is>
       </c>
       <c r="L223" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M223" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N223" s="7"/>
       <c r="O223" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P223" s="4" t="inlineStr">
         <is>
-          <t>(098)4265805</t>
+          <t>(061)2862833</t>
         </is>
       </c>
       <c r="Q223" s="4"/>
       <c r="R223" s="4" t="inlineStr">
         <is>
-          <t>dzherelo.ua@gmail.com</t>
+          <t>zal.akademic@ukr.net</t>
         </is>
       </c>
       <c r="S223" s="4" t="inlineStr">
         <is>
-          <t>https://dzherelo.e-schools.info</t>
+          <t>https://academlyceum.zp.ua</t>
         </is>
       </c>
       <c r="T223" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Єременко Тетяна Олександрівна</t>
+          <t>Директор Коміссаров Вадим Олексійович</t>
         </is>
       </c>
       <c r="U223" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V223" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y223" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад загальної середньої освіти Приазовський ліцей Приазовської селищної ради Запорізької області</t>
+          <t>Опорна гімназія "Джерело" Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B224" s="5" t="n">
-        <v>134440</v>
+        <v>135565</v>
       </c>
       <c r="C224" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
-          <t>ОЗЗСО Приазовський ліцей</t>
+          <t>Опорна гімназія "Джерело" Терпіннівської СР МР ЗО</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G224" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H224" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I224" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J224" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K224" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козача, 35</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L224" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M224" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N224" s="7"/>
       <c r="O224" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту, культури і туризму Приазовської селищної ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Терпіннівської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P224" s="4" t="inlineStr">
         <is>
-          <t>(06133)22780</t>
+          <t>(098)4265805</t>
         </is>
       </c>
       <c r="Q224" s="4"/>
       <c r="R224" s="4" t="inlineStr">
         <is>
-          <t>priazlicej@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S224" s="4"/>
+          <t>dzherelo.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S224" s="4" t="inlineStr">
+        <is>
+          <t>https://dzherelo.e-schools.info</t>
+        </is>
+      </c>
       <c r="T224" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Цвєтанська Галина Василівна</t>
+          <t>Т.в.о. директора Єременко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U224" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V224" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y224" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="4" t="inlineStr">
         <is>
-          <t>опорний навчально-виховний заклад Чернігівська загальноосвітня школа I-III ступенів імені Героя Радянського Союзу А.М.Темника Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Опорний заклад загальної середньої освіти Приазовський ліцей Приазовської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B225" s="5" t="n">
-        <v>135140</v>
+        <v>134440</v>
       </c>
       <c r="C225" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад Чернігівська ЗОШ І-ІІІ ступенів</t>
+          <t>ОЗЗСО Приазовський ліцей</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G225" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H225" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I225" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J225" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K225" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>вулиця Козача, 35</t>
         </is>
       </c>
       <c r="L225" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M225" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N225" s="7"/>
       <c r="O225" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Відділ освіти, молоді та спорту, культури і туризму Приазовської селищної ради</t>
         </is>
       </c>
       <c r="P225" s="4" t="inlineStr">
         <is>
-          <t>(06140)91771</t>
+          <t>(06133)22780</t>
         </is>
       </c>
       <c r="Q225" s="4"/>
       <c r="R225" s="4" t="inlineStr">
         <is>
-          <t>onvz@school-temnik.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>priazlicej@gmail.com</t>
+        </is>
+      </c>
+      <c r="S225" s="4"/>
       <c r="T225" s="4" t="inlineStr">
         <is>
-          <t>Директор Денисенко Олена Іванівна</t>
+          <t>Т.в.о. директора Цвєтанська Галина Василівна</t>
         </is>
       </c>
       <c r="U225" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y225" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="4" t="inlineStr">
         <is>
-          <t>Орлянська гімназія Малобілозерської сільської ради Василівського району Запорізької області</t>
+          <t>опорний навчально-виховний заклад Чернігівська загальноосвітня школа I-III ступенів імені Героя Радянського Союзу А.М.Темника Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B226" s="5" t="n">
-        <v>134489</v>
+        <v>135140</v>
       </c>
       <c r="C226" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>Орлянська гімназія МСР ВР ЗО</t>
+          <t>опорний заклад Чернігівська ЗОШ І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G226" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H226" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I226" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J226" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K226" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Героїв Крут, 3-А</t>
         </is>
       </c>
       <c r="L226" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M226" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N226" s="7"/>
       <c r="O226" s="4" t="inlineStr">
         <is>
-          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P226" s="4" t="inlineStr">
         <is>
-          <t>(0617)552391</t>
+          <t>(06140)91771</t>
         </is>
       </c>
       <c r="Q226" s="4"/>
       <c r="R226" s="4" t="inlineStr">
         <is>
-          <t>orlanka.zosh@gmail.com</t>
+          <t>onvz@school-temnik.net</t>
         </is>
       </c>
       <c r="S226" s="4" t="inlineStr">
         <is>
-          <t>http://www.orlianske-zosh.edukit.zp.ua</t>
+          <t>http://school-temnika.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T226" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Борисенко Олександр Павлович</t>
+          <t>Директор Денисенко Олена Іванівна</t>
         </is>
       </c>
       <c r="U226" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V226" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y226" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="4" t="inlineStr">
         <is>
-          <t>Осипенківська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Орлянська гімназія Малобілозерської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B227" s="5" t="n">
-        <v>138010</v>
+        <v>134489</v>
       </c>
       <c r="C227" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
-          <t>Осипенківська гімназія</t>
+          <t>Орлянська гімназія МСР ВР ЗО</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G227" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H227" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I227" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J227" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K227" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L227" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M227" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N227" s="7"/>
       <c r="O227" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Малобілозерська сільська рада Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="P227" s="4" t="inlineStr">
         <is>
-          <t>(06153)99-5-40</t>
+          <t>(0617)552391</t>
         </is>
       </c>
       <c r="Q227" s="4"/>
       <c r="R227" s="4" t="inlineStr">
         <is>
-          <t>osipenko2007@meta.ua</t>
+          <t>orlanka.zosh@gmail.com</t>
         </is>
       </c>
       <c r="S227" s="4" t="inlineStr">
         <is>
-          <t>https://osipenko-onlineschool.blogspot.com/</t>
+          <t>http://www.orlianske-zosh.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T227" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Новосела Тетяна Анатоліївна</t>
+          <t>Т.в.о. директора Борисенко Олександр Павлович</t>
         </is>
       </c>
       <c r="U227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V227" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y227" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="4" t="inlineStr">
         <is>
-          <t>Плодородненський ліцей Плодородненської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Осипенківська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B228" s="5" t="n">
-        <v>136363</v>
+        <v>138010</v>
       </c>
       <c r="C228" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
-          <t>Плодородненський ліцей</t>
+          <t>Осипенківська гімназія</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G228" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H228" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I228" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J228" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K228" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козача, 35</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L228" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M228" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N228" s="7"/>
       <c r="O228" s="4" t="inlineStr">
         <is>
-          <t>Плодородненська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
         </is>
       </c>
       <c r="P228" s="4" t="inlineStr">
         <is>
-          <t>(06132)95125, (098)5629386</t>
+          <t>(06153)99-5-40</t>
         </is>
       </c>
       <c r="Q228" s="4"/>
       <c r="R228" s="4" t="inlineStr">
         <is>
-          <t>plodlicey@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S228" s="4"/>
+          <t>osipenko2007@meta.ua</t>
+        </is>
+      </c>
+      <c r="S228" s="4" t="inlineStr">
+        <is>
+          <t>https://osipenko-onlineschool.blogspot.com/</t>
+        </is>
+      </c>
       <c r="T228" s="4" t="inlineStr">
         <is>
-          <t>Директор Старовойтов Микола Григорович</t>
+          <t>В.о. директора Новосела Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U228" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V228" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y228" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="4" t="inlineStr">
         <is>
           <t>Покровський заклад загальної середньої освіти Токмацької міської ради</t>
         </is>
       </c>
@@ -26524,1260 +26528,1256 @@
       <c r="U234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y234" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="4" t="inlineStr">
         <is>
-          <t>Роздольський ліцей Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Райхенфельдський ліцей Райхенфельдської сільської ради Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="B235" s="5" t="n">
-        <v>135404</v>
+        <v>136363</v>
       </c>
       <c r="C235" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Роздольський ліцей</t>
+          <t>Райхенфельдський ліцей</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G235" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H235" s="6" t="inlineStr">
         <is>
           <t>2310136300</t>
         </is>
       </c>
       <c r="I235" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J235" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K235" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>вулиця Козача, 35</t>
         </is>
       </c>
       <c r="L235" s="6" t="inlineStr">
         <is>
           <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M235" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N235" s="7"/>
       <c r="O235" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Райхенфельдська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
       <c r="P235" s="4" t="inlineStr">
         <is>
-          <t>(068)0841599</t>
+          <t>(06132)95125, (098)5629386</t>
         </is>
       </c>
       <c r="Q235" s="4"/>
       <c r="R235" s="4" t="inlineStr">
         <is>
-          <t>rozdol_shkola@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>plodlicey@gmail.com</t>
+        </is>
+      </c>
+      <c r="S235" s="4"/>
       <c r="T235" s="4" t="inlineStr">
         <is>
-          <t>Директор Катречко Галина Василівна</t>
+          <t>Директор Старовойтов Микола Григорович</t>
         </is>
       </c>
       <c r="U235" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V235" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y235" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="4" t="inlineStr">
         <is>
-          <t>Розівський опорний заклад загальної середньої освіти І - ІІІ ступенів Розівської селищної ради Пологівського району Запорізької області</t>
+          <t>Роздольський ліцей Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B236" s="5" t="n">
-        <v>136429</v>
+        <v>135404</v>
       </c>
       <c r="C236" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>Розівський ОЗЗСО І-ІІІ ст.</t>
+          <t>Роздольський ліцей</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G236" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H236" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I236" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J236" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K236" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 17</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L236" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M236" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N236" s="7"/>
       <c r="O236" s="4" t="inlineStr">
         <is>
-          <t>Розівська селищна рада Розівського району Запорізької області</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P236" s="4" t="inlineStr">
         <is>
-          <t>(095)6937107</t>
+          <t>(068)0841599</t>
         </is>
       </c>
       <c r="Q236" s="4"/>
       <c r="R236" s="4" t="inlineStr">
         <is>
-          <t>rozovskayaoosh1@gmail.com</t>
+          <t>rozdol_shkola@meta.ua</t>
         </is>
       </c>
       <c r="S236" s="4" t="inlineStr">
         <is>
-          <t>https://rozschool.com.ua/</t>
+          <t>https://shalay595.wixsite.com/kzrozdol</t>
         </is>
       </c>
       <c r="T236" s="4" t="inlineStr">
         <is>
-          <t>Директор Тарасенко Віра Михайлівна</t>
+          <t>Директор Катречко Галина Василівна</t>
         </is>
       </c>
       <c r="U236" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V236" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y236" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа "Хабад Любавич" з поглибленим вивченням івриту та англійської мови</t>
+          <t>Розівський опорний заклад загальної середньої освіти І - ІІІ ступенів Розівської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="B237" s="5" t="n">
-        <v>135626</v>
+        <v>136429</v>
       </c>
       <c r="C237" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа "Хабад Любавич"</t>
+          <t>Розівський ОЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G237" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H237" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I237" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J237" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K237" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бородінська, 9-А</t>
+          <t>вулиця Героїв Крут, 17</t>
         </is>
       </c>
       <c r="L237" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M237" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N237" s="7"/>
       <c r="O237" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Розівська селищна рада Розівського району Запорізької області</t>
         </is>
       </c>
       <c r="P237" s="4" t="inlineStr">
         <is>
-          <t>(061)2397101, (061)2397102</t>
+          <t>(095)6937107</t>
         </is>
       </c>
       <c r="Q237" s="4"/>
       <c r="R237" s="4" t="inlineStr">
         <is>
-          <t>chabadzp@gmail.com</t>
+          <t>rozovskayaoosh1@gmail.com</t>
         </is>
       </c>
       <c r="S237" s="4" t="inlineStr">
         <is>
-          <t>http://khabad.inf.ua/</t>
+          <t>https://rozschool.com.ua/</t>
         </is>
       </c>
       <c r="T237" s="4" t="inlineStr">
         <is>
-          <t>Директор Бобакова Лариса Анатоліївна</t>
+          <t>Директор Тарасенко Віра Михайлівна</t>
         </is>
       </c>
       <c r="U237" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y237" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="4" t="inlineStr">
         <is>
-          <t>Таврійська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
+          <t>Спеціалізована школа "Хабад Любавич" з поглибленим вивченням івриту та англійської мови</t>
         </is>
       </c>
       <c r="B238" s="5" t="n">
-        <v>134774</v>
+        <v>135626</v>
       </c>
       <c r="C238" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Таврійська гімназія</t>
+          <t>Спеціалізована школа "Хабад Любавич"</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G238" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H238" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I238" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J238" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K238" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 55-А</t>
+          <t>вулиця Бородінська, 9-А</t>
         </is>
       </c>
       <c r="L238" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M238" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N238" s="7"/>
       <c r="O238" s="4" t="inlineStr">
         <is>
-          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P238" s="4" t="inlineStr">
         <is>
-          <t>(096)3924791</t>
+          <t>(061)2397101, (061)2397102</t>
         </is>
       </c>
       <c r="Q238" s="4"/>
       <c r="R238" s="4" t="inlineStr">
         <is>
-          <t>tavrijaskul@ukr.net</t>
+          <t>chabadzp@gmail.com</t>
         </is>
       </c>
       <c r="S238" s="4" t="inlineStr">
         <is>
-          <t>http://tavrijascool.klasna.com/</t>
+          <t>http://khabad.inf.ua/</t>
         </is>
       </c>
       <c r="T238" s="4" t="inlineStr">
         <is>
-          <t>Директор Сорока Таміла Віталіївна</t>
+          <t>Директор Бобакова Лариса Анатоліївна</t>
         </is>
       </c>
       <c r="U238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V238" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y238" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Запорізький приватний Монтессорі ліцей"</t>
+          <t>Таврійська гімназія Роздольської сільської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B239" s="5" t="n">
-        <v>176850</v>
+        <v>134774</v>
       </c>
       <c r="C239" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Запорізький приватний Монтессорі ліцей"</t>
+          <t>Таврійська гімназія</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G239" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H239" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I239" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J239" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K239" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежної України, 82а</t>
+          <t>вулиця Університетська, 55-А</t>
         </is>
       </c>
       <c r="L239" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M239" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N239" s="7"/>
       <c r="O239" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Роздольська сільська рада Михайлівського району Запорізької області</t>
         </is>
       </c>
       <c r="P239" s="4" t="inlineStr">
         <is>
-          <t>(099)7181891</t>
+          <t>(096)3924791</t>
         </is>
       </c>
       <c r="Q239" s="4"/>
       <c r="R239" s="4" t="inlineStr">
         <is>
-          <t>montessori@osvita.zp.ua</t>
+          <t>tavrijaskul@ukr.net</t>
         </is>
       </c>
       <c r="S239" s="4" t="inlineStr">
         <is>
-          <t>www.montessori.osvita.zp.ua</t>
+          <t>http://tavrijascool.klasna.com/</t>
         </is>
       </c>
       <c r="T239" s="4" t="inlineStr">
         <is>
-          <t>Директор Турчина Алла Григорівна</t>
+          <t>Директор Сорока Таміла Віталіївна</t>
         </is>
       </c>
       <c r="U239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V239" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y239" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчально-виховний комплекс "Ліцей економіки та інформаційних технологій"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Запорізький приватний Монтессорі ліцей"</t>
         </is>
       </c>
       <c r="B240" s="5" t="n">
-        <v>136724</v>
+        <v>176850</v>
       </c>
       <c r="C240" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "НВК "Ліцей ЕІТ"</t>
+          <t>ТОВ "Запорізький приватний Монтессорі ліцей"</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G240" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H240" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310100000</t>
         </is>
       </c>
       <c r="I240" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J240" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K240" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кияшка, 16-Б</t>
+          <t>вулиця Незалежної України, 82а</t>
         </is>
       </c>
       <c r="L240" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M240" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N240" s="7"/>
       <c r="O240" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P240" s="4" t="inlineStr">
         <is>
-          <t>(061)2399008</t>
+          <t>(099)7181891</t>
         </is>
       </c>
       <c r="Q240" s="4"/>
       <c r="R240" s="4" t="inlineStr">
         <is>
-          <t>liceum@econom.zp.ua</t>
-[...2 lines deleted...]
-      <c r="S240" s="4"/>
+          <t>montessori@osvita.zp.ua</t>
+        </is>
+      </c>
+      <c r="S240" s="4" t="inlineStr">
+        <is>
+          <t>www.montessori.osvita.zp.ua</t>
+        </is>
+      </c>
       <c r="T240" s="4" t="inlineStr">
         <is>
-          <t>Директор Охріменко Олена Миколаївна</t>
+          <t>Директор Турчина Алла Григорівна</t>
         </is>
       </c>
       <c r="U240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y240" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="4" t="inlineStr">
         <is>
-          <t>Фруктівський ліцей Новенської сільської ради</t>
+          <t>Товариство з обмеженою відповідальністю "Навчально-виховний комплекс "Ліцей економіки та інформаційних технологій"</t>
         </is>
       </c>
       <c r="B241" s="5" t="n">
-        <v>135097</v>
+        <v>136724</v>
       </c>
       <c r="C241" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>Фруктівський ліцей НСР</t>
+          <t>ТОВ "НВК "Ліцей ЕІТ"</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G241" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H241" s="6" t="inlineStr">
         <is>
           <t>2310136900</t>
         </is>
       </c>
       <c r="I241" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J241" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K241" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Кияшка, 16-Б</t>
         </is>
       </c>
       <c r="L241" s="6" t="inlineStr">
         <is>
           <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M241" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N241" s="7"/>
       <c r="O241" s="4" t="inlineStr">
         <is>
-          <t>Новенська сільська рада</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P241" s="4" t="inlineStr">
         <is>
-          <t>(097)9726422</t>
+          <t>(061)2399008</t>
         </is>
       </c>
       <c r="Q241" s="4"/>
       <c r="R241" s="4" t="inlineStr">
         <is>
-          <t>fruktivsky_lyceum@ukr.net</t>
+          <t>liceum@econom.zp.ua</t>
         </is>
       </c>
       <c r="S241" s="4"/>
       <c r="T241" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Трифонова Тетяна Анатоліївна</t>
+          <t>Директор Охріменко Олена Миколаївна</t>
         </is>
       </c>
       <c r="U241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y241" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="4" t="inlineStr">
         <is>
-          <t>Хортицький академічний ліцей Запорізької міської ради</t>
+          <t>Фруктівський ліцей Новенської селищної ради</t>
         </is>
       </c>
       <c r="B242" s="5" t="n">
-        <v>134657</v>
+        <v>135097</v>
       </c>
       <c r="C242" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>Хортицький ліцей</t>
+          <t>Фруктівський ліцей НСР</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G242" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H242" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I242" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J242" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K242" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чотирнадцятого жовтня, 15</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
       <c r="L242" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M242" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N242" s="7"/>
       <c r="O242" s="4" t="inlineStr">
         <is>
-          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
+          <t>Новенська селищна рада</t>
         </is>
       </c>
       <c r="P242" s="4" t="inlineStr">
         <is>
-          <t>(061)2260637</t>
+          <t>(097)9726422</t>
         </is>
       </c>
       <c r="Q242" s="4"/>
       <c r="R242" s="4" t="inlineStr">
         <is>
-          <t>akademlitseyhort2020@gmail.com</t>
+          <t>fruktivsky_lyceum@ukr.net</t>
         </is>
       </c>
       <c r="S242" s="4"/>
       <c r="T242" s="4" t="inlineStr">
         <is>
-          <t>Директор Погорелова Наталія Вікторівна</t>
+          <t>Т.в.о. директора Трифонова Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y242" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="4" t="inlineStr">
         <is>
-          <t>Червонопільська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
+          <t>Хортицький академічний ліцей Запорізької міської ради</t>
         </is>
       </c>
       <c r="B243" s="5" t="n">
-        <v>136433</v>
+        <v>134657</v>
       </c>
       <c r="C243" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
-          <t>Червонопільська гімназія</t>
+          <t>Хортицький ліцей</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G243" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H243" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I243" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J243" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K243" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 164</t>
+          <t>вулиця Чотирнадцятого жовтня, 15</t>
         </is>
       </c>
       <c r="L243" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M243" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N243" s="7"/>
       <c r="O243" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Осипенківської сільської ради</t>
+          <t>Правобережний відділ освіти Департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P243" s="4" t="inlineStr">
         <is>
-          <t>(06153)95140</t>
+          <t>(061)2260637</t>
         </is>
       </c>
       <c r="Q243" s="4"/>
       <c r="R243" s="4" t="inlineStr">
         <is>
-          <t>ccervonopilskaskola@gmail.com</t>
+          <t>akademlitseyhort2020@gmail.com</t>
         </is>
       </c>
       <c r="S243" s="4"/>
       <c r="T243" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Проценко Едуард Петрович</t>
+          <t>Директор Погорелова Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V243" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y243" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська загальноосвітня школа І-ІІІ ступенів Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Червонопільська гімназія Осипенківської сільської ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B244" s="5" t="n">
-        <v>134795</v>
+        <v>136433</v>
       </c>
       <c r="C244" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська ЗОШ І-ІІІ ступенів</t>
+          <t>Червонопільська гімназія</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G244" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H244" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I244" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J244" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K244" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 3-А</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
       <c r="L244" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M244" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N244" s="7"/>
       <c r="O244" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
+          <t>Виконавчий комітет Осипенківської сільської ради</t>
         </is>
       </c>
       <c r="P244" s="4" t="inlineStr">
         <is>
-          <t>(06140)91662</t>
+          <t>(06153)95140</t>
         </is>
       </c>
       <c r="Q244" s="4"/>
       <c r="R244" s="4" t="inlineStr">
         <is>
-          <t>schoolnadia2016@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ccervonopilskaskola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S244" s="4"/>
       <c r="T244" s="4" t="inlineStr">
         <is>
-          <t>Директор Макаренко Юлія Анатоліївна</t>
+          <t>В.о. директора Проценко Едуард Петрович</t>
         </is>
       </c>
       <c r="U244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V244" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y244" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="4" t="inlineStr">
         <is>
-          <t>Чкаловський ліцей Чкаловської сільської ради Мелітопольського району Запорізької області</t>
+          <t>Чернігівська загальноосвітня школа І-ІІІ ступенів Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="B245" s="5" t="n">
-        <v>135137</v>
+        <v>134795</v>
       </c>
       <c r="C245" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
-          <t>Чкаловський ліцей</t>
+          <t>Чернігівська ЗОШ І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G245" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H245" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I245" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J245" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K245" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фанатська, 10</t>
+          <t>вулиця Героїв Крут, 3-А</t>
         </is>
       </c>
       <c r="L245" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M245" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N245" s="7"/>
       <c r="O245" s="4" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Відділ освіти Чернігівської селищної ради Бердянського району Запорізької області</t>
         </is>
       </c>
       <c r="P245" s="4" t="inlineStr">
         <is>
-          <t>(06136)74525</t>
+          <t>(06140)91662</t>
         </is>
       </c>
       <c r="Q245" s="4"/>
       <c r="R245" s="4" t="inlineStr">
         <is>
-          <t>chkalov.school@ukr.net</t>
+          <t>schoolnadia2016@gmail.com</t>
         </is>
       </c>
       <c r="S245" s="4" t="inlineStr">
         <is>
-          <t>https://surl.li/gaumnh</t>
+          <t>http://schoolnadia.ucoz.org</t>
         </is>
       </c>
       <c r="T245" s="4" t="inlineStr">
         <is>
-          <t>Директор Черномурко Ліна Миколаївна</t>
+          <t>Директор Макаренко Юлія Анатоліївна</t>
         </is>
       </c>
       <c r="U245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V245" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y245" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="4" t="inlineStr">
         <is>
           <t>ЧКАЛОВСЬКИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД I-III СТУПЕНІВ - ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД" ОЛЕКСАНДРІВСЬКОЇ СІЛЬСЬКОЇ РАДИ ЗАПОРІЗЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B246" s="5" t="n">
         <v>136484</v>
       </c>
       <c r="C246" s="6" t="inlineStr">
         <is>