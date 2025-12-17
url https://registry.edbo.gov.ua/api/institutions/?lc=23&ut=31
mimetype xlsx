--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -13068,1642 +13068,1642 @@
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 13 "Сонечко" ( ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 11 "Калинонька" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
-        <v>164989</v>
+        <v>164987</v>
       </c>
       <c r="C119" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 13 "Сонечко" ММР ЗО</t>
+          <t>ЗДО №11 "Калинонька" ММР ЗО</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ вул. Якова Новицького, 143/7</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
-          <t>(0619)421270</t>
+          <t>(098)9715869</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
         <is>
-          <t>melyozdo43@gmail.com</t>
+          <t>melyozdo40@gmail.com</t>
         </is>
       </c>
       <c r="S119" s="4" t="inlineStr">
         <is>
-          <t>www.melitopol-dnz43.edukit.zp.ua</t>
+          <t>dnz40.wordpress.com</t>
         </is>
       </c>
       <c r="T119" s="4" t="inlineStr">
         <is>
-          <t>Директор Зеленковська Олена Юріївна</t>
+          <t>Директор Пантова Ганна Віталіївна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 17 "Ведмедик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 12 "Веселка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B120" s="5" t="n">
-        <v>164992</v>
+        <v>164990</v>
       </c>
       <c r="C120" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 17 ММР ЗО</t>
+          <t>ЗДО № 12 "Веселка" ММР ЗО</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H120" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I120" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J120" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/ вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L120" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M120" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N120" s="7"/>
       <c r="O120" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P120" s="4" t="inlineStr">
         <is>
-          <t>(0619)43-90-97</t>
+          <t>(067)1166769</t>
         </is>
       </c>
       <c r="Q120" s="4"/>
       <c r="R120" s="4" t="inlineStr">
         <is>
-          <t>melyozdo48@gmail.com</t>
+          <t>44meluo@gmail.com</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
-          <t>https://dnzvedmedik48.wixsite.com/health</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T120" s="4" t="inlineStr">
         <is>
-          <t>Директор Лєвіна Анастасія Валеріївна</t>
+          <t>Директор Обуховська Наталя Григорівна</t>
         </is>
       </c>
       <c r="U120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 18 "Горобинка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 13 "Сонечко" ( ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B121" s="5" t="n">
-        <v>164993</v>
+        <v>164989</v>
       </c>
       <c r="C121" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 18 "Горобинка" ММР ЗО</t>
+          <t>ЗДО № 13 "Сонечко" ММР ЗО</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G121" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H121" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I121" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J121" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L121" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M121" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P121" s="4" t="inlineStr">
         <is>
-          <t>(0619)43-03-12</t>
+          <t>(0619)421270</t>
         </is>
       </c>
       <c r="Q121" s="4"/>
       <c r="R121" s="4" t="inlineStr">
         <is>
-          <t>melyozdo49@gmail.com</t>
+          <t>melyozdo43@gmail.com</t>
         </is>
       </c>
       <c r="S121" s="4" t="inlineStr">
         <is>
-          <t>dnz49.ucoz.ua</t>
+          <t>www.melitopol-dnz43.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T121" s="4" t="inlineStr">
         <is>
-          <t>Директор Маринова Юлія Юріївна</t>
+          <t>Директор Зеленковська Олена Юріївна</t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 19 "Медовий" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 16 "Вогник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B122" s="5" t="n">
-        <v>164995</v>
+        <v>164994</v>
       </c>
       <c r="C122" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 19 ММР ЗО</t>
+          <t>ЗДО № 16 "Вогник" ММР ЗО</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
-          <t>(061)9477315</t>
+          <t>(063)6974265</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
-          <t>melyozdo99@gmail.com</t>
+          <t>melosvitadnz78@gmail.com</t>
         </is>
       </c>
       <c r="S122" s="4" t="inlineStr">
         <is>
-          <t>http://zirojka99.wixsite.com/home</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T122" s="4" t="inlineStr">
         <is>
-          <t> Захарова Юлія Валеріївна</t>
+          <t> Кійко Наталя Ігорівна</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 20 "Золотий півник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 17 "Ведмедик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B123" s="5" t="n">
-        <v>164982</v>
+        <v>164992</v>
       </c>
       <c r="C123" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 20 ММР ЗО</t>
+          <t>ЗДО № 17 ММР ЗО</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G123" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H123" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I123" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J123" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K123" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L123" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M123" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P123" s="4" t="inlineStr">
         <is>
-          <t>(0619)422839</t>
+          <t>(0619)43-90-97</t>
         </is>
       </c>
       <c r="Q123" s="4"/>
       <c r="R123" s="4" t="inlineStr">
         <is>
-          <t>melyozdo29@gmail.com</t>
+          <t>melyozdo48@gmail.com</t>
         </is>
       </c>
       <c r="S123" s="4" t="inlineStr">
         <is>
-          <t>https://liliyazdo.wixsite.com/dnz29melitopol</t>
+          <t>https://dnzvedmedik48.wixsite.com/health</t>
         </is>
       </c>
       <c r="T123" s="4" t="inlineStr">
         <is>
-          <t>Директор Кашкарьова Анна Валентинівна</t>
+          <t>Директор Лєвіна Анастасія Валеріївна</t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 26 "Світанок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 18 "Горобинка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>164981</v>
+        <v>164993</v>
       </c>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 23 "Світанок" ММР ЗО</t>
+          <t>ЗДО № 18 "Горобинка" ММР ЗО</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K124" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ Новицького Якова, 7</t>
+          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L124" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M124" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P124" s="4" t="inlineStr">
         <is>
-          <t>(098)1047091</t>
+          <t>(0619)43-03-12</t>
         </is>
       </c>
       <c r="Q124" s="4"/>
       <c r="R124" s="4" t="inlineStr">
         <is>
-          <t>melyozdo26@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S124" s="4"/>
+          <t>melyozdo49@gmail.com</t>
+        </is>
+      </c>
+      <c r="S124" s="4" t="inlineStr">
+        <is>
+          <t>dnz49.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T124" s="4" t="inlineStr">
         <is>
-          <t>Директор Засипко Наталя Миколаївна</t>
+          <t>Директор Маринова Юлія Юріївна</t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 3 "Зайчик" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 19 "Медовий" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>164972</v>
+        <v>164995</v>
       </c>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 3 "Зайчик" ММР ЗО</t>
+          <t>ЗДО № 19 ММР ЗО</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицього Якова, 143/7</t>
+          <t>проспект Соборний/ Новицького Якова вулиця, 143/7</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
-          <t>(066)7216943</t>
+          <t>(061)9477315</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>melyozdo20@gmail.com</t>
+          <t>melyozdo99@gmail.com</t>
         </is>
       </c>
       <c r="S125" s="4" t="inlineStr">
         <is>
-          <t>http://perlinamelitopolsk.wix.com/perlina</t>
+          <t>http://zirojka99.wixsite.com/home</t>
         </is>
       </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
-          <t>Директор Добряк Марина Віталіївна</t>
+          <t> Захарова Юлія Валеріївна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 4 "Ластівка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 20 "Золотий півник" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>164980</v>
+        <v>164982</v>
       </c>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 4 "Ластівка" ММР ЗО № 24</t>
+          <t>ЗДО № 20 "Золотий півник" ММР ЗО</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K126" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P126" s="4" t="inlineStr">
         <is>
-          <t>(096)3289185</t>
+          <t>(0619)422839</t>
         </is>
       </c>
       <c r="Q126" s="4"/>
       <c r="R126" s="4" t="inlineStr">
         <is>
-          <t>melyozdo24@gmail.com</t>
+          <t>melyozdo29@gmail.com</t>
         </is>
       </c>
       <c r="S126" s="4" t="inlineStr">
         <is>
-          <t>http://lastivka.jimdo.com/</t>
+          <t>https://liliyazdo.wixsite.com/dnz29melitopol</t>
         </is>
       </c>
       <c r="T126" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопович Вікторина Михайлівна</t>
+          <t>Директор Кашкарьова Анна Валентинівна</t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 47 "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 21 "Вербонька" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>164991</v>
+        <v>164979</v>
       </c>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 47 "Посмішка" ММР ЗО</t>
+          <t>ЗДО № 21 "Вербонька" ММР ЗО</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
-          <t>(093)3415651</t>
+          <t>(093)5209834</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>melyozdo47@gmail.com</t>
+          <t>osvitadnz21@ukr.net</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
-          <t>berizka.zp.ua</t>
+          <t>http://verbonka.wix.com/dnz21/</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>Директор Поліщук Оксана Анатоліївна</t>
+          <t>Директор Корпусова Інна Євгенівна</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 5 "Мрія" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 22"Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>164976</v>
+        <v>164984</v>
       </c>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 5 "Мрія" ММР ЗО</t>
+          <t>ЗДО № 22 "Берізка" ММР ЗО</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/Новицького вулиця, 143/7</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>(097)5024164</t>
+          <t>(0619)448211</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
-          <t>melyozdo14@gmail.com</t>
+          <t>melyozdo36@gmail.com</t>
         </is>
       </c>
       <c r="S128" s="4" t="inlineStr">
         <is>
-          <t>www.melitopol-dnz14.edukit.zp.ua</t>
+          <t>http://melitopol-dnz36.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t>Директор Прийма Наталя Вікторівна</t>
+          <t>Директор Іванова Інна Валеріївна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 8 "Зірочка"(ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 26 "Світанок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>164974</v>
+        <v>164981</v>
       </c>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 8 "Зіроочка" ММР ЗО</t>
+          <t>ЗДО № 23 "Світанок" ММР ЗО</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K129" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/ Новицького Якова, 7</t>
         </is>
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
-          <t>(096)8033421</t>
+          <t>(098)1047091</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>melyozdo8@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>melyozdo26@gmail.com</t>
+        </is>
+      </c>
+      <c r="S129" s="4"/>
       <c r="T129" s="4" t="inlineStr">
         <is>
-          <t>Директор Білик Наталя Олександрівна</t>
+          <t>Директор Засипко Наталя Миколаївна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 9 "Лелеченя" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 3 "Зайчик" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>164975</v>
+        <v>164972</v>
       </c>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 9 "Лелеченя"</t>
+          <t>ЗДО № 3 "Зайчик" ММР ЗО</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K130" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицього Якова, 143/7</t>
         </is>
       </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P130" s="4" t="inlineStr">
         <is>
-          <t>(067)7527764</t>
+          <t>(066)7216943</t>
         </is>
       </c>
       <c r="Q130" s="4"/>
       <c r="R130" s="4" t="inlineStr">
         <is>
-          <t>melyozdo9@gmail.com</t>
+          <t>melyozdo20@gmail.com</t>
         </is>
       </c>
       <c r="S130" s="4" t="inlineStr">
         <is>
-          <t>https://dnz9dnz9.wixsite.com/lele</t>
+          <t>http://perlinamelitopolsk.wix.com/perlina</t>
         </is>
       </c>
       <c r="T130" s="4" t="inlineStr">
         <is>
-          <t>Директор Супрун Ірина Іванівна</t>
+          <t>Директор Добряк Марина Віталіївна</t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 4 "Ластівка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>164984</v>
+        <v>164980</v>
       </c>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 22 "Берізка" ММР ЗО</t>
+          <t>ЗДО № 4 "Ластівка" ММР ЗО № 24</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького вулиця, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P131" s="4" t="inlineStr">
         <is>
-          <t>(0619)448211</t>
+          <t>(096)3289185</t>
         </is>
       </c>
       <c r="Q131" s="4"/>
       <c r="R131" s="4" t="inlineStr">
         <is>
-          <t>melyozdo36@gmail.com</t>
+          <t>melyozdo24@gmail.com</t>
         </is>
       </c>
       <c r="S131" s="4" t="inlineStr">
         <is>
-          <t>http://melitopol-dnz36.edukit.zp.ua</t>
+          <t>http://lastivka.jimdo.com/</t>
         </is>
       </c>
       <c r="T131" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Інна Валеріївна</t>
+          <t>Директор Прокопович Вікторина Михайлівна</t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №10 "Попелюшка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 5 "Мрія" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>164985</v>
+        <v>164976</v>
       </c>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 10 "Попелюшка" ММР ЗО</t>
+          <t>ЗДО № 5 "Мрія" ММР ЗО</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/Новицького Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P132" s="4" t="inlineStr">
         <is>
-          <t>(096)6938582</t>
+          <t>(097)5024164</t>
         </is>
       </c>
       <c r="Q132" s="4"/>
       <c r="R132" s="4" t="inlineStr">
         <is>
-          <t>melyozdo38@gmail.com</t>
+          <t>melyozdo14@gmail.com</t>
         </is>
       </c>
       <c r="S132" s="4" t="inlineStr">
         <is>
-          <t>http://www.melitopol-dnz38.edukit.zp.ua</t>
+          <t>www.melitopol-dnz14.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
-          <t>Директор Столбова Тамара Євгенівна</t>
+          <t>Директор Прийма Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №30 "Світлячок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 7 "Берізка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>164983</v>
+        <v>164991</v>
       </c>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №30 "Світлячок" ММР ЗО</t>
+          <t>ЗДО № 7 "Посмішка" ММР ЗО</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
@@ -14715,5210 +14715,5214 @@
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
           <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>(096)6927010</t>
+          <t>(093)3415651</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>nelina1996@gmail.com</t>
+          <t>melyozdo47@gmail.com</t>
         </is>
       </c>
       <c r="S133" s="4" t="inlineStr">
         <is>
-          <t>http://afalina12.wixsite.com/svet</t>
+          <t>berizka.zp.ua</t>
         </is>
       </c>
       <c r="T133" s="4" t="inlineStr">
         <is>
-          <t>Директор Тьор Анастасія Олегівна</t>
+          <t>Директор Поліщук Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільноїосвіти №2 "Дюймовочка" (ясла-садок) комбінованого типу Мелітопольськоїміської ради Запорізькоїобласті</t>
+          <t>Заклад дошкільної освіти № 8 "Зірочка"(ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>164977</v>
+        <v>164974</v>
       </c>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №2 "Дюймовочка" ММР ЗО</t>
+          <t>ЗДО № 8 "Зіроочка" ММР ЗО</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
           <t>2310137200</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний/ вулиця Новицього Якова, 143/7</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
           <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(067)9479356</t>
+          <t>(096)8033421</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>melyozdo17@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S134" s="4"/>
+          <t>melyozdo8@gmail.com</t>
+        </is>
+      </c>
+      <c r="S134" s="4" t="inlineStr">
+        <is>
+          <t>http://melitopol-dnz8.edukit.zp.ua/</t>
+        </is>
+      </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрійченко Ганна Миколаївна</t>
+          <t>Директор Білик Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольський Центр розвитку дитини «Черешенька» Мелітопольської міської ради Запорізької області;</t>
+          <t>Заклад дошкільної освіти № 9 "Лелеченя" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>164973</v>
+        <v>164975</v>
       </c>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>Мелітопольський ЦРД «Черешенька» ММР ЗО</t>
+          <t>ЗДО № 9 "Лелеченя"</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (центр розвитку дитини)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>2310100000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>проспект Соборний, 170 приміщ. №37</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010069526</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P135" s="4" t="inlineStr">
         <is>
-          <t>(099)3376497</t>
+          <t>(067)7527764</t>
         </is>
       </c>
       <c r="Q135" s="4"/>
       <c r="R135" s="4" t="inlineStr">
         <is>
-          <t>mltcherry2025@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S135" s="4"/>
+          <t>melyozdo9@gmail.com</t>
+        </is>
+      </c>
+      <c r="S135" s="4" t="inlineStr">
+        <is>
+          <t>https://dnz9dnz9.wixsite.com/lele</t>
+        </is>
+      </c>
       <c r="T135" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопович Вікторина Михайлівна</t>
+          <t>Директор Супрун Ірина Іванівна</t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Приватний єврейський дошкільний навчальний заклад (ясла-садок) "Бейт Хана"</t>
+          <t>Заклад дошкільної освіти №10 "Попелюшка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>168244</v>
-[...1 lines deleted...]
-      <c r="C136" s="6"/>
+        <v>164985</v>
+      </c>
+      <c r="C136" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>ПЄДНЗ "Бейт Хана"</t>
+          <t>ЗДО № 10 "Попелюшка" ММР ЗО</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 157</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P136" s="4" t="inlineStr">
         <is>
-          <t>(061)787-44-73</t>
+          <t>(096)6938582</t>
         </is>
       </c>
       <c r="Q136" s="4"/>
       <c r="R136" s="4" t="inlineStr">
         <is>
-          <t>sadbeithana@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S136" s="4"/>
+          <t>melyozdo38@gmail.com</t>
+        </is>
+      </c>
+      <c r="S136" s="4" t="inlineStr">
+        <is>
+          <t>http://www.melitopol-dnz38.edukit.zp.ua</t>
+        </is>
+      </c>
       <c r="T136" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Столбова Тамара Євгенівна</t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>Санаторний дошкільний навчальний заклад (ясла-садок) № 129 "Конвалія" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №14 "Барвінок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>168250</v>
-[...1 lines deleted...]
-      <c r="C137" s="6"/>
+        <v>164988</v>
+      </c>
+      <c r="C137" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ № 129</t>
+          <t>ЗДО №14 "Барвінок" ММР ЗО</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ясельна, 18</t>
+          <t>проспект Соборний/Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P137" s="4" t="inlineStr">
         <is>
-          <t>(061) 769 80 59</t>
+          <t>(098)1049875</t>
         </is>
       </c>
       <c r="Q137" s="4"/>
       <c r="R137" s="4" t="inlineStr">
         <is>
-          <t>129sdnz@gmail.com</t>
+          <t>zdomelyo41@gmail.com</t>
         </is>
       </c>
       <c r="S137" s="4" t="inlineStr">
         <is>
-          <t>sdnz129.webnode.com.ua</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T137" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Данченко Галина Іванівна</t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>Санаторний дошкільний навчальний заклад (ясла-садок) №199 "Вогник" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №2 "Дюймовочка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>168255</v>
-[...1 lines deleted...]
-      <c r="C138" s="6"/>
+        <v>164977</v>
+      </c>
+      <c r="C138" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ №199</t>
+          <t>ЗДО №2 "Дюймовочка" ММР ЗО</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>вулиця Оранжерейна, 23а</t>
+          <t>проспект Соборний/ вулиця Новицього Якова, 143/7</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
-          <t>(061)7698045</t>
+          <t>(067)9479356</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>sdnz199@ukr.net</t>
+          <t>melyozdo17@gmail.com</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>https://sdnz199.wixsite.com/mysite</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Андрійченко Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (дитячий садок) № 36 "Дзвіночок" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №25 "Віночок" (ясла- садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>168234</v>
-[...1 lines deleted...]
-      <c r="C139" s="6"/>
+        <v>172462</v>
+      </c>
+      <c r="C139" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ № 36</t>
+          <t>ЗДО № 25 "Віночок" ММР ЗО</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
-          <t>2310136300</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жуковського, 85А</t>
+          <t>проспект Соборний/ вул. Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010595678</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
-          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P139" s="4" t="inlineStr">
         <is>
-          <t>(0612)63-97-60</t>
+          <t>(06192)71690</t>
         </is>
       </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>dou36@ukr.net</t>
+          <t>melyozdo46@gmail.com</t>
         </is>
       </c>
       <c r="S139" s="4" t="inlineStr">
         <is>
-          <t>http://www.dnz36.zp.sch.in.ua/</t>
+          <t>http://dnz46vinochok.wixsite.com/sait</t>
         </is>
       </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Малєнко Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 190 "Дюймовочка" Запорізької міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти №30 "Світлячок" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>168273</v>
-[...1 lines deleted...]
-      <c r="C140" s="6"/>
+        <v>164983</v>
+      </c>
+      <c r="C140" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>CДНЗ № 190</t>
+          <t>ЗДО №30 "Світлячок" ММР ЗО</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>2310136900</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергія Синенка, 3а</t>
+          <t>проспект Соборний/вулиця Новицького Якова, 143/7</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010228148</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>061-239-39-97</t>
+          <t>(096)6927010</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>duymovochka190@ukr.net</t>
+          <t>nelina1996@gmail.com</t>
         </is>
       </c>
       <c r="S140" s="4" t="inlineStr">
         <is>
-          <t>duymovochka190.jimdo.com</t>
+          <t>http://afalina12.wixsite.com/svet</t>
         </is>
       </c>
       <c r="T140" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Тьор Анастасія Олегівна</t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 232 "Сіренький зайчик" Запорізької міської ради Запорізької області</t>
+          <t>Мелітопольський Центр розвитку дитини «Черешенька» Мелітопольської міської ради Запорізької області;</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>168308</v>
-[...1 lines deleted...]
-      <c r="C141" s="6"/>
+        <v>164973</v>
+      </c>
+      <c r="C141" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>CДНЗ №232</t>
+          <t>Мелітопольський ЦРД «Черешенька» ММР ЗО</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (центр розвитку дитини)</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>2310137300</t>
+          <t>2310100000</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>вулиця Запорозького козацтва, 9-А</t>
+          <t>проспект Соборний, 170 приміщ. №37</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010618511</t>
+          <t>UA23060070010069526</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Хортицького району департаменту освіти і науки Запорізької міської ради</t>
+          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P141" s="4" t="inlineStr">
         <is>
-          <t>(061)286-26-38, (061)286-26-39, ()095-345-25-06</t>
+          <t>(099)3376497</t>
         </is>
       </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4" t="inlineStr">
         <is>
-          <t>dnz232Z@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>mltcherry2025@gmail.com</t>
+        </is>
+      </c>
+      <c r="S141" s="4"/>
       <c r="T141" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Прокопович Вікторина Михайлівна</t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 39 "Грибок" Запорізької міської ради Запорізької області</t>
+          <t>Приватний єврейський дошкільний навчальний заклад (ясла-садок) "Бейт Хана"</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>168321</v>
+        <v>168244</v>
       </c>
       <c r="C142" s="6"/>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>CДНЗ № 39</t>
+          <t>ПЄДНЗ "Бейт Хана"</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
-          <t>2310137500</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кругова, 171</t>
+          <t>вулиця Гоголя, 157</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010748330</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Шевченківського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P142" s="4" t="inlineStr">
         <is>
-          <t>(061)7204361</t>
+          <t>(061)787-44-73</t>
         </is>
       </c>
       <c r="Q142" s="4"/>
       <c r="R142" s="4" t="inlineStr">
         <is>
-          <t>dnz39zp@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sadbeithana@gmail.com</t>
+        </is>
+      </c>
+      <c r="S142" s="4"/>
       <c r="T142" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) №146 "Вербичка" Запорізької міської ради Запорізької області</t>
+          <t>Санаторний дошкільний навчальний заклад (ясла-садок) № 129 "Конвалія" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>168290</v>
+        <v>168250</v>
       </c>
       <c r="C143" s="6"/>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>СДНЗ №146</t>
+          <t>СДНЗ № 129</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 85в</t>
+          <t>вулиця Ясельна, 18</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(061)7085815</t>
+          <t>(061) 769 80 59</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>verbichka146@ukr.net</t>
+          <t>129sdnz@gmail.com</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
-          <t>http://zp-verbichka.at.ua</t>
+          <t>sdnz129.webnode.com.ua</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Товариства з обмеженою відповідальностю "Яслі-сад "ЕйдоС"</t>
+          <t>Санаторний дошкільний навчальний заклад (ясла-садок) №199 "Вогник" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>168303</v>
+        <v>168255</v>
       </c>
       <c r="C144" s="6"/>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Яслі-сад "ЕйдоС"</t>
+          <t>СДНЗ №199</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
-          <t>2310137200</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нижньодніпровська, 4а</t>
+          <t>вулиця Оранжерейна, 23а</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010154443</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
-          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P144" s="4" t="inlineStr">
         <is>
-          <t>(061)239-65-60</t>
+          <t>(061)7698045</t>
         </is>
       </c>
       <c r="Q144" s="4"/>
       <c r="R144" s="4" t="inlineStr">
         <is>
-          <t>eidos.zp.ua@gmail.com</t>
+          <t>sdnz199@ukr.net</t>
         </is>
       </c>
       <c r="S144" s="4" t="inlineStr">
         <is>
-          <t>http://www.eidos.zp.ua/sadik</t>
+          <t>https://sdnz199.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T144" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Центр розвитку дитини «Осколь» (структурний підрозділ) Товариства з обмеженою відповідальністю «Осколь»</t>
+          <t>Спеціальний дошкільний навчальний заклад (дитячий садок) № 36 "Дзвіночок" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>173194</v>
+        <v>168234</v>
       </c>
       <c r="C145" s="6"/>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>ЦРД «Осколь» ТОВ «Осколь»</t>
+          <t>СДНЗ № 36</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
-          <t>2310136700</t>
+          <t>2310136300</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парамонова, 15</t>
+          <t>вулиця Жуковського, 85А</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
-          <t>UA23060070010474202</t>
+          <t>UA23060070010595678</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
+          <t>ЛІВОБЕРЕЖНИЙ ВІДДІЛ ОСВІТИ ДЕПАРТАМЕНТУ ОСВІТИ І НАУКИ ЗАПОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(061)7698859</t>
+          <t>(0612)63-97-60</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>askol2010@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S145" s="4"/>
+          <t>dou36@ukr.net</t>
+        </is>
+      </c>
+      <c r="S145" s="4" t="inlineStr">
+        <is>
+          <t>http://www.dnz36.zp.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T145" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти загального розвитку (ясла-садок) №25 "Ромашка" Бердянської міської ради</t>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 190 "Дюймовочка" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B146" s="5" t="n">
-        <v>164863</v>
+        <v>168273</v>
       </c>
       <c r="C146" s="6"/>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №25</t>
+          <t>CДНЗ № 190</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
-          <t>2310400000</t>
+          <t>2310136900</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
-          <t>Бердянськ, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
-          <t>провулок Транспортний, 8</t>
+          <t>вулиця Сергія Синенка, 3а</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Бердянськ</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>(06153)22382</t>
+          <t>061-239-39-97</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
-      <c r="R146" s="4"/>
+      <c r="R146" s="4" t="inlineStr">
+        <is>
+          <t>duymovochka190@ukr.net</t>
+        </is>
+      </c>
       <c r="S146" s="4" t="inlineStr">
         <is>
-          <t>http://dnzromashka25.blogspot.com/</t>
+          <t>duymovochka190.jimdo.com</t>
         </is>
       </c>
       <c r="T146" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y146" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу № 27 "Сонечко" Бердянської міської ради Запорізької області</t>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 232 "Сіренький зайчик" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B147" s="5" t="n">
-        <v>164864</v>
+        <v>168308</v>
       </c>
       <c r="C147" s="6"/>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу № 27 "Сонечко" Бердянської міської ради Запорізької обл</t>
+          <t>CДНЗ №232</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H147" s="6" t="inlineStr">
         <is>
-          <t>2310400000</t>
+          <t>2310137300</t>
         </is>
       </c>
       <c r="I147" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J147" s="4" t="inlineStr">
         <is>
-          <t>Бердянськ, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
-          <t>вулиця Яковлєва, 8</t>
+          <t>вулиця Запорозького козацтва, 9-А</t>
         </is>
       </c>
       <c r="L147" s="6" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010618511</t>
         </is>
       </c>
       <c r="M147" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Бердянськ</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N147" s="7"/>
       <c r="O147" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P147" s="4"/>
+          <t>Територіальний відділ освіти Хортицького району департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P147" s="4" t="inlineStr">
+        <is>
+          <t>(061)286-26-38, (061)286-26-39, ()095-345-25-06</t>
+        </is>
+      </c>
       <c r="Q147" s="4"/>
-      <c r="R147" s="4"/>
+      <c r="R147" s="4" t="inlineStr">
+        <is>
+          <t>dnz232Z@i.ua</t>
+        </is>
+      </c>
       <c r="S147" s="4" t="inlineStr">
         <is>
-          <t>brdsad27@ukr.net</t>
+          <t>http://sadikzp.jimdo.com/</t>
         </is>
       </c>
       <c r="T147" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу №39 "Веселка" Бердянської міської ради Запорізької області</t>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) № 39 "Грибок" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
-        <v>164871</v>
+        <v>168321</v>
       </c>
       <c r="C148" s="6"/>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу №39 "Веселка" Бердянської міської ради Запорізької обла</t>
+          <t>CДНЗ № 39</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H148" s="6" t="inlineStr">
         <is>
-          <t>2310400000</t>
+          <t>2310137500</t>
         </is>
       </c>
       <c r="I148" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
-          <t>Бердянськ, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K148" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 12а</t>
+          <t>вулиця Кругова, 171</t>
         </is>
       </c>
       <c r="L148" s="6" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010748330</t>
         </is>
       </c>
       <c r="M148" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Бердянськ</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Територіальний відділ освіти Шевченківського району департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P148" s="4" t="inlineStr">
         <is>
-          <t>(06153)37241</t>
+          <t>(061)7204361</t>
         </is>
       </c>
       <c r="Q148" s="4"/>
       <c r="R148" s="4" t="inlineStr">
         <is>
-          <t>veselka39@ukr.net</t>
+          <t>dnz39zp@ukr.net</t>
         </is>
       </c>
       <c r="S148" s="4" t="inlineStr">
         <is>
-          <t>veselka39-brd.blogspot.com</t>
+          <t>www.dnz39.zp.ua</t>
         </is>
       </c>
       <c r="T148" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 34 «Оленка» Бердянської міської ради Запорізької області</t>
+          <t>Спеціальний дошкільний навчальний заклад (ясла-садок) №146 "Вербичка" Запорізької міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
-        <v>164867</v>
+        <v>168290</v>
       </c>
       <c r="C149" s="6"/>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 34 «Оленка» Бердянської міської ради Запорізької обл</t>
+          <t>СДНЗ №146</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
-          <t>2310400000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
-          <t>Бердянськ, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K149" s="4" t="inlineStr">
         <is>
-          <t>вулиця Софіївська, 111</t>
+          <t>вулиця Перемоги, 85в</t>
         </is>
       </c>
       <c r="L149" s="6" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M149" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Бердянськ</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P149" s="4" t="inlineStr">
         <is>
-          <t>()0661082673</t>
+          <t>(061)7085815</t>
         </is>
       </c>
       <c r="Q149" s="4"/>
       <c r="R149" s="4" t="inlineStr">
         <is>
-          <t>detsad34alenka@ukr.net</t>
+          <t>verbichka146@ukr.net</t>
         </is>
       </c>
       <c r="S149" s="4" t="inlineStr">
         <is>
-          <t>https://detsad34alenka.blogspot.com</t>
+          <t>http://zp-verbichka.at.ua</t>
         </is>
       </c>
       <c r="T149" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y149" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 40 "Калинка" Бердянської міської ради Запорізької області</t>
+          <t>Товариства з обмеженою відповідальностю "Яслі-сад "ЕйдоС"</t>
         </is>
       </c>
       <c r="B150" s="5" t="n">
-        <v>164872</v>
+        <v>168303</v>
       </c>
       <c r="C150" s="6"/>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 40 "Калинка" Бердянської міської ради Запорізької об</t>
+          <t>ТОВ "Яслі-сад "ЕйдоС"</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H150" s="6" t="inlineStr">
         <is>
-          <t>2310400000</t>
+          <t>2310137200</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J150" s="4" t="inlineStr">
         <is>
-          <t>Бердянськ, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K150" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Довганюка, 93А</t>
+          <t>вулиця Нижньодніпровська, 4а</t>
         </is>
       </c>
       <c r="L150" s="6" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
       <c r="M150" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Бердянськ</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N150" s="7"/>
       <c r="O150" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P150" s="4"/>
+          <t>Центральний відділ освіти департаменту освіти і науки Запорізької міської ради</t>
+        </is>
+      </c>
+      <c r="P150" s="4" t="inlineStr">
+        <is>
+          <t>(061)239-65-60</t>
+        </is>
+      </c>
       <c r="Q150" s="4"/>
-      <c r="R150" s="4"/>
+      <c r="R150" s="4" t="inlineStr">
+        <is>
+          <t>eidos.zp.ua@gmail.com</t>
+        </is>
+      </c>
       <c r="S150" s="4" t="inlineStr">
         <is>
-          <t>brd-kalinka-40.blogspot.com</t>
+          <t>http://www.eidos.zp.ua/sadik</t>
         </is>
       </c>
       <c r="T150" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y150" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 41 "Казка" Бердянської міської ради Запорізької області</t>
+          <t>Центр розвитку дитини «Осколь» (структурний підрозділ) Товариства з обмеженою відповідальністю «Осколь»</t>
         </is>
       </c>
       <c r="B151" s="5" t="n">
-        <v>164873</v>
+        <v>173194</v>
       </c>
       <c r="C151" s="6"/>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 41 "Казка" Бердянської міської ради Запорізької обла</t>
+          <t>ЦРД «Осколь» ТОВ «Осколь»</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H151" s="6" t="inlineStr">
         <is>
-          <t>2310400000</t>
+          <t>2310136700</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J151" s="4" t="inlineStr">
         <is>
-          <t>Бердянськ, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
       <c r="K151" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ямбольська, 1</t>
+          <t>вулиця Парамонова, 15</t>
         </is>
       </c>
       <c r="L151" s="6" t="inlineStr">
         <is>
-          <t>UA23020050010019935</t>
+          <t>UA23060070010474202</t>
         </is>
       </c>
       <c r="M151" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Бердянськ</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
       <c r="N151" s="7"/>
       <c r="O151" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Територіальний відділ освіти Комунарського району департаменту освіти і науки Запорізької міської ради</t>
         </is>
       </c>
       <c r="P151" s="4" t="inlineStr">
         <is>
-          <t>(06153)4-14-48, ()099-666-72-91</t>
+          <t>(061)7698859</t>
         </is>
       </c>
       <c r="Q151" s="4"/>
       <c r="R151" s="4" t="inlineStr">
         <is>
-          <t>skazka41_berdyansk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>askol2010@ukr.net</t>
+        </is>
+      </c>
+      <c r="S151" s="4"/>
       <c r="T151" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y151" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №28 "Малятко" Бердянської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти загального розвитку (ясла-садок) №25 "Ромашка" Бердянської міської ради</t>
         </is>
       </c>
       <c r="B152" s="5" t="n">
-        <v>164865</v>
+        <v>164863</v>
       </c>
       <c r="C152" s="6"/>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №28 "Малятко" Бердянської міської ради Запорізької обл</t>
+          <t>Заклад дошкільної освіти №25</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H152" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I152" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J152" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K152" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лієпайська, 48</t>
+          <t>провулок Транспортний, 8</t>
         </is>
       </c>
       <c r="L152" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M152" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P152" s="4"/>
+      <c r="P152" s="4" t="inlineStr">
+        <is>
+          <t>(06153)22382</t>
+        </is>
+      </c>
       <c r="Q152" s="4"/>
-      <c r="R152" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R152" s="4"/>
       <c r="S152" s="4" t="inlineStr">
         <is>
-          <t>https://malyatko28.blogspot.com</t>
+          <t>http://dnzromashka25.blogspot.com/</t>
         </is>
       </c>
       <c r="T152" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №3 "Ластівка"</t>
+          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу № 27 "Сонечко" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
-        <v>164861</v>
+        <v>164864</v>
       </c>
       <c r="C153" s="6"/>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти №3 "Ластівка"</t>
+          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу № 27 "Сонечко" Бердянської міської ради Запорізької обл</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G153" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H153" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I153" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J153" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K153" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грецька, 38</t>
+          <t>вулиця Яковлєва, 8</t>
         </is>
       </c>
       <c r="L153" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M153" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N153" s="7"/>
       <c r="O153" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P153" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P153" s="4"/>
       <c r="Q153" s="4"/>
-      <c r="R153" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R153" s="4"/>
       <c r="S153" s="4" t="inlineStr">
         <is>
-          <t>http://brd-lastochka-3.blogspot.com</t>
+          <t>brdsad27@ukr.net</t>
         </is>
       </c>
       <c r="T153" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y153" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №33 "Світлячок" Бердянської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу №39 "Веселка" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B154" s="5" t="n">
-        <v>164866</v>
+        <v>164871</v>
       </c>
       <c r="C154" s="6"/>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №33 "Світлячок"</t>
+          <t>Комунальний дошкільний навчальний заклад (ясла-садок) комбінованого типу №39 "Веселка" Бердянської міської ради Запорізької обла</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H154" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I154" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J154" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кутузова, 2-А</t>
+          <t>вулиця Ярослава Мудрого, 12а</t>
         </is>
       </c>
       <c r="L154" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M154" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N154" s="7"/>
       <c r="O154" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P154" s="4" t="inlineStr">
         <is>
-          <t>(06153)3-72-71</t>
+          <t>(06153)37241</t>
         </is>
       </c>
       <c r="Q154" s="4"/>
       <c r="R154" s="4" t="inlineStr">
         <is>
-          <t>33detsad@ukr.net</t>
+          <t>veselka39@ukr.net</t>
         </is>
       </c>
       <c r="S154" s="4" t="inlineStr">
         <is>
-          <t>http://svitlyachok33brd.blogspot.com/</t>
+          <t>veselka39-brd.blogspot.com</t>
         </is>
       </c>
       <c r="T154" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y154" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №35 "Вишенька" Бердянської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 34 «Оленка» Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B155" s="5" t="n">
-        <v>164868</v>
+        <v>164867</v>
       </c>
       <c r="C155" s="6"/>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №35 "Вишенька" Бердянської міської ради Запорізької об</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 34 «Оленка» Бердянської міської ради Запорізької обл</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G155" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H155" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I155" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J155" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K155" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маяковського, 27а</t>
+          <t>вулиця Софіївська, 111</t>
         </is>
       </c>
       <c r="L155" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M155" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N155" s="7"/>
       <c r="O155" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P155" s="4"/>
+      <c r="P155" s="4" t="inlineStr">
+        <is>
+          <t>()0661082673</t>
+        </is>
+      </c>
       <c r="Q155" s="4"/>
-      <c r="R155" s="4"/>
+      <c r="R155" s="4" t="inlineStr">
+        <is>
+          <t>detsad34alenka@ukr.net</t>
+        </is>
+      </c>
       <c r="S155" s="4" t="inlineStr">
         <is>
-          <t>detsad35vishenka@gmail.com</t>
+          <t>https://detsad34alenka.blogspot.com</t>
         </is>
       </c>
       <c r="T155" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y155" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку дитини (ясла-садок) №1 "Сонечко" Бердянської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 40 "Калинка" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B156" s="5" t="n">
-        <v>164860</v>
+        <v>164872</v>
       </c>
       <c r="C156" s="6"/>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку дитини (ясла-садок) №1 "Сонечко" Бердянської міської ради Запорізьк</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 40 "Калинка" Бердянської міської ради Запорізької об</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H156" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
-          <t>вулиця Університетська, 21</t>
+          <t>вулиця Володимира Довганюка, 93А</t>
         </is>
       </c>
       <c r="L156" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N156" s="7"/>
       <c r="O156" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P156" s="4"/>
       <c r="Q156" s="4"/>
       <c r="R156" s="4"/>
       <c r="S156" s="4" t="inlineStr">
         <is>
-          <t>http://detsad1-brd.blogspot.com/</t>
+          <t>brd-kalinka-40.blogspot.com</t>
         </is>
       </c>
       <c r="T156" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y156" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад інтелектуального розвитку дитини (ясла - садок) № 37 «Пізнайко» Бердянської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 41 "Казка" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B157" s="5" t="n">
-        <v>164870</v>
+        <v>164873</v>
       </c>
       <c r="C157" s="6"/>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад інтелектуального розвитку дитини (ясла – садок) № 37 «Пізнайко» Бердянської міської рад</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 41 "Казка" Бердянської міської ради Запорізької обла</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G157" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H157" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I157" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верещагіна, 6</t>
+          <t>вулиця Ямбольська, 1</t>
         </is>
       </c>
       <c r="L157" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M157" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N157" s="7"/>
       <c r="O157" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P157" s="4" t="inlineStr">
         <is>
-          <t>(06153)7-74-54</t>
+          <t>(06153)4-14-48, ()099-666-72-91</t>
         </is>
       </c>
       <c r="Q157" s="4"/>
       <c r="R157" s="4" t="inlineStr">
         <is>
-          <t>poznajko@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S157" s="4"/>
+          <t>skazka41_berdyansk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S157" s="4" t="inlineStr">
+        <is>
+          <t>http://sadskazka41.blogspot.com/</t>
+        </is>
+      </c>
       <c r="T157" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y157" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільної навчальний заклад (ясла-садок) комбінованого типу № 20 «Червоний капелюшок» Бердянської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №28 "Малятко" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B158" s="5" t="n">
-        <v>164862</v>
+        <v>164865</v>
       </c>
       <c r="C158" s="6"/>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 20 «Червоний капелюшок»</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №28 "Малятко" Бердянської міської ради Запорізької обл</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G158" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H158" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I158" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J158" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K158" s="4" t="inlineStr">
         <is>
-          <t>вулиця Софіївська, 5</t>
+          <t>вулиця Лієпайська, 48</t>
         </is>
       </c>
       <c r="L158" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M158" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N158" s="7"/>
       <c r="O158" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P158" s="4"/>
       <c r="Q158" s="4"/>
-      <c r="R158" s="4"/>
+      <c r="R158" s="4" t="inlineStr">
+        <is>
+          <t>malyatko28@ukr.net</t>
+        </is>
+      </c>
       <c r="S158" s="4" t="inlineStr">
         <is>
-          <t>shapochka2020.blogspot.com</t>
+          <t>https://malyatko28.blogspot.com</t>
         </is>
       </c>
       <c r="T158" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y158" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти загального розвитку дитини (ясла-садок) № 36 «Чебурашка» Бердянської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №3 "Ластівка"</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>164869</v>
+        <v>164861</v>
       </c>
       <c r="C159" s="6"/>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 36 «Чебурашка» Бердянської міської ради Запорізької</t>
+          <t>Заклад дошкільної освіти №3 "Ластівка"</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H159" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K159" s="4" t="inlineStr">
         <is>
-          <t>вулиця Північна, 17</t>
+          <t>вулиця Грецька, 38</t>
         </is>
       </c>
       <c r="L159" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M159" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P159" s="4" t="inlineStr">
         <is>
-          <t>(06153)22959</t>
+          <t>(06153)41753</t>
         </is>
       </c>
       <c r="Q159" s="4"/>
       <c r="R159" s="4" t="inlineStr">
         <is>
-          <t>dnzcheburashka36@gmail.com</t>
+          <t>lastochka03@ukr.net</t>
         </is>
       </c>
       <c r="S159" s="4" t="inlineStr">
         <is>
-          <t>dnzcheburashka36@gmail.com</t>
+          <t>http://brd-lastochka-3.blogspot.com</t>
         </is>
       </c>
       <c r="T159" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y159" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти комбінованого типу ( ясла- садок) №2 "Зіронька" Бердянської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №33 "Світлячок" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>176301</v>
+        <v>164866</v>
       </c>
       <c r="C160" s="6"/>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 2</t>
+          <t>ЗДО №33 "Світлячок"</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H160" s="6" t="inlineStr">
         <is>
           <t>2310400000</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
           <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 68-А</t>
+          <t>вулиця Кутузова, 2-А</t>
         </is>
       </c>
       <c r="L160" s="6" t="inlineStr">
         <is>
           <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M160" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N160" s="7"/>
       <c r="O160" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P160" s="4" t="inlineStr">
         <is>
-          <t>()0996567506</t>
+          <t>(06153)3-72-71</t>
         </is>
       </c>
       <c r="Q160" s="4"/>
       <c r="R160" s="4" t="inlineStr">
         <is>
-          <t>zironkaberd@ukr.net</t>
+          <t>33detsad@ukr.net</t>
         </is>
       </c>
       <c r="S160" s="4" t="inlineStr">
         <is>
-          <t>https://zdo2.blogspot.com/</t>
+          <t>http://svitlyachok33brd.blogspot.com/</t>
         </is>
       </c>
       <c r="T160" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла - садок) "Горобинка" №14 Енергодарської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №35 "Вишенька" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>164103</v>
-[...5 lines deleted...]
-      </c>
+        <v>164868</v>
+      </c>
+      <c r="C161" s="6"/>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №14</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) №35 "Вишенька" Бердянської міської ради Запорізької об</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
-          <t>2312500000</t>
+          <t>2310400000</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
-          <t>Енергодар, Запорізька область</t>
+          <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
-          <t>вулиця Курчатова, 33</t>
+          <t>вулиця Маяковського, 27а</t>
         </is>
       </c>
       <c r="L161" s="6" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M161" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Енергодар</t>
+          <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N161" s="7"/>
       <c r="O161" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P161" s="4"/>
       <c r="Q161" s="4"/>
-      <c r="R161" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R161" s="4"/>
       <c r="S161" s="4" t="inlineStr">
         <is>
-          <t>www.enerhodar-dnz14.zp.sch.in.ua</t>
+          <t>detsad35vishenka@gmail.com</t>
         </is>
       </c>
       <c r="T161" s="4" t="inlineStr">
         <is>
-          <t>Директор Дмитрюк Наталія Григорівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла - садок) "Теремок" № 7 Енергодарської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку дитини (ясла-садок) №1 "Сонечко" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>164099</v>
-[...5 lines deleted...]
-      </c>
+        <v>164860</v>
+      </c>
+      <c r="C162" s="6"/>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 7</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку дитини (ясла-садок) №1 "Сонечко" Бердянської міської ради Запорізьк</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H162" s="6" t="inlineStr">
         <is>
-          <t>2312500000</t>
+          <t>2310400000</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
-          <t>Енергодар, Запорізька область</t>
+          <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
-          <t>вулиця Українська, 11а</t>
+          <t>вулиця Університетська, 21</t>
         </is>
       </c>
       <c r="L162" s="6" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M162" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Енергодар</t>
+          <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N162" s="7"/>
       <c r="O162" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P162" s="4"/>
       <c r="Q162" s="4"/>
-      <c r="R162" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R162" s="4"/>
       <c r="S162" s="4" t="inlineStr">
         <is>
-          <t>http://teremok7.zp.ua</t>
+          <t>http://detsad1-brd.blogspot.com/</t>
         </is>
       </c>
       <c r="T162" s="4" t="inlineStr">
         <is>
-          <t>Директор Северухіна Олена Дмитрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y162" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла - садок) "Чебурашка" № 4 Енергодарської міської ради Запорізької області</t>
+          <t>Комунальний дошкільний навчальний заклад інтелектуального розвитку дитини (ясла - садок) № 37 «Пізнайко» Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>164097</v>
-[...5 lines deleted...]
-      </c>
+        <v>164870</v>
+      </c>
+      <c r="C163" s="6"/>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №4</t>
+          <t>Комунальний дошкільний навчальний заклад інтелектуального розвитку дитини (ясла – садок) № 37 «Пізнайко» Бердянської міської рад</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H163" s="6" t="inlineStr">
         <is>
-          <t>2312500000</t>
+          <t>2310400000</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
-          <t>Енергодар, Запорізька область</t>
+          <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>проспект Будівельників, 26</t>
+          <t>вулиця Верещагіна, 6</t>
         </is>
       </c>
       <c r="L163" s="6" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M163" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Енергодар</t>
+          <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N163" s="7"/>
       <c r="O163" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P163" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-26-20, (06139)6-07-52</t>
+          <t>(06153)7-74-54</t>
         </is>
       </c>
       <c r="Q163" s="4"/>
       <c r="R163" s="4" t="inlineStr">
         <is>
-          <t>dnz4.cheburashka.emr@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>poznajko@ukr.net</t>
+        </is>
+      </c>
+      <c r="S163" s="4"/>
       <c r="T163" s="4" t="inlineStr">
         <is>
-          <t>Директор Чеботарь Ольга Олексіївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Веселка" №8 Енергодарської міської ради Запорізької області</t>
+          <t>Комунальний дошкільної навчальний заклад (ясла-садок) комбінованого типу № 20 «Червоний капелюшок» Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>164100</v>
-[...5 lines deleted...]
-      </c>
+        <v>164862</v>
+      </c>
+      <c r="C164" s="6"/>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ№8</t>
+          <t>ЗДО № 20 «Червоний капелюшок»</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
-          <t>2312500000</t>
+          <t>2310400000</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
-          <t>Енергодар, Запорізька область</t>
+          <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>вулиця Українська, 31</t>
+          <t>вулиця Софіївська, 5</t>
         </is>
       </c>
       <c r="L164" s="6" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M164" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Енергодар</t>
+          <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P164" s="4"/>
       <c r="Q164" s="4"/>
-      <c r="R164" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R164" s="4"/>
       <c r="S164" s="4" t="inlineStr">
         <is>
-          <t>dnz8emrzo.at.ua</t>
+          <t>shapochka2020.blogspot.com</t>
         </is>
       </c>
       <c r="T164" s="4" t="inlineStr">
         <is>
-          <t>Директор Шорш Світлана Леонідівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Золота рибка" №13 Енергодарської міської ради Запорізької області</t>
+          <t>Комунальний заклад дошкільної освіти загального розвитку дитини (ясла-садок) № 36 «Чебурашка» Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>164102</v>
-[...5 lines deleted...]
-      </c>
+        <v>164869</v>
+      </c>
+      <c r="C165" s="6"/>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №13</t>
+          <t>Комунальний дошкільний навчальний заклад загального розвитку (ясла-садок) № 36 «Чебурашка» Бердянської міської ради Запорізької</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H165" s="6" t="inlineStr">
         <is>
-          <t>2312500000</t>
+          <t>2310400000</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
-          <t>Енергодар, Запорізька область</t>
+          <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 17</t>
+          <t>вулиця Північна, 17</t>
         </is>
       </c>
       <c r="L165" s="6" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M165" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Енергодар</t>
+          <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N165" s="7"/>
       <c r="O165" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P165" s="4" t="inlineStr">
         <is>
-          <t>(06139)32245, (06139)63329</t>
+          <t>(06153)22959</t>
         </is>
       </c>
       <c r="Q165" s="4"/>
       <c r="R165" s="4" t="inlineStr">
         <is>
-          <t>dnz13energodar@gmail.com</t>
+          <t>dnzcheburashka36@gmail.com</t>
         </is>
       </c>
       <c r="S165" s="4" t="inlineStr">
         <is>
-          <t>http://enerhodar-dnz13.edukit.zp.ua</t>
+          <t>dnzcheburashka36@gmail.com</t>
         </is>
       </c>
       <c r="T165" s="4" t="inlineStr">
         <is>
-          <t>Директор Голова Валентина Дмитрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y165" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу "Джерельце" №15 Енергодарської міської ради Запорізької області</t>
+          <t>Комунальний заклад дошкільної освіти комбінованого типу ( ясла- садок) №2 "Зіронька" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>164104</v>
-[...5 lines deleted...]
-      </c>
+        <v>176301</v>
+      </c>
+      <c r="C166" s="6"/>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №15</t>
+          <t>ЗДО № 2</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H166" s="6" t="inlineStr">
         <is>
-          <t>2312500000</t>
+          <t>2310400000</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J166" s="4" t="inlineStr">
         <is>
-          <t>Енергодар, Запорізька область</t>
+          <t>Бердянськ, Запорізька область</t>
         </is>
       </c>
       <c r="K166" s="4" t="inlineStr">
         <is>
-          <t>вулиця Воїнів-Інтернаціоналістів, 16</t>
+          <t>вулиця Європейська, 68-А</t>
         </is>
       </c>
       <c r="L166" s="6" t="inlineStr">
         <is>
-          <t>UA23040110010044100</t>
+          <t>UA23020050010019935</t>
         </is>
       </c>
       <c r="M166" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Енергодар</t>
+          <t>Запорізька обл., м. Бердянськ</t>
         </is>
       </c>
       <c r="N166" s="7"/>
       <c r="O166" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Енергодарської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P166" s="4" t="inlineStr">
         <is>
-          <t>(06139)52006, (06139)64931</t>
+          <t>()0996567506</t>
         </is>
       </c>
       <c r="Q166" s="4"/>
       <c r="R166" s="4" t="inlineStr">
         <is>
-          <t>dnz15energodar@gmail.com</t>
+          <t>zironkaberd@ukr.net</t>
         </is>
       </c>
       <c r="S166" s="4" t="inlineStr">
         <is>
-          <t>www.dzhereltse.zp.ua</t>
+          <t>https://zdo2.blogspot.com/</t>
         </is>
       </c>
       <c r="T166" s="4" t="inlineStr">
         <is>
-          <t>Директор Невмивака Ірина Костянтинівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y166" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) компенсуючого типу "Посмішка Пізнайки" №12 Енергодарської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла - садок) "Горобинка" №14 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>164101</v>
+        <v>164103</v>
       </c>
       <c r="C167" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 12</t>
+          <t>ДНЗ №14</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G167" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H167" s="6" t="inlineStr">
         <is>
           <t>2312500000</t>
         </is>
       </c>
       <c r="I167" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J167" s="4" t="inlineStr">
         <is>
           <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K167" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 10</t>
+          <t>вулиця Курчатова, 33</t>
         </is>
       </c>
       <c r="L167" s="6" t="inlineStr">
         <is>
           <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M167" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N167" s="7"/>
       <c r="O167" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P167" s="4" t="inlineStr">
         <is>
-          <t>(06139)52567, (06139)62428</t>
+          <t>(06139)66417, (06139)64867</t>
         </is>
       </c>
       <c r="Q167" s="4"/>
       <c r="R167" s="4" t="inlineStr">
         <is>
-          <t>dnz12energodar@gmail.com</t>
+          <t>dnz14energodar@gmail.com</t>
         </is>
       </c>
       <c r="S167" s="4" t="inlineStr">
         <is>
-          <t>http://enerhodar-dnz12.zp.sch.in.ua/</t>
+          <t>www.enerhodar-dnz14.zp.sch.in.ua</t>
         </is>
       </c>
       <c r="T167" s="4" t="inlineStr">
         <is>
-          <t>Директор Липинська Тетяна Іванівна</t>
+          <t>Директор Дмитрюк Наталія Григорівна</t>
         </is>
       </c>
       <c r="U167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y167" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Світлячок" №3 Енергодарської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла - садок) "Теремок" № 7 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>164096</v>
+        <v>164099</v>
       </c>
       <c r="C168" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №3</t>
+          <t>ДНЗ № 7</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G168" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H168" s="6" t="inlineStr">
         <is>
           <t>2312500000</t>
         </is>
       </c>
       <c r="I168" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
           <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K168" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 21</t>
+          <t>вулиця Українська, 11а</t>
         </is>
       </c>
       <c r="L168" s="6" t="inlineStr">
         <is>
           <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M168" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N168" s="7"/>
       <c r="O168" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P168" s="4" t="inlineStr">
         <is>
-          <t>(06139)31329, (06139)62253</t>
+          <t>(06139)50543, (06139)63597</t>
         </is>
       </c>
       <c r="Q168" s="4"/>
       <c r="R168" s="4" t="inlineStr">
         <is>
-          <t>dnz3.svetlychok@gmail.com</t>
+          <t>dnz7energodar@gmail.com</t>
         </is>
       </c>
       <c r="S168" s="4" t="inlineStr">
         <is>
-          <t>http://svitlychok.wix.com/svetlychok</t>
+          <t>http://teremok7.zp.ua</t>
         </is>
       </c>
       <c r="T168" s="4" t="inlineStr">
         <is>
-          <t>Директор Панченко Алла Вікторівна</t>
+          <t>Директор Северухіна Олена Дмитрівна</t>
         </is>
       </c>
       <c r="U168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y168" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Сопілочка" №16 Енергодарської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла - садок) "Чебурашка" № 4 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
-        <v>164105</v>
+        <v>164097</v>
       </c>
       <c r="C169" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №16</t>
+          <t>ДНЗ №4</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G169" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H169" s="6" t="inlineStr">
         <is>
           <t>2312500000</t>
         </is>
       </c>
       <c r="I169" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J169" s="4" t="inlineStr">
         <is>
           <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K169" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 87</t>
+          <t>проспект Будівельників, 26</t>
         </is>
       </c>
       <c r="L169" s="6" t="inlineStr">
         <is>
           <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M169" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N169" s="7"/>
       <c r="O169" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P169" s="4" t="inlineStr">
         <is>
-          <t>(06139)51520</t>
+          <t>(06139)3-26-20, (06139)6-07-52</t>
         </is>
       </c>
       <c r="Q169" s="4"/>
       <c r="R169" s="4" t="inlineStr">
         <is>
-          <t>dnz16sopilochka@gmail.com</t>
+          <t>dnz4.cheburashka.emr@gmail.com</t>
         </is>
       </c>
       <c r="S169" s="4" t="inlineStr">
         <is>
-          <t>http://dnz16en.klasna.com</t>
+          <t>https://cheburashkadnz4.wixsite.com/dnz4energodar</t>
         </is>
       </c>
       <c r="T169" s="4" t="inlineStr">
         <is>
-          <t>Директор Кретиніна Світлана Юріївна</t>
+          <t>Директор Чеботарь Ольга Олексіївна</t>
         </is>
       </c>
       <c r="U169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y169" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) комбінованого типу "Золотий ключик" №5 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Веселка" №8 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B170" s="5" t="n">
-        <v>164098</v>
+        <v>164100</v>
       </c>
       <c r="C170" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №5</t>
+          <t>ДНЗ№8</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G170" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H170" s="6" t="inlineStr">
         <is>
           <t>2312500000</t>
         </is>
       </c>
       <c r="I170" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J170" s="4" t="inlineStr">
         <is>
           <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K170" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 35</t>
+          <t>вулиця Українська, 31</t>
         </is>
       </c>
       <c r="L170" s="6" t="inlineStr">
         <is>
           <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M170" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N170" s="7"/>
       <c r="O170" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P170" s="4" t="inlineStr">
         <is>
-          <t>(06139)3-21-91, (06139)6-29-01</t>
+          <t>(06139)6-22-63, (06139)6-35-90</t>
         </is>
       </c>
       <c r="Q170" s="4"/>
       <c r="R170" s="4" t="inlineStr">
         <is>
-          <t>dnz5zolotoykluchik@gmail.com</t>
+          <t>dnz8veselka@gmail.com</t>
         </is>
       </c>
       <c r="S170" s="4" t="inlineStr">
         <is>
-          <t>http://enerhodar-dnz5.zp.sch.in.ua/</t>
+          <t>dnz8emrzo.at.ua</t>
         </is>
       </c>
       <c r="T170" s="4" t="inlineStr">
         <is>
-          <t>Директор Макеєва Ніна Степанівна</t>
+          <t>Директор Шорш Світлана Леонідівна</t>
         </is>
       </c>
       <c r="U170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y170" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) комбінованого типу "Ромашка" №10 Енергодарської міської ради Василівського району Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Золота рибка" №13 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B171" s="5" t="n">
-        <v>164085</v>
+        <v>164102</v>
       </c>
       <c r="C171" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №10</t>
+          <t>ДНЗ №13</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G171" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H171" s="6" t="inlineStr">
         <is>
           <t>2312500000</t>
         </is>
       </c>
       <c r="I171" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J171" s="4" t="inlineStr">
         <is>
           <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K171" s="4" t="inlineStr">
         <is>
-          <t>вулиця Курчатова, 30</t>
+          <t>вулиця Лісова, 17</t>
         </is>
       </c>
       <c r="L171" s="6" t="inlineStr">
         <is>
           <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M171" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N171" s="7"/>
       <c r="O171" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P171" s="4" t="inlineStr">
         <is>
-          <t>(06139)58315, (06139)60723, (06139)51136</t>
+          <t>(06139)32245, (06139)63329</t>
         </is>
       </c>
       <c r="Q171" s="4"/>
       <c r="R171" s="4" t="inlineStr">
         <is>
-          <t>dnz10en@gmail.com</t>
+          <t>dnz13energodar@gmail.com</t>
         </is>
       </c>
       <c r="S171" s="4" t="inlineStr">
         <is>
-          <t>enerhodar-dnz10.edukit.zp.ua</t>
+          <t>http://enerhodar-dnz13.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T171" s="4" t="inlineStr">
         <is>
-          <t>Директор Чергик Людмила Анатоліївна</t>
+          <t>Директор Голова Валентина Дмитрівна</t>
         </is>
       </c>
       <c r="U171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y171" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад № 20 "Зайчик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу "Джерельце" №15 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B172" s="5" t="n">
-        <v>164978</v>
+        <v>164104</v>
       </c>
       <c r="C172" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №20</t>
+          <t>ДНЗ №15</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G172" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H172" s="6" t="inlineStr">
         <is>
-          <t>2310700000</t>
+          <t>2312500000</t>
         </is>
       </c>
       <c r="I172" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J172" s="4" t="inlineStr">
         <is>
-          <t>Мелітополь, Запорізька область</t>
+          <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K172" s="4" t="inlineStr">
         <is>
-          <t>проспект Богдана Хмельницького, 62</t>
+          <t>вулиця Воїнів-Інтернаціоналістів, 16</t>
         </is>
       </c>
       <c r="L172" s="6" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M172" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Мелітополь</t>
+          <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N172" s="7"/>
       <c r="O172" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P172" s="4" t="inlineStr">
         <is>
-          <t>(0619)43-33-78</t>
+          <t>(06139)52006, (06139)64931</t>
         </is>
       </c>
       <c r="Q172" s="4"/>
       <c r="R172" s="4" t="inlineStr">
         <is>
-          <t>melyozdo20@gmail.com</t>
+          <t>dnz15energodar@gmail.com</t>
         </is>
       </c>
       <c r="S172" s="4" t="inlineStr">
         <is>
-          <t>https://dnz20mel.wixsite.com/dnz20mel</t>
+          <t>www.dzhereltse.zp.ua</t>
         </is>
       </c>
       <c r="T172" s="4" t="inlineStr">
         <is>
-          <t>Директор Добряк Марина Віталіївна</t>
+          <t>Директор Невмивака Ірина Костянтинівна</t>
         </is>
       </c>
       <c r="U172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y172" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад № 21 "Вербонька" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) компенсуючого типу "Посмішка Пізнайки" №12 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
-        <v>164979</v>
+        <v>164101</v>
       </c>
       <c r="C173" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 21</t>
+          <t>ДНЗ № 12</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H173" s="6" t="inlineStr">
         <is>
-          <t>2310700000</t>
+          <t>2312500000</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
-          <t>Мелітополь, Запорізька область</t>
+          <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K173" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ломоносова, 153а</t>
+          <t>вулиця Лісова, 10</t>
         </is>
       </c>
       <c r="L173" s="6" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M173" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Мелітополь</t>
+          <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
-          <t>(06192)5-11-74</t>
+          <t>(06139)52567, (06139)62428</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
-          <t>melyozdo21@gmail.com</t>
+          <t>dnz12energodar@gmail.com</t>
         </is>
       </c>
       <c r="S173" s="4" t="inlineStr">
         <is>
-          <t>http://verbonka.wix.com/dnz21/</t>
+          <t>http://enerhodar-dnz12.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t>Директор Корпусова Інна Євгенівна</t>
+          <t>Директор Липинська Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y173" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад № 39 "Чебурашка" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Світлячок" №3 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B174" s="5" t="n">
-        <v>164986</v>
+        <v>164096</v>
       </c>
       <c r="C174" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 39</t>
+          <t>ДНЗ №3</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G174" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H174" s="6" t="inlineStr">
         <is>
-          <t>2310700000</t>
+          <t>2312500000</t>
         </is>
       </c>
       <c r="I174" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J174" s="4" t="inlineStr">
         <is>
-          <t>Мелітополь, Запорізька область</t>
+          <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K174" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інтеркультурна, 400</t>
+          <t>вулиця Молодіжна, 21</t>
         </is>
       </c>
       <c r="L174" s="6" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M174" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Мелітополь</t>
+          <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N174" s="7"/>
       <c r="O174" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P174" s="4" t="inlineStr">
         <is>
-          <t>(06192)7-14-07</t>
+          <t>(06139)31329, (06139)62253</t>
         </is>
       </c>
       <c r="Q174" s="4"/>
       <c r="R174" s="4" t="inlineStr">
         <is>
-          <t>melyozdo39@gmail.com</t>
+          <t>dnz3.svetlychok@gmail.com</t>
         </is>
       </c>
       <c r="S174" s="4" t="inlineStr">
         <is>
-          <t>melosvita.wix.com/dnz39</t>
+          <t>http://svitlychok.wix.com/svetlychok</t>
         </is>
       </c>
       <c r="T174" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Івахно Людмила Дмитрівна</t>
+          <t>Директор Панченко Алла Вікторівна</t>
         </is>
       </c>
       <c r="U174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y174" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад № 44 "Веселка"комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Сопілочка" №16 Енергодарської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B175" s="5" t="n">
-        <v>164990</v>
+        <v>164105</v>
       </c>
       <c r="C175" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 44</t>
+          <t>ДНЗ №16</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H175" s="6" t="inlineStr">
         <is>
-          <t>2310700000</t>
+          <t>2312500000</t>
         </is>
       </c>
       <c r="I175" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J175" s="4" t="inlineStr">
         <is>
-          <t>Мелітополь, Запорізька область</t>
+          <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K175" s="4" t="inlineStr">
         <is>
-          <t>вулиця Брів-ла-Гайард, 17</t>
+          <t>вулиця Молодіжна, 87</t>
         </is>
       </c>
       <c r="L175" s="6" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M175" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Мелітополь</t>
+          <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N175" s="7"/>
       <c r="O175" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P175" s="4" t="inlineStr">
         <is>
-          <t>(0619)454656</t>
+          <t>(06139)51520</t>
         </is>
       </c>
       <c r="Q175" s="4"/>
       <c r="R175" s="4" t="inlineStr">
         <is>
-          <t>melyozdo44@gmail.com</t>
+          <t>dnz16sopilochka@gmail.com</t>
         </is>
       </c>
       <c r="S175" s="4" t="inlineStr">
         <is>
-          <t>http://veselka-44.org.ua/</t>
+          <t>http://dnz16en.klasna.com</t>
         </is>
       </c>
       <c r="T175" s="4" t="inlineStr">
         <is>
-          <t>Директор Обуховська Наталя Григорівна</t>
+          <t>Директор Кретиніна Світлана Юріївна</t>
         </is>
       </c>
       <c r="U175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y175" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад № 78 "Вогник" загального типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти (ясла-садок) комбінованого типу "Золотий ключик" №5 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B176" s="5" t="n">
-        <v>164994</v>
+        <v>164098</v>
       </c>
       <c r="C176" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 78</t>
+          <t>ЗДО №5</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G176" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H176" s="6" t="inlineStr">
         <is>
-          <t>2310700000</t>
+          <t>2312500000</t>
         </is>
       </c>
       <c r="I176" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J176" s="4" t="inlineStr">
         <is>
-          <t>Мелітополь, Запорізька область</t>
+          <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K176" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гетьмана Сагайдачного, 272/1</t>
+          <t>вулиця Молодіжна, 35</t>
         </is>
       </c>
       <c r="L176" s="6" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M176" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Мелітополь</t>
+          <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N176" s="7"/>
       <c r="O176" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P176" s="4" t="inlineStr">
         <is>
-          <t>(06192)78455</t>
+          <t>(06139)3-21-91, (06139)6-29-01</t>
         </is>
       </c>
       <c r="Q176" s="4"/>
       <c r="R176" s="4" t="inlineStr">
         <is>
-          <t>melyozdo78@gmail.com</t>
+          <t>dnz5zolotoykluchik@gmail.com</t>
         </is>
       </c>
       <c r="S176" s="4" t="inlineStr">
         <is>
-          <t>http://melitopol-dnz78.edukit.zp.ua/</t>
+          <t>http://enerhodar-dnz5.zp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T176" s="4" t="inlineStr">
         <is>
-          <t> Кійко Наталя Ігорівна</t>
+          <t>Директор Макеєва Ніна Степанівна</t>
         </is>
       </c>
       <c r="U176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y176" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад №2 "Казка" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти (ясла-садок) комбінованого типу "Ромашка" №10 Енергодарської міської ради Василівського району Запорізької області</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>164971</v>
+        <v>164085</v>
       </c>
       <c r="C177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №2</t>
+          <t>ЗДО №10</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H177" s="6" t="inlineStr">
         <is>
-          <t>2310700000</t>
+          <t>2312500000</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
-          <t>Мелітополь, Запорізька область</t>
+          <t>Енергодар, Запорізька область</t>
         </is>
       </c>
       <c r="K177" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Сталінграда, 129</t>
+          <t>вулиця Курчатова, 30</t>
         </is>
       </c>
       <c r="L177" s="6" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23040110010044100</t>
         </is>
       </c>
       <c r="M177" s="4" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Мелітополь</t>
+          <t>Запорізька обл., м. Енергодар</t>
         </is>
       </c>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
+          <t>Управління освіти Енергодарської міської ради</t>
         </is>
       </c>
       <c r="P177" s="4" t="inlineStr">
         <is>
-          <t>(06192)5-00-39</t>
+          <t>(06139)58315, (06139)60723, (06139)51136</t>
         </is>
       </c>
       <c r="Q177" s="4"/>
       <c r="R177" s="4" t="inlineStr">
         <is>
-          <t>zdo2mlt@gmail.com</t>
+          <t>dnz10en@gmail.com</t>
         </is>
       </c>
       <c r="S177" s="4" t="inlineStr">
         <is>
-          <t>http://shepgalina65.wixsite.com/dnz2</t>
+          <t>enerhodar-dnz10.edukit.zp.ua</t>
         </is>
       </c>
       <c r="T177" s="4" t="inlineStr">
         <is>
-          <t>Директор Глущенко Юлія Володимирівна</t>
+          <t>Директор Чергик Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y177" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад №40 "Калинонька" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад № 20 "Зайчик" комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B178" s="5" t="n">
-        <v>164987</v>
+        <v>164978</v>
       </c>
       <c r="C178" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №40</t>
+          <t>ДНЗ №20</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H178" s="6" t="inlineStr">
         <is>
           <t>2310700000</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
           <t>Мелітополь, Запорізька область</t>
         </is>
       </c>
       <c r="K178" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гризодубової, 53</t>
+          <t>проспект Богдана Хмельницького, 62</t>
         </is>
       </c>
       <c r="L178" s="6" t="inlineStr">
         <is>
           <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M178" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Мелітополь</t>
         </is>
       </c>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
-          <t>(06192)5-41-19</t>
+          <t>(0619)43-33-78</t>
         </is>
       </c>
       <c r="Q178" s="4"/>
       <c r="R178" s="4" t="inlineStr">
         <is>
-          <t>melyozdo40@gmail.com</t>
+          <t>melyozdo20@gmail.com</t>
         </is>
       </c>
       <c r="S178" s="4" t="inlineStr">
         <is>
-          <t>dnz40.wordpress.com</t>
+          <t>https://dnz20mel.wixsite.com/dnz20mel</t>
         </is>
       </c>
       <c r="T178" s="4" t="inlineStr">
         <is>
-          <t>Директор Пантова Ганна Віталіївна</t>
+          <t>Директор Добряк Марина Віталіївна</t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y178" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад №41 "Барвінок" комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад № 39 "Чебурашка" комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B179" s="5" t="n">
-        <v>164988</v>
+        <v>164986</v>
       </c>
       <c r="C179" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №41</t>
+          <t>ДНЗ № 39</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H179" s="6" t="inlineStr">
         <is>
           <t>2310700000</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
           <t>Мелітополь, Запорізька область</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 136-а</t>
+          <t>вулиця Інтеркультурна, 400</t>
         </is>
       </c>
       <c r="L179" s="6" t="inlineStr">
         <is>
           <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M179" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Мелітополь</t>
         </is>
       </c>
       <c r="N179" s="7"/>
       <c r="O179" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P179" s="4" t="inlineStr">
         <is>
-          <t>(06192)5-46-87</t>
+          <t>(06192)7-14-07</t>
         </is>
       </c>
       <c r="Q179" s="4"/>
       <c r="R179" s="4" t="inlineStr">
         <is>
-          <t>melyozdo41@gmail.com</t>
+          <t>melyozdo39@gmail.com</t>
         </is>
       </c>
       <c r="S179" s="4" t="inlineStr">
         <is>
-          <t>http://trifonovalydmila.wixsite.com/dnz41barvinok</t>
+          <t>melosvita.wix.com/dnz39</t>
         </is>
       </c>
       <c r="T179" s="4" t="inlineStr">
         <is>
-          <t> Данченко Галина Іванівна</t>
+          <t>В.о. директора Івахно Людмила Дмитрівна</t>
         </is>
       </c>
       <c r="U179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y179" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад №46 "Віночок" (ясла- садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Дошкільний навчальний заклад №2 "Казка" комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="B180" s="5" t="n">
-        <v>172462</v>
+        <v>164971</v>
       </c>
       <c r="C180" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №46</t>
+          <t>ДНЗ №2</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H180" s="6" t="inlineStr">
         <is>
           <t>2310700000</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
           <t>Мелітополь, Запорізька область</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інтеркультурна, 412-А</t>
+          <t>вулиця Героїв Сталінграда, 129</t>
         </is>
       </c>
       <c r="L180" s="6" t="inlineStr">
         <is>
           <t>UA23080070010092407</t>
         </is>
       </c>
       <c r="M180" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., м. Мелітополь</t>
         </is>
       </c>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
-          <t>(06192)71690</t>
+          <t>(06192)5-00-39</t>
         </is>
       </c>
       <c r="Q180" s="4"/>
       <c r="R180" s="4" t="inlineStr">
         <is>
-          <t>melyozdo46@gmail.com</t>
+          <t>zdo2mlt@gmail.com</t>
         </is>
       </c>
       <c r="S180" s="4" t="inlineStr">
         <is>
-          <t>http://dnz46vinochok.wixsite.com/sait</t>
+          <t>http://shepgalina65.wixsite.com/dnz2</t>
         </is>
       </c>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t> Малєнко Юлія Сергіївна</t>
+          <t>Директор Глущенко Юлія Володимирівна</t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y180" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
@@ -21939,51 +21943,51 @@
         </is>
       </c>
       <c r="Y199" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти ясла-садок "Веселун" Комиш-Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B200" s="5" t="n">
         <v>164965</v>
       </c>
       <c r="C200" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>ЗДО я/с "Веселун"</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H200" s="6" t="inlineStr">
         <is>
           <t>2322780801</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J200" s="4" t="inlineStr">
         <is>
           <t>с. Білоцерківка, Більмацький район, Запорізька область</t>
@@ -22270,51 +22274,51 @@
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти ясла-садок "Малятко" Комиш-Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
         <v>164969</v>
       </c>
       <c r="C203" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>ЗДО я/с "Малятко"</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H203" s="6" t="inlineStr">
         <is>
           <t>2322781801</t>
         </is>
       </c>
       <c r="I203" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J203" s="4" t="inlineStr">
         <is>
           <t>с. Благовіщенка, Більмацький район, Запорізька область</t>
@@ -30566,51 +30570,51 @@
         </is>
       </c>
       <c r="Y282" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти ясла-садок "Ромашка" Комиш-Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B283" s="5" t="n">
         <v>164964</v>
       </c>
       <c r="C283" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
           <t>ЗДО я/с"Ромашка"</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G283" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H283" s="6" t="inlineStr">
         <is>
           <t>2322755400</t>
         </is>
       </c>
       <c r="I283" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J283" s="4" t="inlineStr">
         <is>
           <t>смт Комиш-Зоря, Більмацький район, Запорізька область</t>
@@ -42412,51 +42416,51 @@
         </is>
       </c>
       <c r="Y396" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти ясла-садок "Смерічка" Комиш - Зорянської селищної ради Запорізької області</t>
         </is>
       </c>
       <c r="B397" s="5" t="n">
         <v>164967</v>
       </c>
       <c r="C397" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D397" s="4" t="inlineStr">
         <is>
           <t>ЗДО я/с"Смерічка"</t>
         </is>
       </c>
       <c r="E397" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F397" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G397" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H397" s="6" t="inlineStr">
         <is>
           <t>2322788001</t>
         </is>
       </c>
       <c r="I397" s="4" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
       <c r="J397" s="4" t="inlineStr">
         <is>
           <t>с. Шевченківське, Більмацький район, Запорізька область</t>
@@ -42475,51 +42479,51 @@
       <c r="M397" s="4" t="inlineStr">
         <is>
           <t>Запорізька обл., Пологівський р-н, с. Шевченківське</t>
         </is>
       </c>
       <c r="N397" s="7"/>
       <c r="O397" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Комиш-Зорянської селищної ради Пологівського району Запорізької області</t>
         </is>
       </c>
       <c r="P397" s="4" t="inlineStr">
         <is>
           <t>(066)0077768</t>
         </is>
       </c>
       <c r="Q397" s="4"/>
       <c r="R397" s="4" t="inlineStr">
         <is>
           <t>dnz7156@ukr.net</t>
         </is>
       </c>
       <c r="S397" s="4"/>
       <c r="T397" s="4" t="inlineStr">
         <is>
-          <t>Директор Цисар Людмила Володимирівна</t>
+          <t>Директор - - -</t>
         </is>
       </c>
       <c r="U397" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V397" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W397" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X397" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y397" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="398">