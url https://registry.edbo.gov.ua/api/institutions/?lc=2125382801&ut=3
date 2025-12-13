--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Хустський р-н, с. Драгово</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді,спорту та туризму виконавчого комітету Драгівської сільської ради Хустського району Закарпатської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03142)63-342, (097)509-36-73</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dragovo@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>sites.google.com/view/dragovo-school/</t>
+          <t>https://dragovo.osv.org.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Бокоч Василь Михайлович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>