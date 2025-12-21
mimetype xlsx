--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21120030040037760</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Хустський р-н, с. Ракош</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури та туризму Вишківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03142)57-314, (096)955-90-92</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>rakos.skola@ukr.net</t>
+          <t>rakoshgymnasium@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>rakosskola.webnode.com.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ольховик Анастасія Геннадіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>