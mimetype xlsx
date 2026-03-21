--- v0 (2025-12-08)
+++ v1 (2026-03-21)
@@ -2547,51 +2547,51 @@
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Липецькополянський ліцей Довжанської сільської ради</t>
+          <t>Липецькополянський ліцей Довжанської селищної ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
         <v>149724</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>Липецькополянський ліцей</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>