--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2124887601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Худльово, Ужгородський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця ПІДГІРНА, 44</t>
+          <t>вулиця Підгірна, 44</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21100150130038847</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Ужгородський р-н, с. Худльово</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Середнянська селищна рада Ужгородського району Закарпатської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(050)2071290</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">