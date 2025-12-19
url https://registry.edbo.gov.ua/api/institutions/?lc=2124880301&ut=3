--- v0 (2025-11-01)
+++ v1 (2025-12-19)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21100010010064740</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Ужгородський р-н, с. Баранинці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Баранинської сільської ради Ужгородського району Закарпатської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0312)734242</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>baraninska-zos@meta.ua</t>
+          <t>baraninska-zos@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Процік Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>