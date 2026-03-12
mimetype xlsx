--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$72</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$74</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y72"/>
+  <dimension ref="A1:Y74"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -1280,51 +1280,51 @@
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с. Вільхівці-Лази</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, сім'ї, молоді та спорту Вільховецької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(03134)34171</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>vilhivski-lazy@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Горкавчук Олександр Іванович</t>
+          <t>Директор Горкавчук Олександр Іванович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -2192,6043 +2192,6257 @@
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Грушівський ліцей Тересвянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Грушівська філія Грушівського ліцею Тересвянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>146877</v>
+        <v>149949</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Грушівський ліцей</t>
-[...6 lines deleted...]
-      </c>
+          <t>Грушівська філія</t>
+        </is>
+      </c>
+      <c r="E19" s="4"/>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>2124482001</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>с. Грушово, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Головна, 99</t>
+          <t>вулиця Головна, 58</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA21080130020077821</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с. Грушово</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, охорони здоров'я, культури, сім'ї, молоді та спорту Тересвянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(097)1639856</t>
+          <t>(098)8437079</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>grushevo-sch@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>anna.melnik.1965@i.ua</t>
+        </is>
+      </c>
+      <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t> Драч Василь Юрійович</t>
+          <t> Мельник Ганна Петрівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Добрянський ліцей Вільховецької сільської ради Тячівського району Закарпатської області</t>
+          <t>Грушівський ліцей Тересвянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>146806</v>
+        <v>146877</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Добрянський ліцей</t>
+          <t>Грушівський ліцей</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>2124482501</t>
+          <t>2124482001</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>с. Добрянське, Тячівський район, Закарпатська область</t>
+          <t>с. Грушово, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Макаренка, 5</t>
+          <t>вулиця Головна, 99</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA21080050040058895</t>
+          <t>UA21080130020077821</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Добрянське</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Грушово</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, сім'ї, молоді та спорту Вільховецької сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, охорони здоров'я, культури, сім'ї, молоді та спорту Тересвянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(03134)38150</t>
+          <t>(097)1639856</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>dobryanske-sch@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S20" s="4"/>
+          <t>grushevo-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>grushivcka-zosh.at.ua</t>
+        </is>
+      </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Решетар Іван Дмитрович</t>
+          <t> Драч Василь Юрійович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Дубівська гімназія №1 Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Добрянський ліцей Вільховецької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>146616</v>
+        <v>146806</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Дубівська гімназія №1</t>
+          <t>Добрянський ліцей</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>2124455600</t>
+          <t>2124482501</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
-          <t>смт Дубове, Тячівський район, Закарпатська область</t>
+          <t>с. Добрянське, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фізкультурна, 4</t>
+          <t>вулиця Макаренка, 5</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA21080070010064473</t>
+          <t>UA21080050040058895</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с-ще Дубове</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Добрянське</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти, культури, сім'ї, молоді та спорту Вільховецької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(03134)72871</t>
+          <t>(03134)38150</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>dubove81-sch@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>dobryanske-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Бердар Євгенія Юріївна</t>
+          <t>Директор Решетар Іван Дмитрович</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Дубівська гімназія №2 Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Дубівська гімназія №1 Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>146592</v>
+        <v>146616</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Дубівська гімназія №2</t>
+          <t>Дубівська гімназія №1</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>2124455600</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>смт Дубове, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 107</t>
+          <t>вулиця Фізкультурна, 4</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA21080070010064473</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с-ще Дубове</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(097)6708432</t>
+          <t>(03134)72871</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>dubove-viterna@tyachiv.net.ua</t>
+          <t>dubove81-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>viternaschool.klasna.com</t>
+          <t>dubove-school1.edukit.uz.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Декет Галина Василівна</t>
+          <t>Директор Бердар Євгенія Юріївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Дубівський ліцей Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Дубівська гімназія №2 Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>146615</v>
+        <v>146592</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Дубівський ліцей</t>
+          <t>Дубівська гімназія №2</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>2124455600</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>смт Дубове, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 124</t>
+          <t>вулиця Заводська, 107</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA21080070010064473</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с-ще Дубове</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(03134)72333</t>
+          <t>(097)6708432</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>dubove-sch@tyachiv.net.ua</t>
+          <t>dubove-viterna@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>dubove-school.edukit.uz.ua</t>
+          <t>viternaschool.klasna.com</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Гарга Йосип Андрійович</t>
+          <t>Директор Декет Галина Василівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Нижньодубівська філія Дубівського ліцею Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Дубівський ліцей Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>147539</v>
+        <v>146615</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Нижньодубівська філія Дубівського ліцею</t>
+          <t>Дубівський ліцей</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>2124455600</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>смт Дубове, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 139</t>
+          <t>вулиця Миру, 124</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA21080070010064473</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с-ще Дубове</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(03134)72324</t>
+          <t>(03134)72333</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>ndubove@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S24" s="4"/>
+          <t>dubove-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S24" s="4" t="inlineStr">
+        <is>
+          <t>dubove-school.edukit.uz.ua</t>
+        </is>
+      </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Пелех Світлана Петрівна</t>
+          <t>Директор Гарга Йосип Андрійович</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Дулівська гімназія імені Степана Вайди Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Нижньодубівська філія Дубівського ліцею Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>147117</v>
+        <v>147539</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Дулівська гімназія імені Степана Вайди</t>
+          <t>Нижньодубівська філія Дубівського ліцею</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>2124482601</t>
+          <t>2124455600</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
-          <t>с. Дулово, Тячівський район, Закарпатська область</t>
+          <t>смт Дубове, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вайди, 77</t>
+          <t>вулиця Шевченка, 139</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA21080030030026581</t>
+          <t>UA21080070010064473</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Дулово</t>
+          <t>Закарпатська обл., Тячівський р-н, с-ще Дубове</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(096)8194713</t>
+          <t>(03134)72324</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>dulovo-sch@tyachiv.net.ua</t>
+          <t>ndubove@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t> Чобей Наталія Миколаївна</t>
+          <t>Завідувач філією Пелех Світлана Петрівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Калинівська філія Калинівського ліцею Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Дулівська гімназія імені Степана Вайди Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>147574</v>
+        <v>147117</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Калинівська філія Калинівського ліцею</t>
+          <t>Дулівська гімназія імені Степана Вайди</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
-          <t>2124482801</t>
+          <t>2124482601</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
-          <t>с. Калини, Тячівський район, Закарпатська область</t>
+          <t>с. Дулово, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Залізнична, 36/а</t>
+          <t>вулиця Вайди, 77</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
-          <t>UA21080070030085352</t>
+          <t>UA21080030030026581</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Калини</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Дулово</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(03134)74628</t>
+          <t>(096)8194713</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>kalyny2-sch@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>dulovo-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Ярошик Наталія Петрівна</t>
+          <t> Чобей Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Калинівський ліцей Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Калинівська філія Калинівського ліцею Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>147588</v>
+        <v>147574</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Калинівський ліцей</t>
+          <t>Калинівська філія Калинівського ліцею</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>2124482801</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>с. Калини, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Джона Леннона, 147</t>
+          <t>вулиця Залізнична, 36/а</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA21080070030085352</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с. Калини</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(03134)74463</t>
+          <t>(03134)74628</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>kalyny-sch@tyachiv.net.ua</t>
+          <t>kalyny2-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>kalyny-sch.ucoz.net</t>
+          <t>kalinivska-zosh-i-ii-stupeniv.webnode.com.ua</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Бойчук Юрій Іванович</t>
+          <t>Завідувач філією Ярошик Наталія Петрівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Колодненський ліцей зі структурним підрозділом гімназії та початкової школи Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Калинівський ліцей Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>147575</v>
+        <v>147588</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Колодненський ліцей.</t>
+          <t>Калинівський ліцей</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>2124483001</t>
+          <t>2124482801</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
-          <t>с. Колодне, Тячівський район, Закарпатська область</t>
+          <t>с. Калини, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новоселицька, 45</t>
+          <t>вулиця Джона Леннона, 147</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA21080170050093178</t>
+          <t>UA21080070030085352</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Колодне</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Калини</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(067)2634544</t>
+          <t>(03134)74463</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>kolodne-sch@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S28" s="4"/>
+          <t>kalyny-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S28" s="4" t="inlineStr">
+        <is>
+          <t>kalyny-sch.ucoz.net</t>
+        </is>
+      </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t> Немеш Наталія Іванівна</t>
+          <t>Директор Бойчук Юрій Іванович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Краснянський ліцей Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Колодненський ліцей зі структурним підрозділом гімназії та початкової школи Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>147525</v>
+        <v>147575</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Краснянський ліцей</t>
+          <t>Колодненський ліцей.</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>2124483201</t>
+          <t>2124483001</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
-          <t>с. Красна, Тячівський район, Закарпатська область</t>
+          <t>с. Колодне, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 193</t>
+          <t>вулиця Новоселицька, 45</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA21080070040070775</t>
+          <t>UA21080170050093178</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Красна</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Колодне</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(03134)76246</t>
+          <t>(067)2634544</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>krasna-sch@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kolodne-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Носа Марія Михайлівна</t>
+          <t> Немеш Наталія Іванівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад освіти "Кривська гімназія Тересвянської селищної ради Тячівського району Закарпатської області"</t>
+          <t>Краснянський ліцей Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>147301</v>
+        <v>147525</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Кривська гімназія</t>
+          <t>Краснянський ліцей</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>2124483401</t>
+          <t>2124483201</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
-          <t>с. Крива, Тячівський район, Закарпатська область</t>
+          <t>с. Красна, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Народна, 136</t>
+          <t>вулиця Миру, 193</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA21080130030038084</t>
+          <t>UA21080070040070775</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Крива</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Красна</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, охорони здоров'я, культури, сім'ї, молоді та спорту Тересвянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Дубівської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(03134)55230</t>
+          <t>(03134)76246</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>kryve-sch@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S30" s="4"/>
+          <t>krasna-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S30" s="4" t="inlineStr">
+        <is>
+          <t>krasnazosh.ukoz.net</t>
+        </is>
+      </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Бочок Олександр Іванович</t>
+          <t>Директор Носа Марія Михайлівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Кричівський ліцей Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Опорний заклад освіти "Кривська гімназія Тересвянської селищної ради Тячівського району Закарпатської області"</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>147562</v>
+        <v>147301</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Кричівський ліцей</t>
+          <t>Кривська гімназія</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
-          <t>2124483601</t>
+          <t>2124483401</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
-          <t>с. Кричово, Тячівський район, Закарпатська область</t>
+          <t>с. Крива, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 94</t>
+          <t>вулиця Народна, 136</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
-          <t>UA21080030040085364</t>
+          <t>UA21080130030038084</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Кричово</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Крива</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, охорони здоров'я, культури, сім'ї, молоді та спорту Тересвянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(067)3949601</t>
+          <t>(03134)55230</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>krychevo-sch@tyachiv.net.ua</t>
+          <t>kryve-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t> Бокоч Лідія Антонівна</t>
+          <t>Директор Бочок Олександр Іванович</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Лазівський ліцей Тячівської міської ради Закарпатської області</t>
+          <t>Кричівський ліцей Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>146875</v>
+        <v>147562</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Лазівський ліцей</t>
+          <t>Кричівський ліцей</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
-          <t>2124484001</t>
+          <t>2124483601</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
-          <t>с. Лази, Тячівський район, Закарпатська область</t>
+          <t>с. Кричово, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 177</t>
+          <t>вулиця Центральна, 94</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
-          <t>UA21080150020047712</t>
+          <t>UA21080030040085364</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Лази</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Кричово</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
+          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(096)8479425</t>
+          <t>(067)3949601</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>tlazy-sch@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>krychevo-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Попелич Марія Іванівна</t>
+          <t> Бокоч Лідія Антонівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Брустурянський опорний заклад загальної середньої освіти I-III ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Лазівський ліцей Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>147526</v>
+        <v>146875</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Брустурянський ОЗ ЗСО І-ІІІ ст.</t>
+          <t>Лазівський ліцей</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
-          <t>2124484401</t>
+          <t>2124484001</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
-          <t>с. Лопухів, Тячівський район, Закарпатська область</t>
+          <t>с. Лази, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верховинська, 18</t>
+          <t>вулиця Перемоги, 177</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
-          <t>UA21080190020024230</t>
+          <t>UA21080150020047712</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Брустури</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Лази</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(03134)36536</t>
+          <t>(096)8479425</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>lopukhiv-ozzso@ukr.net</t>
+          <t>tlazy-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>http://lopuhiv-zosh.uz.in.ua</t>
+          <t>http://lazy-school.klasna.com/</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Депутатенко Марія Василівна</t>
+          <t>Директор Попелич Марія Іванівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Прочківська філія початкової освіти з дошкільним відділенням Брустурянського опорного закладу загальної середньої освіти І-ІІІ ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Брустурянський опорний заклад загальної середньої освіти I-III ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>147630</v>
+        <v>147526</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Прочківська філія початкової освіти з дошкільним відділенням Брустурянського ОЗЗСО</t>
+          <t>Брустурянський ОЗ ЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>2124484401</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>с. Лопухів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Борканюка, 6</t>
+          <t>вулиця Верховинська, 18</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA21080190020024230</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с. Брустури</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(097)8398421</t>
+          <t>(03134)36536</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>prochka-nvk@ukr.net</t>
+          <t>lopukhiv-ozzso@ukr.net</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>https://prochka-nvk.com.ua</t>
+          <t>http://lopuhiv-zosh.uz.in.ua</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Катриняк Галина Василівна</t>
+          <t>Директор Депутатенко Марія Василівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Яблунецька філія початкової освіти з дошкільним відділенням Брустурянського опорного закладу загальної середньої освіти І-ІІІ ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Прочківська філія початкової освіти з дошкільним відділенням Брустурянського опорного закладу загальної середньої освіти І-ІІІ ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>147483</v>
+        <v>147630</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Яблунецька філія початкової освіти з дошкільним відділенням Брустурянського ОЗЗСО</t>
+          <t>Прочківська філія початкової освіти з дошкільним відділенням Брустурянського ОЗЗСО</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>2124484401</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>с. Лопухів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Полонинська, 95</t>
+          <t>вулиця Борканюка, 6</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA21080190020024230</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с. Брустури</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(098)9105081</t>
+          <t>(097)8398421</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>vasilinafitsay@ukr.net</t>
+          <t>prochka-nvk@ukr.net</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>yabluetskyi-nvk.com.ua</t>
+          <t>https://prochka-nvk.com.ua</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Фіцай Василина Іванівна</t>
+          <t>Завідувач філією Катриняк Галина Василівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Малоугольківська гімназія №1 зі структурним підрозділом початкової школи Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Яблунецька філія початкової освіти з дошкільним відділенням Брустурянського опорного закладу загальної середньої освіти І-ІІІ ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>147329</v>
+        <v>147483</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Малоугольківська гімназія №1</t>
+          <t>Яблунецька філія початкової освіти з дошкільним відділенням Брустурянського ОЗЗСО</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
-          <t>2124487604</t>
+          <t>2124484401</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
-          <t>с. Мала Уголька, Тячівський район, Закарпатська область</t>
+          <t>с. Лопухів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 220</t>
+          <t>вулиця Полонинська, 95</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
-          <t>UA21080170060012938</t>
+          <t>UA21080190020024230</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Мала Уголька</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Брустури</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(097)4076519</t>
+          <t>(098)9105081</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>muglya-sch1@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S36" s="4"/>
+          <t>vasilinafitsay@ukr.net</t>
+        </is>
+      </c>
+      <c r="S36" s="4" t="inlineStr">
+        <is>
+          <t>yabluetskyi-nvk.com.ua</t>
+        </is>
+      </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t> Химинець Надія Петрівна</t>
+          <t>Завідувач філією Фіцай Василина Іванівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Малоугольківська гімназія зі структурним підрозділом початкової школи №2 ім. О. Шимона Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Малоугольківська гімназія №1 зі структурним підрозділом початкової школи Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>147343</v>
+        <v>147329</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Малоугольківська гімназія №2 ім. О.Шимона</t>
+          <t>Малоугольківська гімназія №1</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>2124487604</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>с. Мала Уголька, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мала Уголька, 57</t>
+          <t>вулиця Центральна, 220</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA21080170060012938</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с. Мала Уголька</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(098)9874087</t>
+          <t>(097)4076519</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>mugolka-sch2@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>muglya-sch1@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t> Немеш Іван Степанович</t>
+          <t> Химинець Надія Петрівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Нересницький ліцей Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Малоугольківська гімназія зі структурним підрозділом початкової школи №2 ім. О. Шимона Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>147532</v>
+        <v>147343</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Нересницький ліцей</t>
+          <t>Малоугольківська гімназія №2 ім. О.Шимона</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
-          <t>2124484801</t>
+          <t>2124487604</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
-          <t>с. Нересниця, Тячівський район, Закарпатська область</t>
+          <t>с. Мала Уголька, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 48</t>
+          <t>вулиця Мала Уголька, 57</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
-          <t>UA21080090010067775</t>
+          <t>UA21080170060012938</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Нересниця</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Мала Уголька</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(068)9972883</t>
+          <t>(098)9874087</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>neresnyca-sch@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S38" s="4"/>
+          <t>mugolka-sch2@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S38" s="4" t="inlineStr">
+        <is>
+          <t>http://maloygolkivska2.ucoz.ua/</t>
+        </is>
+      </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t> Гасинець Інна Владиславівна</t>
+          <t> Немеш Іван Степанович</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Нижньоапшанський ліцей "Апша" Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Нересницький ліцей Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>147654</v>
+        <v>147532</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Нижньоапшанський ліцей "Апша"</t>
+          <t>Нересницький ліцей</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
-          <t>2124482401</t>
+          <t>2124484801</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
-          <t>с. Нижня Апша, Тячівський район, Закарпатська область</t>
+          <t>с. Нересниця, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 18</t>
+          <t>вулиця Грушевського, 48</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
-          <t>UA21080110050057308</t>
+          <t>UA21080090010067775</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Нижня Апша</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Нересниця</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(067)5267050</t>
+          <t>(068)9972883</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>napsha-sch@tyachiv.net.ua</t>
+          <t>neresnyca-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S39" s="4"/>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Шеверя Іван Іванович</t>
+          <t> Гасинець Інна Владиславівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Німецькомокрянська гімназія Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Нижньоапшанська гімназія "Апша" Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>147587</v>
+        <v>176979</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Німецькомокрянська гімназія</t>
+          <t>Нижньоапшанська гімназія "Апша"</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
-          <t>2124486102</t>
+          <t>2124482401</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
-          <t>с. Німецька Мокра, Тячівський район, Закарпатська область</t>
+          <t>с. Нижня Апша, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Марії-Терезії, 67</t>
+          <t>вулиця Шкільна, 17</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
-          <t>UA21080190030043313</t>
+          <t>UA21080110050057308</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Німецька Мокра</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Нижня Апша</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(03134)36834</t>
+          <t>(067)5267050</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>nimmokra-sch@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>apshagimnazya@gmail.com</t>
+        </is>
+      </c>
+      <c r="S40" s="4"/>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Бандур Марія Павлівна</t>
+          <t>В.о. директора Зубач Діана Іванівна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Новобарівська гімназія Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Нижньоапшанський ліцей "Апша" Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>149309</v>
+        <v>147654</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Новобарівська гімназія</t>
+          <t>Нижньоапшанський ліцей "Апша"</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
-          <t>2124485001</t>
+          <t>2124482401</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
-          <t>с. Новобарово, Тячівський район, Закарпатська область</t>
+          <t>с. Нижня Апша, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рущака, 153</t>
+          <t>вулиця Шкільна, 18</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
-          <t>UA21080030050060997</t>
+          <t>UA21080110050057308</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Новобарово</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Нижня Апша</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(096)9349956</t>
+          <t>(067)5267050</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>nbarovo-sch@tyachiv.net.ua</t>
+          <t>napsha-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S41" s="4"/>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t> Данич Юрій Юрійович</t>
+          <t>Директор Шеверя Іван Іванович</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Новоселицький ліцей Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Німецькомокрянська гімназія Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>147594</v>
+        <v>147587</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>Новоселицький ліцей</t>
+          <t>Німецькомокрянська гімназія</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
-          <t>2124485301</t>
+          <t>2124486102</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
-          <t>с. Новоселиця, Тячівський район, Закарпатська область</t>
+          <t>с. Німецька Мокра, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Борканюка, 144</t>
+          <t>вулиця Марії-Терезії, 67</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
-          <t>UA21080090040056408</t>
+          <t>UA21080190030043313</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Новоселиця</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Німецька Мокра</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(03134)63358</t>
+          <t>(03134)36834</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>novoselyca-sch@tyachiv.net.ua</t>
+          <t>nimmokra-sch@ukr.net</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>http://novoselytsia-school.co.ua/</t>
+          <t>www.komsomolsk-zosh.edukit.uz.ua</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Грись Надія Валеріївна</t>
+          <t>Директор Бандур Марія Павлівна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Округлянська філія Лазівського ліцею Тячівської міської ради Закарпатської області</t>
+          <t>Новобарівська гімназія Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>146874</v>
+        <v>149309</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>Округлянська філія Лазівського ліцею</t>
+          <t>Новобарівська гімназія</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
-          <t>2124484002</t>
+          <t>2124485001</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
-          <t>с. Округла, Тячівський район, Закарпатська область</t>
+          <t>с. Новобарово, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 32</t>
+          <t>вулиця Рущака, 153</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
-          <t>UA21080150030099767</t>
+          <t>UA21080030050060997</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Округла</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Новобарово</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
+          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(067)9590919</t>
+          <t>(096)9349956</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>kerekhegy@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nbarovo-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S43" s="4"/>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Джурджа Віталій Відорович</t>
+          <t> Данич Юрій Юрійович</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Петрушівська філія І-ІІ ступенів Тернівського опорного закладу загальної середньої освіти І - ІІІ ступенів Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Новоселицький ліцей Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>147394</v>
+        <v>147594</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Петрушівська філія І-ІІ ст.</t>
+          <t>Новоселицький ліцей</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
-          <t>2124487403</t>
+          <t>2124485301</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
-          <t>с. Петрушів, Тячівський район, Закарпатська область</t>
+          <t>с. Новоселиця, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Петрушівська, 40</t>
+          <t>вулиця Борканюка, 144</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
-          <t>UA21080090050045398</t>
+          <t>UA21080090040056408</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Петрушів</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Новоселиця</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(068)9965486</t>
+          <t>(03134)63358</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>petrushovo-sch@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S44" s="4"/>
+          <t>novoselyca-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S44" s="4" t="inlineStr">
+        <is>
+          <t>http://novoselytsia-school.co.ua/</t>
+        </is>
+      </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кошілка Василина Михайлівна</t>
+          <t>В.о. директора Грись Надія Валеріївна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Підплешанська гімназія Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Округлянська філія Лазівського ліцею Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>147365</v>
+        <v>146874</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Підплешанська гімназія</t>
+          <t>Округлянська філія Лазівського ліцею</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
-          <t>2124484802</t>
+          <t>2124484002</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
-          <t>с. Підплеша, Тячівський район, Закарпатська область</t>
+          <t>с. Округла, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Народна, 122</t>
+          <t>вулиця Шкільна, 32</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
-          <t>UA21080090060097442</t>
+          <t>UA21080150030099767</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Підплеша</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Округла</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(03134)66820</t>
+          <t>(067)9590919</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>pidplesha-sch@tyachiv.net.ua</t>
+          <t>kerekhegy@ukr.net</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>http://pidplesha-school.uz.sch.in.ua/</t>
+          <t>http://www.okrugla-school.edukit.uz.ua/</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t> Кошілка Олена Томівна</t>
+          <t>Завідувач філією Джурджа Віталій Відорович</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Подішорська гімназія імені "Драгоша Михайлєвського" Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Петрушівська філія І-ІІ ступенів Тернівського опорного закладу загальної середньої освіти І - ІІІ ступенів Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>147395</v>
+        <v>147394</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Подішорська гімназія імені "Драгоша Михайлєвського"</t>
+          <t>Петрушівська філія І-ІІ ст.</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
-          <t>2124482403</t>
+          <t>2124487403</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
-          <t>с. Подішор, Тячівський район, Закарпатська область</t>
+          <t>с. Петрушів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 28</t>
+          <t>вулиця Петрушівська, 40</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
-          <t>UA21080110070092718</t>
+          <t>UA21080090050045398</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Подішор</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Петрушів</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(097)0786645</t>
+          <t>(068)9965486</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>podishor-sch@tyachiv.net.ua</t>
+          <t>petrushovo-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S46" s="4"/>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковач Лариса Георгіївна</t>
+          <t>Завідувач філією Кошілка Василина Михайлівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Руськомокрянська гімназія Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Підплешанська гімназія Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>147494</v>
+        <v>147365</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Руськомокрянська гімназія</t>
+          <t>Підплешанська гімназія</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
-          <t>2124486101</t>
+          <t>2124484802</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
-          <t>с. Руська Мокра, Тячівський район, Закарпатська область</t>
+          <t>с. Підплеша, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 97</t>
+          <t>вулиця Народна, 122</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
-          <t>UA21080190040071485</t>
+          <t>UA21080090060097442</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Руська Мокра</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Підплеша</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(03134)36903</t>
+          <t>(03134)66820</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>rymokrazoch@ukr.net</t>
+          <t>pidplesha-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>http://rmokra-gymnasium.com.ua</t>
+          <t>http://pidplesha-school.uz.sch.in.ua/</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Барна Оксана Михайлівна</t>
+          <t> Кошілка Олена Томівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Руськополівський ліцей Тячівської міської ради Закарпатської області</t>
+          <t>Подішорська гімназія імені "Драгоша Михайлєвського" Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>146909</v>
+        <v>147395</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Руськополівський ліцей</t>
+          <t>Подішорська гімназія імені "Драгоша Михайлєвського"</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
-          <t>2124486201</t>
+          <t>2124482403</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
-          <t>с. Руське Поле, Тячівський район, Закарпатська область</t>
+          <t>с. Подішор, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Центральна, 28</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
-          <t>UA21080150040066514</t>
+          <t>UA21080110070092718</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Руське Поле</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Подішор</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
+          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(097)5624011</t>
+          <t>(097)0786645</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>rpole-sch@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>podishor-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S48" s="4"/>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Подвич Марина Михайлівна</t>
+          <t>Директор Ковач Лариса Георгіївна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Солотвинська спеціальна загальноосвітня школа-інтернат I-II ступенів Закарпатської обласної ради</t>
+          <t>Руськомокрянська гімназія Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>145942</v>
+        <v>147494</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>Солотвинська спец.ЗОШ-інтернат</t>
+          <t>Руськомокрянська гімназія</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
-          <t>2124455900</t>
+          <t>2124486101</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
-          <t>смт Солотвино, Тячівський район, Закарпатська область</t>
+          <t>с. Руська Мокра, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Емінеску, 5</t>
+          <t>вулиця Миру, 97</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
-          <t>UA21080110010092186</t>
+          <t>UA21080190040071485</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с-ще Солотвино</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Руська Мокра</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Тячівської районної державної адміністрації</t>
+          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(03134)56336</t>
+          <t>(03134)36903</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>solotvino-internat@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S49" s="4"/>
+          <t>rymokrazoch@ukr.net</t>
+        </is>
+      </c>
+      <c r="S49" s="4" t="inlineStr">
+        <is>
+          <t>http://rmokra-gymnasium.com.ua</t>
+        </is>
+      </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t> Боднар Вікторія Борисівна</t>
+          <t>Директор Барна Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ліцей з угорською мовою навчання імені Яноша Бойоі Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Руськополівський ліцей Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>145974</v>
+        <v>146909</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ліцей ім. Яноша Бойоі</t>
+          <t>Руськополівський ліцей</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>2124455900</t>
+          <t>2124486201</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
-          <t>смт Солотвино, Тячівський район, Закарпатська область</t>
+          <t>с. Руське Поле, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 18</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA21080110010092186</t>
+          <t>UA21080150040066514</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с-ще Солотвино</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Руське Поле</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(03134)56075</t>
+          <t>(097)5624011</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>solotvynobj-sch@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S50" s="4"/>
+          <t>rpole-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S50" s="4" t="inlineStr">
+        <is>
+          <t>http://ruskepole-school.edukit.uz.ua/news/</t>
+        </is>
+      </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Марина Ізабелла Василівна</t>
+          <t>Директор Подвич Марина Михайлівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ліцей імені Лесі Українки Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Солотвинська спеціальна загальноосвітня школа-інтернат I-II ступенів Закарпатської обласної ради</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>145946</v>
+        <v>145942</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ліцей імені Лесі Українки</t>
+          <t>Солотвинська спец.ЗОШ-інтернат</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>2124455900</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>смт Солотвино, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Залізнична (Возз'єднання, Європейська), 5</t>
+          <t>вулиця Емінеску, 5</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA21080110010092186</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с-ще Солотвино</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти Тячівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(03134)56551</t>
+          <t>(03134)56336</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>solotvyno-sch1@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>solotvino-internat@ukr.net</t>
+        </is>
+      </c>
+      <c r="S51" s="4"/>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Боднар Вікторія Борисівна</t>
+          <t> Боднар Вікторія Борисівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ліцей-інтернат з румунською мовою навчання імені М.Емінеску Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Солотвинський ліцей з угорською мовою навчання імені Яноша Бойоі Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>146005</v>
+        <v>145974</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>Солотвинський ліцей-інтернат</t>
+          <t>Солотвинський ліцей ім. Яноша Бойоі</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>2124455900</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>смт Солотвино, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Репіна, 2-4</t>
+          <t>вулиця Європейська, 18</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA21080110010092186</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, с-ще Солотвино</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(098)9434621</t>
+          <t>(03134)56075</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>solotvyno_liceu@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>solotvynobj-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S52" s="4"/>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Поп Адріана Нуцівна</t>
+          <t>Директор Марина Ізабелла Василівна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Тарасівський опорний заклад загальної середньої освіти I-IIІ ступенів Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Солотвинський ліцей імені Лесі Українки Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>147566</v>
+        <v>145946</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>Тарасівський ОЗ ЗСО І - ІІІ ст.</t>
+          <t>Солотвинський ліцей імені Лесі Українки</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
-          <t>2124486601</t>
+          <t>2124455900</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
-          <t>с. Тарасівка, Тячівський район, Закарпатська область</t>
+          <t>смт Солотвино, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 164</t>
+          <t>вулиця Залізнична (Возз'єднання, Європейська), 5</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
-          <t>UA21080090080090320</t>
+          <t>UA21080110010092186</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Тарасівка</t>
+          <t>Закарпатська обл., Тячівський р-н, с-ще Солотвино</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(03134)64150</t>
+          <t>(03134)56551</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>tarasivka-sch@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S53" s="4"/>
+          <t>solotvyno-sch1@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S53" s="4" t="inlineStr">
+        <is>
+          <t>schoolsol.at.ua</t>
+        </is>
+      </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t> Руснак Іван Іванович</t>
+          <t>Директор Боднар Вікторія Борисівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Тереблянська початкова школа Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Солотвинський ліцей-інтернат з румунською мовою навчання імені М.Емінеску Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>147837</v>
+        <v>146005</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>Тереблянська ПШ</t>
+          <t>Солотвинський ліцей-інтернат</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
-          <t>2124487001</t>
+          <t>2124455900</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
-          <t>с. Теребля, Тячівський район, Закарпатська область</t>
+          <t>смт Солотвино, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 8</t>
+          <t>вулиця Репіна, 2-4</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
-          <t>UA21080030080052998</t>
+          <t>UA21080110010092186</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Теребля</t>
+          <t>Закарпатська обл., Тячівський р-н, с-ще Солотвино</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(096)8211673</t>
+          <t>(098)9434621</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>tereblya-sch@tyachiv.net.ua</t>
+          <t>solotvyno_liceu@i.ua</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
-          <t>http://tereblya-zosh.edukit.uz.ua/</t>
+          <t>http://solotvyno-liceum.uz.sch.in.ua/</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t> Янчій Ганна Олександрівна</t>
+          <t>Директор Поп Адріана Нуцівна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Тереблянський опорний ліцей Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Тарасівський опорний заклад загальної середньої освіти I-IIІ ступенів Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>147832</v>
+        <v>147566</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>Тереблянський опорний ліцей</t>
+          <t>Тарасівський ОЗ ЗСО І - ІІІ ст.</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
-          <t>2124487001</t>
+          <t>2124486601</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
-          <t>с. Теребля, Тячівський район, Закарпатська область</t>
+          <t>с. Тарасівка, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 6</t>
+          <t>вулиця Центральна, 164</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
-          <t>UA21080030080052998</t>
+          <t>UA21080090080090320</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Теребля</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Тарасівка</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(098)9672181</t>
+          <t>(03134)64150</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>tereblya-nvk@tyachiv.net.ua</t>
+          <t>tarasivka-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S55" s="4"/>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Юхимчук Антоніна Вікторівна</t>
+          <t> Руснак Іван Іванович</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Тересвянський ліцей імені Віталія Бенчака Тересвянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Тереблянська початкова школа Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>146580</v>
+        <v>147837</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Тересвянський ліцей ім.В.Бенчака</t>
+          <t>Тереблянська ПШ</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
-          <t>2124456200</t>
+          <t>2124487001</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
-          <t>смт Тересва, Тячівський район, Закарпатська область</t>
+          <t>с. Теребля, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бенчака Віталія, 8</t>
+          <t>вулиця Шкільна, 8</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
-          <t>UA21080130010030764</t>
+          <t>UA21080030080052998</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с-ще Тересва</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Теребля</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, охорони здоров'я, культури, сім'ї, молоді та спорту Тересвянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(03134)51173</t>
+          <t>(096)8211673</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>teresva-sch@tyachiv.net.ua</t>
+          <t>tereblya-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S56" s="4" t="inlineStr">
         <is>
-          <t>http://www.teresva.at.ua</t>
+          <t>http://tereblya-zosh.edukit.uz.ua/</t>
         </is>
       </c>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t> Грицик Оксана Василівна</t>
+          <t> Янчій Ганна Олександрівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Тернівський опорний заклад загальної середньої освіти I-III ступенів Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Тереблянський опорний ліцей Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>147533</v>
+        <v>147832</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Тернівський ОЗ ЗСО І-ІІІ ст.</t>
+          <t>Тереблянський опорний ліцей</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
-          <t>2124487401</t>
+          <t>2124487001</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
-          <t>с. Терново, Тячівський район, Закарпатська область</t>
+          <t>с. Теребля, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 95</t>
+          <t>вулиця Ярослава Мудрого, 6</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
-          <t>UA21080090090082228</t>
+          <t>UA21080030080052998</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Терново</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Теребля</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(03134)62333</t>
+          <t>(098)9672181</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>ternovo-sch@tyachiv.uz.ua</t>
+          <t>tereblya-nvk@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S57" s="4"/>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t> Палінкаш Олена Миронівна</t>
+          <t>Директор Юхимчук Антоніна Вікторівна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Тисалівська гімназія Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Тересвянський ліцей імені Віталія Бенчака Тересвянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>147509</v>
+        <v>146580</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>Тисалівська гімназія</t>
+          <t>Тересвянський ліцей ім.В.Бенчака</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
-          <t>2124485302</t>
+          <t>2124456200</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
-          <t>с. Тисалово, Тячівський район, Закарпатська область</t>
+          <t>смт Тересва, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 102</t>
+          <t>вулиця Бенчака Віталія, 8</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
-          <t>UA21080090100080210</t>
+          <t>UA21080130010030764</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Тисалово</t>
+          <t>Закарпатська обл., Тячівський р-н, с-ще Тересва</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, охорони здоров'я, культури, сім'ї, молоді та спорту Тересвянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(03134)63120</t>
+          <t>(03134)51173</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>tysolovo-sch@tyachiv.net.ua</t>
+          <t>teresva-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>tysolovo-sch.at.ua</t>
+          <t>http://www.teresva.at.ua</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Танчинець Олександра Василівна</t>
+          <t> Грицик Оксана Василівна</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Топчинська гімназія "Васіле Александрі" Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Тернівський опорний заклад загальної середньої освіти I-III ступенів Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>147514</v>
+        <v>147533</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>Топчинська гімназія "Васіле Александрі"</t>
+          <t>Тернівський ОЗ ЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
-          <t>2124487501</t>
+          <t>2124487401</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
-          <t>с. Топчино, Тячівський район, Закарпатська область</t>
+          <t>с. Терново, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 301</t>
+          <t>вулиця Центральна, 95</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
-          <t>UA21080110090028269</t>
+          <t>UA21080090090082228</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Топчино</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Терново</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(03134)43332</t>
+          <t>(03134)62333</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>topchyno-sch@tyachiv.net.ua</t>
+          <t>ternovo-sch@tyachiv.uz.ua</t>
         </is>
       </c>
       <c r="S59" s="4"/>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Йовдій Адріана Юріївна</t>
+          <t> Палінкаш Олена Миронівна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Тячівський ліцей-інтернат з угорською мовою навчання"</t>
+          <t>Тисалівська гімназія Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>146344</v>
+        <v>147509</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>"Тячівський ліцей-інтернат з угорською мовою навчання"</t>
+          <t>Тисалівська гімназія</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
-          <t>2124410100</t>
+          <t>2124485302</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
-          <t>Тячів, Тячівський район, Закарпатська область</t>
+          <t>с. Тисалово, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 11</t>
+          <t>вулиця Шевченка, 102</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
-          <t>UA21080150010051267</t>
+          <t>UA21080090100080210</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, м. Тячів</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Тисалово</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
+          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(03134)21254</t>
+          <t>(03134)63120</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>liceum@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S60" s="4"/>
+          <t>tysolovo-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S60" s="4" t="inlineStr">
+        <is>
+          <t>tysolovo-sch.at.ua</t>
+        </is>
+      </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Імстичей Габріелла Адальбертівна</t>
+          <t>Директор Танчинець Олександра Василівна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Приватний ліцей "Щасливе місто"</t>
+          <t>Топчинська гімназія "Васіле Александрі" Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>148318</v>
+        <v>147514</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>ПЛ "Щасливе місто"</t>
+          <t>Топчинська гімназія "Васіле Александрі"</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
-          <t>2124410100</t>
+          <t>2124487501</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
-          <t>Тячів, Тячівський район, Закарпатська область</t>
+          <t>с. Топчино, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>вулиця Польова, 3/б</t>
+          <t>вулиця Центральна, 301</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
-          <t>UA21080150010051267</t>
+          <t>UA21080110090028269</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, м. Тячів</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Топчино</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
+          <t>Управління освіти, молоді та спорту Солотвинської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(097)9346517</t>
+          <t>(03134)43332</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>happytown-2016@ukr.net</t>
+          <t>topchyno-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S61" s="4"/>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевчук Сергій Валентинович</t>
+          <t>В.о. директора Йовдій Адріана Юріївна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Тячівський ліцей №1 імені В. Ґренджі-Донського Тячівської міської ради Закарпатської області</t>
+          <t>Приватний заклад "Тячівський ліцей-інтернат з угорською мовою навчання"</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>146295</v>
+        <v>146344</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>Тячівський ліцей №1 імені В. Ґренджі-Донського</t>
+          <t>"Тячівський ліцей-інтернат з угорською мовою навчання"</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей-інтернат</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>2124410100</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Тячів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вайди, 13</t>
+          <t>вулиця Гагаріна, 11</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
           <t>UA21080150010051267</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, м. Тячів</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(097)6747263</t>
+          <t>(03134)21254</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>tyachiv-sch1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>liceum@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S62" s="4"/>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Директор Стойка Тетяна Іванівна</t>
+          <t>Директор Імстичей Габріелла Адальбертівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Тячівський ліцей №2 Тячівської міської ради Закарпатської області</t>
+          <t>Приватний ліцей "Щасливе місто"</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>146314</v>
+        <v>148318</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>Тячівський ліцей №2</t>
+          <t>ПЛ "Щасливе місто"</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>2124410100</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Тячів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>вулиця Партизанська, 26</t>
+          <t>вулиця Польова, 3/б</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
           <t>UA21080150010051267</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, м. Тячів</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(067)9056358</t>
+          <t>(097)9346517</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>tyachiv-sch2@tyachiv.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>happytown-2016@ukr.net</t>
+        </is>
+      </c>
+      <c r="S63" s="4"/>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>Директор Кричфалушій Ольга Петрівна</t>
+          <t>Директор Шевчук Сергій Валентинович</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Тячівський ліцей з угорською мовою навчання імені Шімона Голлоші Тячівської міської ради Закарпатської області</t>
+          <t>Тячівський ліцей №1 імені В. Ґренджі-Донського Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>146316</v>
+        <v>146295</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Тячівський ліцей ім. Ш. Голлоші</t>
+          <t>Тячівський ліцей №1 імені В. Ґренджі-Донського</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>2124410100</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Тячів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 9</t>
+          <t>вулиця Вайди, 13</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA21080150010051267</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Тячівський р-н, м. Тячів</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(067)7622278</t>
+          <t>(097)6747263</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>tyachiv-sch3@tyachiv.net.ua</t>
-[...2 lines deleted...]
-      <c r="S64" s="4"/>
+          <t>tyachiv-sch1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S64" s="4" t="inlineStr">
+        <is>
+          <t>https://tyachiv.wixsite.com/school1</t>
+        </is>
+      </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Павлик Тюнде Іванівна</t>
+          <t>Директор Стойка Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Тячівківська філія Тячівського ліцею №1 імені В. Ґренджі-Донського Тячівської міської ради Закарпатської області</t>
+          <t>Тячівський ліцей №2 Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>147974</v>
+        <v>146314</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>Тячівківська філія Тячівського ліцею №1 імені В. Ґренджі-Донського</t>
+          <t>Тячівський ліцей №2</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
-          <t>2124410101</t>
+          <t>2124410100</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
-          <t>с. Тячівка, Тячівський район, Закарпатська область</t>
+          <t>Тячів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 64</t>
+          <t>вулиця Партизанська, 26</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
-          <t>UA21080150050021231</t>
+          <t>UA21080150010051267</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Тячівка</t>
+          <t>Закарпатська обл., Тячівський р-н, м. Тячів</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(096)7837534</t>
+          <t>(067)9056358</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>tyachivka-sch@tyachiv.net.ua</t>
+          <t>tyachiv-sch2@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
-          <t>tyachivka.e-schools.info</t>
+          <t>http://tch2school.ucoz.ua</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Чолан Тетяна Михайлівна</t>
+          <t>Директор Кричфалушій Ольга Петрівна</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Углянська початкова школа з дошкільним підрозділом Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Тячівський ліцей з угорською мовою навчання імені Шімона Голлоші Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>146350</v>
+        <v>146316</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>Углянська початкова школа</t>
+          <t>Тячівський ліцей ім. Ш. Голлоші</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
-          <t>2124487601</t>
+          <t>2124410100</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
-          <t>с. Угля, Тячівський район, Закарпатська область</t>
+          <t>Тячів, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>вулиця Колюшева, 2</t>
+          <t>вулиця Гагаріна, 9</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
-          <t>UA21080170010047994</t>
+          <t>UA21080150010051267</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Угля</t>
+          <t>Закарпатська обл., Тячівський р-н, м. Тячів</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(098)5772446</t>
+          <t>(067)7622278</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>uglanvkpervocvit@gmail.com</t>
+          <t>tyachiv-sch3@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S66" s="4"/>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t> Негря Тетяна Федорівна</t>
+          <t>Директор Павлик Тюнде Іванівна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Углянський ліцей зі структурним підрозділом гімназії та початкової школи Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Тячівківська філія Тячівського ліцею №1 імені В. Ґренджі-Донського Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>147586</v>
+        <v>147974</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>Углянський ліцей</t>
+          <t>Тячівківська філія Тячівського ліцею №1 імені В. Ґренджі-Донського</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
-          <t>2124487601</t>
+          <t>2124410101</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
-          <t>с. Угля, Тячівський район, Закарпатська область</t>
+          <t>с. Тячівка, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Шкільна, 64</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
-          <t>UA21080170010047994</t>
+          <t>UA21080150050021231</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Угля</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Тячівка</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти Тячівської міської ради Закарпатської області</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(097)9372078</t>
+          <t>(096)7837534</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>uglya-sch@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S67" s="4"/>
+          <t>tyachivka-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S67" s="4" t="inlineStr">
+        <is>
+          <t>tyachivka.e-schools.info</t>
+        </is>
+      </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Директор Негря Наталія Іванівна</t>
+          <t>Завідувач філією Чолан Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Усть-Чорнянська філія I ступеня Усть-Чорнянського ОЗЗСО I-III ступенів Усть-Чорняської селищної ради Тячівського району Закарпатської області</t>
+          <t>Углянська початкова школа з дошкільним підрозділом Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>176552</v>
+        <v>146350</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D68" s="4"/>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>Углянська початкова школа</t>
+        </is>
+      </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
-          <t>2124456500</t>
+          <t>2124487601</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
-          <t>смт Усть-Чорна, Тячівський район, Закарпатська область</t>
+          <t>с. Угля, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верховинська, 211</t>
+          <t>вулиця Колюшева, 2</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
-          <t>UA21080190010077478</t>
+          <t>UA21080170010047994</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с-ще Усть-Чорна</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Угля</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(031)3436149</t>
+          <t>(098)5772446</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>ustchorna-schI@ukr.net</t>
+          <t>uglanvkpervocvit@gmail.com</t>
         </is>
       </c>
       <c r="S68" s="4"/>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Шимків Галина Дмитрівна</t>
+          <t> Негря Тетяна Федорівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Усть-Чорнянський опорний заклад загальної середньої освіти І-ІІІ ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Углянський ліцей зі структурним підрозділом гімназії та початкової школи Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>145517</v>
+        <v>147586</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>Усть-Чорнянський ОЗ ЗСО І-ІІІ ст.</t>
+          <t>Углянський ліцей</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
-          <t>2124456500</t>
+          <t>2124487601</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
-          <t>смт Усть-Чорна, Тячівський район, Закарпатська область</t>
+          <t>с. Угля, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верховинська, 213</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
-          <t>UA21080190010077478</t>
+          <t>UA21080170010047994</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с-ще Усть-Чорна</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Угля</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, культури, сім`ї, молоді, спорту та туризму Углянської сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(03134)36149</t>
+          <t>(097)9372078</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>ustchorna-sch1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>uglya-sch@ukr.net</t>
+        </is>
+      </c>
+      <c r="S69" s="4"/>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Шетела Надія Іллічна</t>
+          <t>Директор Негря Наталія Іванівна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Фонтеняська гімназія Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Усть-Чорнянська філія I ступеня Усть-Чорнянського ОЗЗСО I-III ступенів Усть-Чорняської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>147510</v>
+        <v>176552</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D70" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D70" s="4"/>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
-          <t>2124488403</t>
+          <t>2124456500</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
-          <t>с. Фонтиняси, Тячівський район, Закарпатська область</t>
+          <t>смт Усть-Чорна, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фонтеняська, 36</t>
+          <t>вулиця Верховинська, 211</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
-          <t>UA21080090110062049</t>
+          <t>UA21080190010077478</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Фонтиняси</t>
+          <t>Закарпатська обл., Тячівський р-н, с-ще Усть-Чорна</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(067)3566528</t>
+          <t>(031)3436149</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>fontenyasy-sch@tyachiv.net.ua</t>
+          <t>ustchorna-schI@ukr.net</t>
         </is>
       </c>
       <c r="S70" s="4"/>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Дем'янчук Жанна Василівна</t>
+          <t>Завідувач філією Шимків Галина Дмитрівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Чумалівський ліцей Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Усть-Чорнянський опорний заклад загальної середньої освіти І-ІІІ ступенів Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>148138</v>
+        <v>145517</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>Чумалівський ліцей</t>
+          <t>Усть-Чорнянський ОЗ ЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
-          <t>2124488001</t>
+          <t>2124456500</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
-          <t>с. Чумальово, Тячівський район, Закарпатська область</t>
+          <t>смт Усть-Чорна, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 105</t>
+          <t>вулиця Верховинська, 213</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
-          <t>UA21080030090086221</t>
+          <t>UA21080190010077478</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Чумальово</t>
+          <t>Закарпатська обл., Тячівський р-н, с-ще Усть-Чорна</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
+          <t>Відділ освіти, молоді та спорту Усть-Чорнянської селищної ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(03134)30628</t>
+          <t>(03134)36149</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>chumalevo-sch@tyachiv.net.ua,</t>
+          <t>ustchorna-sch1@ukr.net</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>chumalivska-zosh.uz.sch.in.ua</t>
+          <t>http://ust-chornasool.at.ua/</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Маркуш Василь Михайлович</t>
+          <t>Директор Шетела Надія Іллічна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Широколузький ліцей Нересницької сільської ради Тячівського району Закарпатської області</t>
+          <t>Фонтеняська гімназія Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>147540</v>
+        <v>147510</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>Широколузький ліцей</t>
+          <t>Фонтеняська гімназія</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
-          <t>2124488401</t>
+          <t>2124488403</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
-          <t>с. Широкий Луг, Тячівський район, Закарпатська область</t>
+          <t>с. Фонтиняси, Тячівський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 162</t>
+          <t>вулиця Фонтеняська, 36</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
-          <t>UA21080090120016549</t>
+          <t>UA21080090110062049</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
-          <t>Закарпатська обл., Тячівський р-н, с. Широкий Луг</t>
+          <t>Закарпатська обл., Тячівський р-н, с. Фонтиняси</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(03134)66-2-51, (096)46-73-759</t>
+          <t>(067)3566528</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>luh-sch@tyachiv.net.ua</t>
+          <t>fontenyasy-sch@tyachiv.net.ua</t>
         </is>
       </c>
       <c r="S72" s="4"/>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Дудла Наталія Петрівна</t>
+          <t>Директор Дем'янчук Жанна Василівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="4" t="inlineStr">
+        <is>
+          <t>Чумалівський ліцей Буштинської селищної ради Тячівського району Закарпатської області</t>
+        </is>
+      </c>
+      <c r="B73" s="5" t="n">
+        <v>148138</v>
+      </c>
+      <c r="C73" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>Чумалівський ліцей</t>
+        </is>
+      </c>
+      <c r="E73" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G73" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H73" s="6" t="inlineStr">
+        <is>
+          <t>2124488001</t>
+        </is>
+      </c>
+      <c r="I73" s="4" t="inlineStr">
+        <is>
+          <t>Закарпатська область</t>
+        </is>
+      </c>
+      <c r="J73" s="4" t="inlineStr">
+        <is>
+          <t>с. Чумальово, Тячівський район, Закарпатська область</t>
+        </is>
+      </c>
+      <c r="K73" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Центральна, 105</t>
+        </is>
+      </c>
+      <c r="L73" s="6" t="inlineStr">
+        <is>
+          <t>UA21080030090086221</t>
+        </is>
+      </c>
+      <c r="M73" s="4" t="inlineStr">
+        <is>
+          <t>Закарпатська обл., Тячівський р-н, с. Чумальово</t>
+        </is>
+      </c>
+      <c r="N73" s="7"/>
+      <c r="O73" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти, сім'ї, молоді та спорту Буштинської селищної ради Тячівського району Закарпатської області</t>
+        </is>
+      </c>
+      <c r="P73" s="4" t="inlineStr">
+        <is>
+          <t>(03134)30628</t>
+        </is>
+      </c>
+      <c r="Q73" s="4"/>
+      <c r="R73" s="4" t="inlineStr">
+        <is>
+          <t>chumalevo-sch@tyachiv.net.ua,</t>
+        </is>
+      </c>
+      <c r="S73" s="4" t="inlineStr">
+        <is>
+          <t>chumalivska-zosh.uz.sch.in.ua</t>
+        </is>
+      </c>
+      <c r="T73" s="4" t="inlineStr">
+        <is>
+          <t>Директор Маркуш Василь Михайлович</t>
+        </is>
+      </c>
+      <c r="U73" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V73" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W73" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X73" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y73" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="4" t="inlineStr">
+        <is>
+          <t>Широколузький ліцей Нересницької сільської ради Тячівського району Закарпатської області</t>
+        </is>
+      </c>
+      <c r="B74" s="5" t="n">
+        <v>147540</v>
+      </c>
+      <c r="C74" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>Широколузький ліцей</t>
+        </is>
+      </c>
+      <c r="E74" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G74" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H74" s="6" t="inlineStr">
+        <is>
+          <t>2124488401</t>
+        </is>
+      </c>
+      <c r="I74" s="4" t="inlineStr">
+        <is>
+          <t>Закарпатська область</t>
+        </is>
+      </c>
+      <c r="J74" s="4" t="inlineStr">
+        <is>
+          <t>с. Широкий Луг, Тячівський район, Закарпатська область</t>
+        </is>
+      </c>
+      <c r="K74" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шевченка, 162</t>
+        </is>
+      </c>
+      <c r="L74" s="6" t="inlineStr">
+        <is>
+          <t>UA21080090120016549</t>
+        </is>
+      </c>
+      <c r="M74" s="4" t="inlineStr">
+        <is>
+          <t>Закарпатська обл., Тячівський р-н, с. Широкий Луг</t>
+        </is>
+      </c>
+      <c r="N74" s="7"/>
+      <c r="O74" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Нересницької сільської ради Тячівського району Закарпатської області</t>
+        </is>
+      </c>
+      <c r="P74" s="4" t="inlineStr">
+        <is>
+          <t>(03134)66-2-51, (096)46-73-759</t>
+        </is>
+      </c>
+      <c r="Q74" s="4"/>
+      <c r="R74" s="4" t="inlineStr">
+        <is>
+          <t>luh-sch@tyachiv.net.ua</t>
+        </is>
+      </c>
+      <c r="S74" s="4"/>
+      <c r="T74" s="4" t="inlineStr">
+        <is>
+          <t>Директор Дудла Наталія Петрівна</t>
+        </is>
+      </c>
+      <c r="U74" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V74" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W74" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="X74" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y74" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y72"/>
+  <autoFilter ref="A1:Y74"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>