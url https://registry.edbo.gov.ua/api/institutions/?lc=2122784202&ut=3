--- v0 (2025-12-12)
+++ v1 (2026-02-09)
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця -, 50 "а"</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21040110090058966</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Микулівці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Івановецької сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03131)79223, (099)2301208</t>
+          <t>(03131)79223, (095)4585954</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sch_mykulivci@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Гаврилець Алла Юріївна</t>
+          <t>Завідувач Шманько Наталія Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>