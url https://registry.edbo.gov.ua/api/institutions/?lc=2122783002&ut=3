--- v0 (2025-10-25)
+++ v1 (2025-12-19)
@@ -392,51 +392,55 @@
           <t>вулиця Духновича, 73</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21040030100084327</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Софія</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Верхньокоропецької сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)7543077</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4"/>
+      <c r="R2" s="4" t="inlineStr">
+        <is>
+          <t>sofijazo@ukr.net</t>
+        </is>
+      </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Ленд'єл Надія Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>