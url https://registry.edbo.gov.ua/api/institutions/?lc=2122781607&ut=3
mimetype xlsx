--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -392,55 +392,59 @@
           <t>вулиця Миру, 35</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21040030070065609</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Куштановиця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Верхньокоропецької сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)3640309</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4"/>
+      <c r="R2" s="4" t="inlineStr">
+        <is>
+          <t>kushtanovicka@ukr.net</t>
+        </is>
+      </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Гладинець Крістіна Михайлівна</t>
+          <t>В.о. директора Гладинець Крістіна Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>