--- v0 (2025-12-12)
+++ v1 (2026-02-09)
@@ -497,78 +497,78 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 49</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA21040010010026102</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Великі Лучки</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту, культури, туризму Великолучківської сільської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(03131)61234, (050)7797683</t>
+          <t>(050)5009425</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>sch_velyluchky@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Рубіш Надія Іванівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>