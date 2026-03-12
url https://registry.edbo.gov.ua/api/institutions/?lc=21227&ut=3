--- v0 (2025-12-21)
+++ v1 (2026-03-12)
@@ -1155,78 +1155,78 @@
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 49</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA21040010010026102</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Великі Лучки</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту, культури, туризму Великолучківської сільської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(03131)61234, (050)7797683</t>
+          <t>(050)5009425</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>sch_velyluchky@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Рубіш Надія Іванівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Верхньокоропецький заклад загальної середньої освіти І-ІІІ ступенів Верхньокоропецької сільської ради Мукачівського району Закарпатської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>143859</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
@@ -5204,63 +5204,63 @@
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
           <t>вулиця -, 50 "а"</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA21040110090058966</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Мукачівський р-н, с. Микулівці</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Івановецької сільської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(03131)79223, (099)2301208</t>
+          <t>(03131)79223, (095)4585954</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
           <t>sch_mykulivci@meta.ua</t>
         </is>
       </c>
       <c r="S46" s="4"/>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Гаврилець Алла Юріївна</t>
+          <t>Завідувач Шманько Наталія Василівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">