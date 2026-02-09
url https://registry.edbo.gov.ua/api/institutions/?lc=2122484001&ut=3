--- v0 (2025-10-22)
+++ v1 (2026-02-09)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>2122484001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Негровець, Міжгірський район, Закарпатська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця без вулиці, без номера</t>
+          <t>вулиця Центральна, 238</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA21120170050027376</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Закарпатська обл., Хустський р-н, с. Негровець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді, спорту та культури Колочавської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(031)4623708</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">