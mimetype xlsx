--- v0 (2025-10-14)
+++ v1 (2026-02-09)
@@ -630,51 +630,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді, спорту та культури Міжгірської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(096)8145466</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>mizhgirskaszosh@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://mizhgirya-specschool.edukit.uz.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Гичка Оксана Володимирівна</t>
+          <t>Директор Казибрід Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>